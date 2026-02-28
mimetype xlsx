--- v0 (2025-10-12)
+++ v1 (2026-02-28)
@@ -1,54 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
+  <Override ContentType="application/vnd.ms-excel.person+xml" PartName="/xl/persons/person.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
-    <sheet state="visible" name="Zombie Starter" sheetId="1" r:id="rId4"/>
-[...1 lines deleted...]
-    <sheet state="visible" name="Copy Lists" sheetId="3" r:id="rId6"/>
+    <sheet state="visible" name="Zombie Starter" sheetId="1" r:id="rId5"/>
+    <sheet state="visible" name="Zombie Starter - Origional" sheetId="2" r:id="rId6"/>
+    <sheet state="visible" name="Copy Lists" sheetId="3" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="92">
   <si>
     <t xml:space="preserve">ZOMBIE STARTER 2.7 - ANIMATION LIST		</t>
   </si>
   <si>
     <t>All Animations included as Root Motion and In-Place (IPC) (w/Custom Attributes for UE4)</t>
   </si>
   <si>
     <t>NAME</t>
   </si>
   <si>
     <t>DESCRIPTION</t>
   </si>
   <si>
     <t>Speed CM/Sec</t>
   </si>
   <si>
     <t>ATTACKS</t>
@@ -791,63 +793,67 @@
     <xf borderId="0" fillId="2" fontId="18" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" vertical="center"/>
     </xf>
     <xf borderId="0" fillId="2" fontId="19" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf borderId="0" fillId="2" fontId="20" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" vertical="center"/>
     </xf>
     <xf borderId="0" fillId="4" fontId="21" numFmtId="0" xfId="0" applyFill="1" applyFont="1"/>
     <xf borderId="0" fillId="2" fontId="22" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" vertical="center"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="23" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment readingOrder="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" name="Normal" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<x18tc:personList xmlns:x18tc="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="002F4A"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="B85741"/>
       </a:accent2>
       <a:accent3>