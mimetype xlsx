--- v0 (2025-10-07)
+++ v1 (2025-11-25)
@@ -1,73 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml" PartName="/xl/charts/chart1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
     <sheet state="visible" name="Trimestriel" sheetId="1" r:id="rId3"/>
     <sheet state="visible" name="Annotations" sheetId="2" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="91">
   <si>
     <t>Trimestres </t>
   </si>
   <si>
     <t>Sans diplôme </t>
   </si>
   <si>
     <t>Ayant un diplôme:  Niveau moyen </t>
   </si>
   <si>
     <t>Ayant un diplôme:  Niveau supérieur </t>
   </si>
   <si>
     <t>Ensemble </t>
+  </si>
+  <si>
+    <t>2025T3</t>
   </si>
   <si>
     <t>2025T2</t>
   </si>
   <si>
     <t>2025T1</t>
   </si>
   <si>
     <t>2024T4</t>
   </si>
   <si>
     <t>2024T3</t>
   </si>
   <si>
     <t>2024T2</t>
   </si>
   <si>
     <t>2024T1</t>
   </si>
   <si>
     <t>2023T4</t>
   </si>
   <si>
     <t>2023T3</t>
   </si>
@@ -516,165 +520,165 @@
 <c:chartSpace xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart">
   <c:chart>
     <c:plotArea>
       <c:layout/>
       <c:lineChart>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Trimestriel!$C$21</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln cmpd="sng" w="19050">
               <a:solidFill>
                 <a:srgbClr val="4285F4"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Trimestriel!$B$22:$B$99</c:f>
+              <c:f>Trimestriel!$B$22:$B$100</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Trimestriel!$C$22:$C$99</c:f>
+              <c:f>Trimestriel!$C$22:$C$100</c:f>
               <c:numCache/>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Annotations!$B$1</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln cmpd="sng" w="19050">
               <a:solidFill>
                 <a:srgbClr val="DB4437"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dPt>
             <c:idx val="2"/>
             <c:marker>
               <c:symbol val="none"/>
             </c:marker>
           </c:dPt>
           <c:cat>
             <c:strRef>
-              <c:f>Trimestriel!$B$22:$B$99</c:f>
+              <c:f>Trimestriel!$B$22:$B$100</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Annotations!$B$2:$B$66</c:f>
               <c:numCache/>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Trimestriel!$D$21</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln cmpd="sng" w="19050">
               <a:solidFill>
                 <a:srgbClr val="F4B400"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Trimestriel!$B$22:$B$99</c:f>
+              <c:f>Trimestriel!$B$22:$B$100</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Trimestriel!$D$22:$D$99</c:f>
+              <c:f>Trimestriel!$D$22:$D$100</c:f>
               <c:numCache/>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Annotations!$C$1</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln cmpd="sng" w="19050">
               <a:solidFill>
                 <a:srgbClr val="0F9D58"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>Trimestriel!$B$22:$B$99</c:f>
+              <c:f>Trimestriel!$B$22:$B$100</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Annotations!$C$2:$C$66</c:f>
               <c:numCache/>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
         </c:ser>
-        <c:axId val="219720858"/>
-        <c:axId val="1628812753"/>
+        <c:axId val="1133899006"/>
+        <c:axId val="841321944"/>
       </c:lineChart>
       <c:catAx>
-        <c:axId val="219720858"/>
+        <c:axId val="1133899006"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr lvl="0">
                   <a:defRPr b="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Roboto"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:r>
                   <a:rPr b="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="Roboto"/>
@@ -682,54 +686,54 @@
                   <a:t/>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:spPr/>
         <c:txPr>
           <a:bodyPr rot="-1800000"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:defRPr b="1" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="222222"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1628812753"/>
+        <c:crossAx val="841321944"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="1628812753"/>
+        <c:axId val="841321944"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="B7B7B7"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:minorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="CCCCCC">
                   <a:alpha val="0"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:minorGridlines>
@@ -760,51 +764,51 @@
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:defRPr b="1" sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="219720858"/>
+        <c:crossAx val="1133899006"/>
         <c:majorUnit val="5.0"/>
         <c:minorUnit val="2.5"/>
       </c:valAx>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="t"/>
       <c:overlay val="0"/>
       <c:txPr>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr lvl="0">
             <a:defRPr b="0" sz="1400">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Roboto"/>
             </a:defRPr>
           </a:pPr>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
   </c:chart>
 </c:chartSpace>
@@ -874,1608 +878,1627 @@
     <row r="21">
       <c r="A21" s="1"/>
       <c r="B21" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="1"/>
       <c r="B22" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="7">
-        <v>4.7</v>
+        <v>4.8</v>
       </c>
       <c r="D22" s="8">
-        <v>25.8</v>
+        <v>25.4</v>
       </c>
       <c r="E22" s="8">
-        <v>33.0</v>
+        <v>35.6</v>
       </c>
       <c r="F22" s="8">
-        <v>19.9</v>
+        <v>21.6</v>
       </c>
       <c r="G22" s="9"/>
     </row>
     <row r="23">
       <c r="A23" s="1"/>
       <c r="B23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C23" s="7">
-        <v>5.1</v>
+        <v>4.7</v>
       </c>
       <c r="D23" s="8">
-        <v>25.3</v>
+        <v>25.8</v>
       </c>
       <c r="E23" s="8">
-        <v>32.8</v>
+        <v>33.0</v>
       </c>
       <c r="F23" s="8">
         <v>19.9</v>
       </c>
       <c r="G23" s="9"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="7">
-        <v>4.9</v>
+        <v>5.1</v>
       </c>
       <c r="D24" s="8">
-        <v>23.2</v>
+        <v>25.3</v>
       </c>
       <c r="E24" s="8">
         <v>32.8</v>
       </c>
       <c r="F24" s="8">
-        <v>19.4</v>
+        <v>19.9</v>
       </c>
       <c r="G24" s="9"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
       <c r="B25" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="7">
-        <v>4.5</v>
+        <v>4.9</v>
       </c>
       <c r="D25" s="8">
-        <v>25.6</v>
+        <v>23.2</v>
       </c>
       <c r="E25" s="8">
-        <v>34.9</v>
+        <v>32.8</v>
       </c>
       <c r="F25" s="8">
-        <v>20.8</v>
+        <v>19.4</v>
       </c>
       <c r="G25" s="9"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="7">
-        <v>4.4</v>
+        <v>4.5</v>
       </c>
       <c r="D26" s="8">
-        <v>23.6</v>
+        <v>25.6</v>
       </c>
       <c r="E26" s="8">
-        <v>31.1</v>
+        <v>34.9</v>
       </c>
       <c r="F26" s="8">
-        <v>17.7</v>
+        <v>20.8</v>
       </c>
       <c r="G26" s="9"/>
     </row>
     <row r="27">
       <c r="A27" s="1"/>
       <c r="B27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="7">
-        <v>5.8</v>
+        <v>4.4</v>
       </c>
       <c r="D27" s="8">
         <v>23.6</v>
       </c>
       <c r="E27" s="8">
-        <v>34.5</v>
+        <v>31.1</v>
       </c>
       <c r="F27" s="8">
-        <v>20.1</v>
+        <v>17.7</v>
       </c>
       <c r="G27" s="9"/>
     </row>
     <row r="28">
       <c r="A28" s="1"/>
       <c r="B28" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="7">
-        <v>4.5</v>
+        <v>5.8</v>
       </c>
       <c r="D28" s="8">
-        <v>22.4</v>
+        <v>23.6</v>
       </c>
       <c r="E28" s="8">
         <v>34.5</v>
       </c>
       <c r="F28" s="8">
-        <v>18.6</v>
+        <v>20.1</v>
       </c>
       <c r="G28" s="9"/>
     </row>
     <row r="29">
       <c r="A29" s="1"/>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="7">
-        <v>4.8</v>
+        <v>4.5</v>
       </c>
       <c r="D29" s="8">
-        <v>24.8</v>
+        <v>22.4</v>
       </c>
       <c r="E29" s="8">
-        <v>34.2</v>
+        <v>34.5</v>
       </c>
       <c r="F29" s="8">
-        <v>19.8</v>
+        <v>18.6</v>
       </c>
       <c r="G29" s="9"/>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
       <c r="B30" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="7">
-        <v>3.9</v>
+        <v>4.8</v>
       </c>
       <c r="D30" s="8">
-        <v>22.1</v>
+        <v>24.8</v>
       </c>
       <c r="E30" s="8">
-        <v>31.7</v>
+        <v>34.2</v>
       </c>
       <c r="F30" s="8">
-        <v>17.0</v>
+        <v>19.8</v>
       </c>
       <c r="G30" s="9"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
       <c r="B31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="7">
-        <v>4.5</v>
+        <v>3.9</v>
       </c>
       <c r="D31" s="8">
-        <v>24.3</v>
+        <v>22.1</v>
       </c>
       <c r="E31" s="8">
-        <v>33.2</v>
+        <v>31.7</v>
       </c>
       <c r="F31" s="8">
-        <v>18.1</v>
+        <v>17.0</v>
       </c>
       <c r="G31" s="9"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
       <c r="B32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="7">
-        <v>3.9</v>
+        <v>4.5</v>
       </c>
       <c r="D32" s="8">
-        <v>20.8</v>
+        <v>24.3</v>
       </c>
       <c r="E32" s="8">
-        <v>37.5</v>
+        <v>33.2</v>
       </c>
       <c r="F32" s="8">
-        <v>18.8</v>
+        <v>18.1</v>
       </c>
       <c r="G32" s="9"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
       <c r="B33" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C33" s="7">
-        <v>3.4</v>
+        <v>3.9</v>
       </c>
       <c r="D33" s="8">
-        <v>21.5</v>
+        <v>20.8</v>
       </c>
       <c r="E33" s="8">
-        <v>35.9</v>
+        <v>37.5</v>
       </c>
       <c r="F33" s="8">
-        <v>17.8</v>
+        <v>18.8</v>
       </c>
       <c r="G33" s="9"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
-      <c r="B34" s="10" t="s">
+      <c r="B34" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="C34" s="8">
-        <v>3.2</v>
+      <c r="C34" s="7">
+        <v>3.4</v>
       </c>
       <c r="D34" s="8">
-        <v>21.1</v>
+        <v>21.5</v>
       </c>
       <c r="E34" s="8">
-        <v>30.7</v>
+        <v>35.9</v>
       </c>
       <c r="F34" s="8">
-        <v>15.1</v>
+        <v>17.8</v>
       </c>
       <c r="G34" s="9"/>
     </row>
     <row r="35">
       <c r="A35" s="1"/>
       <c r="B35" s="10" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="8">
-        <v>4.6</v>
+        <v>3.2</v>
       </c>
       <c r="D35" s="8">
-        <v>22.6</v>
+        <v>21.1</v>
       </c>
       <c r="E35" s="8">
-        <v>35.2</v>
+        <v>30.7</v>
       </c>
       <c r="F35" s="8">
-        <v>17.3</v>
+        <v>15.1</v>
       </c>
       <c r="G35" s="9"/>
     </row>
     <row r="36">
       <c r="A36" s="1"/>
       <c r="B36" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="8">
-        <v>3.9</v>
+        <v>4.6</v>
       </c>
       <c r="D36" s="8">
-        <v>23.2</v>
+        <v>22.6</v>
       </c>
       <c r="E36" s="8">
-        <v>34.2</v>
+        <v>35.2</v>
       </c>
       <c r="F36" s="8">
         <v>17.3</v>
       </c>
       <c r="G36" s="9"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
       <c r="B37" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="8">
         <v>3.9</v>
       </c>
       <c r="D37" s="8">
-        <v>22.2</v>
+        <v>23.2</v>
       </c>
       <c r="E37" s="8">
         <v>34.2</v>
       </c>
       <c r="F37" s="8">
-        <v>16.5</v>
+        <v>17.3</v>
       </c>
       <c r="G37" s="9"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
       <c r="B38" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C38" s="8">
-        <v>4.6</v>
+        <v>3.9</v>
       </c>
       <c r="D38" s="8">
-        <v>25.9</v>
+        <v>22.2</v>
       </c>
       <c r="E38" s="8">
-        <v>29.5</v>
+        <v>34.2</v>
       </c>
       <c r="F38" s="8">
-        <v>15.9</v>
+        <v>16.5</v>
       </c>
       <c r="G38" s="9"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
       <c r="B39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="C39" s="8">
-        <v>5.5</v>
+        <v>4.6</v>
       </c>
       <c r="D39" s="8">
-        <v>26.6</v>
+        <v>25.9</v>
       </c>
       <c r="E39" s="8">
-        <v>33.5</v>
+        <v>29.5</v>
       </c>
       <c r="F39" s="8">
-        <v>17.5</v>
+        <v>15.9</v>
       </c>
       <c r="G39" s="9"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
       <c r="B40" s="10" t="s">
         <v>23</v>
       </c>
       <c r="C40" s="8">
-        <v>4.9</v>
+        <v>5.5</v>
       </c>
       <c r="D40" s="8">
-        <v>25.5</v>
+        <v>26.6</v>
       </c>
       <c r="E40" s="8">
-        <v>34.5</v>
+        <v>33.5</v>
       </c>
       <c r="F40" s="8">
-        <v>17.7</v>
+        <v>17.5</v>
       </c>
       <c r="G40" s="9"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
       <c r="B41" s="10" t="s">
         <v>24</v>
       </c>
       <c r="C41" s="8">
-        <v>6.1</v>
+        <v>4.9</v>
       </c>
       <c r="D41" s="8">
-        <v>27.3</v>
+        <v>25.5</v>
       </c>
       <c r="E41" s="8">
-        <v>31.8</v>
-[...2 lines deleted...]
-        <v>17.6</v>
+        <v>34.5</v>
+      </c>
+      <c r="F41" s="8">
+        <v>17.7</v>
       </c>
       <c r="G41" s="9"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
       <c r="B42" s="10" t="s">
         <v>25</v>
       </c>
       <c r="C42" s="8">
-        <v>5.2</v>
+        <v>6.1</v>
       </c>
       <c r="D42" s="8">
-        <v>22.8</v>
+        <v>27.3</v>
       </c>
       <c r="E42" s="8">
-        <v>29.7</v>
+        <v>31.8</v>
       </c>
       <c r="F42" s="11">
-        <v>15.6</v>
+        <v>17.6</v>
       </c>
       <c r="G42" s="9"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
       <c r="B43" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="8">
-        <v>3.5</v>
+        <v>5.2</v>
       </c>
       <c r="D43" s="8">
-        <v>23.4</v>
+        <v>22.8</v>
       </c>
       <c r="E43" s="8">
-        <v>30.8</v>
+        <v>29.7</v>
       </c>
       <c r="F43" s="11">
-        <v>14.3</v>
+        <v>15.6</v>
       </c>
       <c r="G43" s="9"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
       <c r="B44" s="10" t="s">
         <v>27</v>
       </c>
       <c r="C44" s="8">
-        <v>4.0</v>
+        <v>3.5</v>
       </c>
       <c r="D44" s="8">
-        <v>23.9</v>
+        <v>23.4</v>
       </c>
       <c r="E44" s="8">
-        <v>31.4</v>
+        <v>30.8</v>
       </c>
       <c r="F44" s="11">
-        <v>15.3</v>
+        <v>14.3</v>
       </c>
       <c r="G44" s="9"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="10" t="s">
         <v>28</v>
       </c>
       <c r="C45" s="8">
-        <v>3.7</v>
+        <v>4.0</v>
       </c>
       <c r="D45" s="8">
-        <v>22.4</v>
+        <v>23.9</v>
       </c>
       <c r="E45" s="8">
-        <v>29.0</v>
+        <v>31.4</v>
       </c>
       <c r="F45" s="11">
-        <v>13.9</v>
+        <v>15.3</v>
       </c>
       <c r="G45" s="9"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="10" t="s">
         <v>29</v>
       </c>
       <c r="C46" s="8">
-        <v>1.6</v>
+        <v>3.7</v>
       </c>
       <c r="D46" s="8">
-        <v>18.3</v>
+        <v>22.4</v>
       </c>
       <c r="E46" s="8">
-        <v>26.7</v>
+        <v>29.0</v>
       </c>
       <c r="F46" s="11">
-        <v>11.1</v>
+        <v>13.9</v>
       </c>
       <c r="G46" s="9"/>
     </row>
     <row r="47">
       <c r="A47" s="1"/>
       <c r="B47" s="10" t="s">
         <v>30</v>
       </c>
       <c r="C47" s="8">
-        <v>2.5</v>
+        <v>1.6</v>
       </c>
       <c r="D47" s="8">
-        <v>20.3</v>
+        <v>18.3</v>
       </c>
       <c r="E47" s="8">
-        <v>31.3</v>
+        <v>26.7</v>
       </c>
       <c r="F47" s="11">
-        <v>13.4</v>
+        <v>11.1</v>
       </c>
       <c r="G47" s="9"/>
     </row>
     <row r="48">
       <c r="A48" s="1"/>
       <c r="B48" s="10" t="s">
         <v>31</v>
       </c>
       <c r="C48" s="8">
-        <v>3.1</v>
+        <v>2.5</v>
       </c>
       <c r="D48" s="8">
-        <v>23.5</v>
+        <v>20.3</v>
       </c>
       <c r="E48" s="8">
-        <v>33.3</v>
+        <v>31.3</v>
       </c>
       <c r="F48" s="11">
-        <v>14.9</v>
+        <v>13.4</v>
       </c>
       <c r="G48" s="9"/>
     </row>
     <row r="49">
       <c r="A49" s="1"/>
       <c r="B49" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C49" s="8">
-        <v>2.9</v>
+        <v>3.1</v>
       </c>
       <c r="D49" s="8">
-        <v>21.4</v>
+        <v>23.5</v>
       </c>
       <c r="E49" s="8">
-        <v>31.5</v>
+        <v>33.3</v>
       </c>
       <c r="F49" s="11">
-        <v>13.1</v>
+        <v>14.9</v>
       </c>
       <c r="G49" s="9"/>
     </row>
     <row r="50">
       <c r="A50" s="1"/>
       <c r="B50" s="10" t="s">
         <v>33</v>
       </c>
       <c r="C50" s="8">
-        <v>3.0</v>
+        <v>2.9</v>
       </c>
       <c r="D50" s="8">
-        <v>22.6</v>
+        <v>21.4</v>
       </c>
       <c r="E50" s="8">
-        <v>29.7</v>
+        <v>31.5</v>
       </c>
       <c r="F50" s="11">
-        <v>13.0</v>
+        <v>13.1</v>
       </c>
       <c r="G50" s="9"/>
     </row>
     <row r="51">
       <c r="A51" s="1"/>
       <c r="B51" s="10" t="s">
         <v>34</v>
       </c>
       <c r="C51" s="8">
-        <v>3.9</v>
+        <v>3.0</v>
       </c>
       <c r="D51" s="8">
-        <v>24.6</v>
+        <v>22.6</v>
       </c>
       <c r="E51" s="8">
-        <v>35.3</v>
+        <v>29.7</v>
       </c>
       <c r="F51" s="11">
-        <v>15.1</v>
+        <v>13.0</v>
       </c>
       <c r="G51" s="9"/>
     </row>
     <row r="52">
       <c r="A52" s="1"/>
       <c r="B52" s="10" t="s">
         <v>35</v>
       </c>
       <c r="C52" s="8">
-        <v>3.6</v>
+        <v>3.9</v>
       </c>
       <c r="D52" s="8">
-        <v>25.6</v>
+        <v>24.6</v>
       </c>
       <c r="E52" s="8">
-        <v>35.4</v>
+        <v>35.3</v>
       </c>
       <c r="F52" s="11">
-        <v>15.7</v>
+        <v>15.1</v>
       </c>
       <c r="G52" s="9"/>
     </row>
     <row r="53">
       <c r="A53" s="1"/>
-      <c r="B53" s="12" t="s">
+      <c r="B53" s="10" t="s">
         <v>36</v>
       </c>
       <c r="C53" s="8">
-        <v>4.2</v>
+        <v>3.6</v>
       </c>
       <c r="D53" s="8">
-        <v>27.5</v>
+        <v>25.6</v>
       </c>
       <c r="E53" s="8">
-        <v>32.2</v>
+        <v>35.4</v>
       </c>
       <c r="F53" s="11">
-        <v>15.1</v>
+        <v>15.7</v>
       </c>
       <c r="G53" s="9"/>
     </row>
     <row r="54">
       <c r="A54" s="1"/>
-      <c r="B54" s="13" t="s">
+      <c r="B54" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C54" s="8">
-        <v>3.1</v>
+        <v>4.2</v>
       </c>
       <c r="D54" s="8">
-        <v>24.7</v>
+        <v>27.5</v>
       </c>
       <c r="E54" s="8">
-        <v>30.7</v>
+        <v>32.2</v>
       </c>
       <c r="F54" s="11">
-        <v>13.2</v>
+        <v>15.1</v>
       </c>
       <c r="G54" s="9"/>
     </row>
     <row r="55">
       <c r="A55" s="1"/>
       <c r="B55" s="13" t="s">
         <v>38</v>
       </c>
       <c r="C55" s="8">
-        <v>3.8</v>
+        <v>3.1</v>
       </c>
       <c r="D55" s="8">
-        <v>25.4</v>
+        <v>24.7</v>
       </c>
       <c r="E55" s="8">
-        <v>33.6</v>
+        <v>30.7</v>
       </c>
       <c r="F55" s="11">
-        <v>14.7</v>
+        <v>13.2</v>
       </c>
       <c r="G55" s="9"/>
     </row>
     <row r="56">
       <c r="A56" s="1"/>
       <c r="B56" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="C56" s="14">
-[...9 lines deleted...]
-        <v>10.6</v>
+      <c r="C56" s="8">
+        <v>3.8</v>
+      </c>
+      <c r="D56" s="8">
+        <v>25.4</v>
+      </c>
+      <c r="E56" s="8">
+        <v>33.6</v>
+      </c>
+      <c r="F56" s="11">
+        <v>14.7</v>
       </c>
       <c r="G56" s="9"/>
     </row>
     <row r="57">
       <c r="A57" s="1"/>
       <c r="B57" s="13" t="s">
         <v>40</v>
       </c>
       <c r="C57" s="14">
-        <v>3.0</v>
+        <v>2.3</v>
       </c>
       <c r="D57" s="14">
-        <v>18.8</v>
+        <v>20.0</v>
       </c>
       <c r="E57" s="14">
-        <v>30.3</v>
+        <v>31.3</v>
       </c>
       <c r="F57" s="15">
-        <v>11.0</v>
+        <v>10.6</v>
       </c>
       <c r="G57" s="9"/>
     </row>
     <row r="58">
       <c r="A58" s="1"/>
       <c r="B58" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="C58" s="8">
-[...9 lines deleted...]
-        <v>9.9</v>
+      <c r="C58" s="14">
+        <v>3.0</v>
+      </c>
+      <c r="D58" s="14">
+        <v>18.8</v>
+      </c>
+      <c r="E58" s="14">
+        <v>30.3</v>
+      </c>
+      <c r="F58" s="15">
+        <v>11.0</v>
       </c>
       <c r="G58" s="9"/>
     </row>
     <row r="59">
       <c r="A59" s="1"/>
       <c r="B59" s="13" t="s">
         <v>42</v>
       </c>
-      <c r="C59" s="14">
-[...9 lines deleted...]
-        <v>11.2</v>
+      <c r="C59" s="8">
+        <v>2.6</v>
+      </c>
+      <c r="D59" s="8">
+        <v>17.9</v>
+      </c>
+      <c r="E59" s="8">
+        <v>28.9</v>
+      </c>
+      <c r="F59" s="11">
+        <v>9.9</v>
       </c>
       <c r="G59" s="9"/>
     </row>
     <row r="60">
       <c r="A60" s="1"/>
       <c r="B60" s="13" t="s">
         <v>43</v>
       </c>
       <c r="C60" s="14">
-        <v>2.4</v>
+        <v>3.3</v>
       </c>
       <c r="D60" s="14">
-        <v>20.9</v>
+        <v>19.5</v>
       </c>
       <c r="E60" s="14">
-        <v>29.0</v>
+        <v>29.1</v>
       </c>
       <c r="F60" s="15">
-        <v>10.5</v>
+        <v>11.2</v>
       </c>
       <c r="G60" s="9"/>
     </row>
     <row r="61">
       <c r="A61" s="1"/>
       <c r="B61" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="C61" s="8">
-[...9 lines deleted...]
-        <v>11.1</v>
+      <c r="C61" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="D61" s="14">
+        <v>20.9</v>
+      </c>
+      <c r="E61" s="14">
+        <v>29.0</v>
+      </c>
+      <c r="F61" s="15">
+        <v>10.5</v>
       </c>
       <c r="G61" s="9"/>
     </row>
     <row r="62">
       <c r="A62" s="1"/>
       <c r="B62" s="13" t="s">
         <v>45</v>
       </c>
-      <c r="C62" s="14">
-[...9 lines deleted...]
-        <v>9.0</v>
+      <c r="C62" s="8">
+        <v>3.2</v>
+      </c>
+      <c r="D62" s="8">
+        <v>23.5</v>
+      </c>
+      <c r="E62" s="8">
+        <v>27.8</v>
+      </c>
+      <c r="F62" s="11">
+        <v>11.1</v>
       </c>
       <c r="G62" s="9"/>
     </row>
     <row r="63">
       <c r="A63" s="1"/>
       <c r="B63" s="13" t="s">
         <v>46</v>
       </c>
       <c r="C63" s="14">
-        <v>3.8433843200731093</v>
+        <v>2.606979941703591</v>
       </c>
       <c r="D63" s="14">
-        <v>20.42569924341171</v>
+        <v>18.398257034859302</v>
       </c>
       <c r="E63" s="14">
-        <v>26.8477399522409</v>
+        <v>26.203832895993507</v>
       </c>
       <c r="F63" s="15">
-        <v>11.0</v>
+        <v>9.0</v>
       </c>
       <c r="G63" s="9"/>
     </row>
     <row r="64">
       <c r="A64" s="1"/>
       <c r="B64" s="13" t="s">
         <v>47</v>
       </c>
       <c r="C64" s="14">
-        <v>3.0302869347003005</v>
+        <v>3.8433843200731093</v>
       </c>
       <c r="D64" s="14">
-        <v>20.9</v>
+        <v>20.42569924341171</v>
       </c>
       <c r="E64" s="14">
-        <v>28.664762861766032</v>
+        <v>26.8477399522409</v>
       </c>
       <c r="F64" s="15">
-        <v>10.362016430846763</v>
+        <v>11.0</v>
       </c>
       <c r="G64" s="9"/>
     </row>
     <row r="65">
       <c r="A65" s="1"/>
       <c r="B65" s="13" t="s">
         <v>48</v>
       </c>
       <c r="C65" s="14">
-        <v>2.929602449135017</v>
+        <v>3.0302869347003005</v>
       </c>
       <c r="D65" s="14">
-        <v>21.639604019877858</v>
+        <v>20.9</v>
       </c>
       <c r="E65" s="14">
-        <v>27.54552949359539</v>
+        <v>28.664762861766032</v>
       </c>
       <c r="F65" s="15">
-        <v>10.572720045400876</v>
+        <v>10.362016430846763</v>
       </c>
       <c r="G65" s="9"/>
     </row>
     <row r="66">
       <c r="A66" s="1"/>
       <c r="B66" s="13" t="s">
         <v>49</v>
       </c>
       <c r="C66" s="14">
-        <v>2.8389355335149786</v>
+        <v>2.929602449135017</v>
       </c>
       <c r="D66" s="14">
-        <v>19.13245226658634</v>
+        <v>21.639604019877858</v>
       </c>
       <c r="E66" s="14">
-        <v>25.58943345260857</v>
+        <v>27.54552949359539</v>
       </c>
       <c r="F66" s="15">
-        <v>8.988775857791085</v>
+        <v>10.572720045400876</v>
       </c>
       <c r="G66" s="9"/>
     </row>
     <row r="67">
       <c r="A67" s="1"/>
       <c r="B67" s="13" t="s">
         <v>50</v>
       </c>
       <c r="C67" s="14">
-        <v>3.523637878506108</v>
+        <v>2.8389355335149786</v>
       </c>
       <c r="D67" s="14">
-        <v>22.943550093564905</v>
+        <v>19.13245226658634</v>
       </c>
       <c r="E67" s="14">
-        <v>29.157463341937888</v>
+        <v>25.58943345260857</v>
       </c>
       <c r="F67" s="15">
-        <v>11.3</v>
+        <v>8.988775857791085</v>
       </c>
       <c r="G67" s="9"/>
     </row>
     <row r="68">
       <c r="A68" s="1"/>
       <c r="B68" s="13" t="s">
         <v>51</v>
       </c>
-      <c r="C68" s="16">
-[...6 lines deleted...]
-        <v>27.832498872021773</v>
+      <c r="C68" s="14">
+        <v>3.523637878506108</v>
+      </c>
+      <c r="D68" s="14">
+        <v>22.943550093564905</v>
+      </c>
+      <c r="E68" s="14">
+        <v>29.157463341937888</v>
       </c>
       <c r="F68" s="15">
-        <v>10.0</v>
+        <v>11.3</v>
       </c>
       <c r="G68" s="9"/>
     </row>
     <row r="69">
       <c r="A69" s="1"/>
       <c r="B69" s="13" t="s">
         <v>52</v>
       </c>
       <c r="C69" s="16">
-        <v>2.9378294780286702</v>
+        <v>2.702961338624007</v>
       </c>
       <c r="D69" s="16">
-        <v>21.041108430518076</v>
+        <v>20.497294009389087</v>
       </c>
       <c r="E69" s="16">
-        <v>24.20152048735422</v>
+        <v>27.832498872021773</v>
       </c>
       <c r="F69" s="15">
-        <v>9.6</v>
+        <v>10.0</v>
       </c>
       <c r="G69" s="9"/>
     </row>
     <row r="70">
       <c r="A70" s="1"/>
       <c r="B70" s="13" t="s">
         <v>53</v>
       </c>
       <c r="C70" s="16">
-        <v>2.045037065085343</v>
+        <v>2.9378294780286702</v>
       </c>
       <c r="D70" s="16">
-        <v>17.259906626861515</v>
+        <v>21.041108430518076</v>
       </c>
       <c r="E70" s="16">
-        <v>27.9152741099508</v>
+        <v>24.20152048735422</v>
       </c>
       <c r="F70" s="15">
-        <v>8.2</v>
+        <v>9.6</v>
       </c>
       <c r="G70" s="9"/>
     </row>
     <row r="71">
       <c r="A71" s="1"/>
       <c r="B71" s="13" t="s">
         <v>54</v>
       </c>
       <c r="C71" s="16">
-        <v>2.9484563540596764</v>
+        <v>2.045037065085343</v>
       </c>
       <c r="D71" s="16">
-        <v>21.255114586902625</v>
+        <v>17.259906626861515</v>
       </c>
       <c r="E71" s="16">
-        <v>27.363135525920484</v>
+        <v>27.9152741099508</v>
       </c>
       <c r="F71" s="15">
-        <v>10.275806204817497</v>
+        <v>8.2</v>
       </c>
       <c r="G71" s="9"/>
     </row>
     <row r="72">
       <c r="A72" s="1"/>
       <c r="B72" s="13" t="s">
         <v>55</v>
       </c>
       <c r="C72" s="16">
-        <v>2.4549595952658927</v>
+        <v>2.9484563540596764</v>
       </c>
       <c r="D72" s="16">
-        <v>18.971977842945584</v>
+        <v>21.255114586902625</v>
       </c>
       <c r="E72" s="16">
-        <v>28.97741408280355</v>
+        <v>27.363135525920484</v>
       </c>
       <c r="F72" s="15">
-        <v>9.828977351490092</v>
+        <v>10.275806204817497</v>
       </c>
       <c r="G72" s="9"/>
     </row>
     <row r="73">
       <c r="A73" s="1"/>
       <c r="B73" s="13" t="s">
         <v>56</v>
       </c>
       <c r="C73" s="16">
-        <v>2.8745949616587048</v>
+        <v>2.4549595952658927</v>
       </c>
       <c r="D73" s="16">
-        <v>20.571357184883095</v>
+        <v>18.971977842945584</v>
       </c>
       <c r="E73" s="16">
-        <v>26.976941956596622</v>
+        <v>28.97741408280355</v>
       </c>
       <c r="F73" s="15">
-        <v>9.985912972836461</v>
+        <v>9.828977351490092</v>
       </c>
       <c r="G73" s="9"/>
     </row>
     <row r="74">
       <c r="A74" s="1"/>
       <c r="B74" s="13" t="s">
         <v>57</v>
       </c>
       <c r="C74" s="16">
-        <v>2.4742224644002238</v>
+        <v>2.8745949616587048</v>
       </c>
       <c r="D74" s="16">
-        <v>20.502267650443375</v>
+        <v>20.571357184883095</v>
       </c>
       <c r="E74" s="16">
-        <v>25.321729129664334</v>
+        <v>26.976941956596622</v>
       </c>
       <c r="F74" s="15">
-        <v>9.0</v>
+        <v>9.985912972836461</v>
       </c>
       <c r="G74" s="9"/>
     </row>
     <row r="75">
       <c r="A75" s="1"/>
       <c r="B75" s="13" t="s">
         <v>58</v>
       </c>
-      <c r="C75" s="15">
-[...6 lines deleted...]
-        <v>27.134776816000915</v>
+      <c r="C75" s="16">
+        <v>2.4742224644002238</v>
+      </c>
+      <c r="D75" s="16">
+        <v>20.502267650443375</v>
+      </c>
+      <c r="E75" s="16">
+        <v>25.321729129664334</v>
       </c>
       <c r="F75" s="15">
-        <v>10.591733866237268</v>
+        <v>9.0</v>
       </c>
       <c r="G75" s="9"/>
     </row>
     <row r="76">
       <c r="A76" s="1"/>
       <c r="B76" s="13" t="s">
         <v>59</v>
       </c>
       <c r="C76" s="15">
-        <v>2.3912288245740623</v>
+        <v>3.4217682383874846</v>
       </c>
       <c r="D76" s="15">
-        <v>20.453884493115517</v>
+        <v>23.33326525610653</v>
       </c>
       <c r="E76" s="15">
-        <v>32.19447804639275</v>
+        <v>27.134776816000915</v>
       </c>
       <c r="F76" s="15">
-        <v>10.20164815543997</v>
+        <v>10.591733866237268</v>
       </c>
       <c r="G76" s="9"/>
     </row>
     <row r="77">
       <c r="A77" s="1"/>
       <c r="B77" s="13" t="s">
         <v>60</v>
       </c>
       <c r="C77" s="15">
-        <v>3.1031776132124897</v>
+        <v>2.3912288245740623</v>
       </c>
       <c r="D77" s="15">
-        <v>25.229861804877768</v>
+        <v>20.453884493115517</v>
       </c>
       <c r="E77" s="15">
-        <v>27.22387992308937</v>
+        <v>32.19447804639275</v>
       </c>
       <c r="F77" s="15">
-        <v>11.0</v>
+        <v>10.20164815543997</v>
       </c>
       <c r="G77" s="9"/>
     </row>
     <row r="78">
       <c r="A78" s="1"/>
       <c r="B78" s="13" t="s">
         <v>61</v>
       </c>
       <c r="C78" s="15">
-        <v>2.9791614645786972</v>
+        <v>3.1031776132124897</v>
       </c>
       <c r="D78" s="15">
-        <v>21.318834178406757</v>
+        <v>25.229861804877768</v>
       </c>
       <c r="E78" s="15">
-        <v>27.914971744973258</v>
+        <v>27.22387992308937</v>
       </c>
       <c r="F78" s="15">
-        <v>9.670829413208596</v>
+        <v>11.0</v>
       </c>
       <c r="G78" s="9"/>
     </row>
     <row r="79">
       <c r="A79" s="1"/>
       <c r="B79" s="13" t="s">
         <v>62</v>
       </c>
       <c r="C79" s="15">
-        <v>2.6561393066292656</v>
+        <v>2.9791614645786972</v>
       </c>
       <c r="D79" s="15">
-        <v>24.549626774286292</v>
+        <v>21.318834178406757</v>
       </c>
       <c r="E79" s="15">
-        <v>26.566059881996626</v>
+        <v>27.914971744973258</v>
       </c>
       <c r="F79" s="15">
-        <v>9.790266378377098</v>
+        <v>9.670829413208596</v>
       </c>
       <c r="G79" s="9"/>
     </row>
     <row r="80">
       <c r="A80" s="1"/>
       <c r="B80" s="13" t="s">
         <v>63</v>
       </c>
       <c r="C80" s="15">
-        <v>3.1831364332964753</v>
+        <v>2.6561393066292656</v>
       </c>
       <c r="D80" s="15">
-        <v>22.918087032799058</v>
+        <v>24.549626774286292</v>
       </c>
       <c r="E80" s="15">
-        <v>25.55016625874163</v>
+        <v>26.566059881996626</v>
       </c>
       <c r="F80" s="15">
-        <v>9.728952633462649</v>
+        <v>9.790266378377098</v>
       </c>
       <c r="G80" s="9"/>
     </row>
     <row r="81">
       <c r="A81" s="1"/>
       <c r="B81" s="13" t="s">
         <v>64</v>
       </c>
       <c r="C81" s="15">
-        <v>3.186166488253653</v>
+        <v>3.1831364332964753</v>
       </c>
       <c r="D81" s="15">
-        <v>22.70167973889715</v>
+        <v>22.918087032799058</v>
       </c>
       <c r="E81" s="15">
-        <v>25.521703179749156</v>
+        <v>25.55016625874163</v>
       </c>
       <c r="F81" s="15">
-        <v>9.836704515412547</v>
+        <v>9.728952633462649</v>
       </c>
       <c r="G81" s="9"/>
     </row>
     <row r="82">
       <c r="A82" s="1"/>
       <c r="B82" s="13" t="s">
         <v>65</v>
       </c>
       <c r="C82" s="15">
-        <v>2.8703621569928033</v>
+        <v>3.186166488253653</v>
       </c>
       <c r="D82" s="15">
-        <v>20.609436057435534</v>
+        <v>22.70167973889715</v>
       </c>
       <c r="E82" s="15">
-        <v>23.27169726114066</v>
+        <v>25.521703179749156</v>
       </c>
       <c r="F82" s="15">
-        <v>8.545760509955075</v>
+        <v>9.836704515412547</v>
       </c>
       <c r="G82" s="9"/>
     </row>
     <row r="83">
       <c r="A83" s="1"/>
       <c r="B83" s="13" t="s">
         <v>66</v>
       </c>
       <c r="C83" s="15">
-        <v>3.4261708711882117</v>
+        <v>2.8703621569928033</v>
       </c>
       <c r="D83" s="15">
-        <v>22.19967012023366</v>
+        <v>20.609436057435534</v>
       </c>
       <c r="E83" s="15">
-        <v>26.759013528383715</v>
+        <v>23.27169726114066</v>
       </c>
       <c r="F83" s="15">
-        <v>9.880342115990949</v>
+        <v>8.545760509955075</v>
       </c>
       <c r="G83" s="9"/>
     </row>
     <row r="84">
       <c r="A84" s="1"/>
       <c r="B84" s="13" t="s">
         <v>67</v>
       </c>
       <c r="C84" s="15">
-        <v>2.3827830189871464</v>
+        <v>3.4261708711882117</v>
       </c>
       <c r="D84" s="15">
-        <v>22.34955877766287</v>
+        <v>22.19967012023366</v>
       </c>
       <c r="E84" s="15">
-        <v>24.0505438109641</v>
+        <v>26.759013528383715</v>
       </c>
       <c r="F84" s="15">
-        <v>8.881068723914497</v>
+        <v>9.880342115990949</v>
       </c>
       <c r="G84" s="9"/>
     </row>
     <row r="85">
       <c r="A85" s="1"/>
       <c r="B85" s="13" t="s">
         <v>68</v>
       </c>
       <c r="C85" s="15">
-        <v>2.814418855933434</v>
+        <v>2.3827830189871464</v>
       </c>
       <c r="D85" s="15">
-        <v>24.82390327212786</v>
+        <v>22.34955877766287</v>
       </c>
       <c r="E85" s="15">
-        <v>30.380048320977238</v>
+        <v>24.0505438109641</v>
       </c>
       <c r="F85" s="15">
-        <v>10.741201619828226</v>
+        <v>8.881068723914497</v>
       </c>
       <c r="G85" s="9"/>
     </row>
     <row r="86">
       <c r="A86" s="1"/>
       <c r="B86" s="13" t="s">
         <v>69</v>
       </c>
       <c r="C86" s="15">
-        <v>3.0078425398261817</v>
+        <v>2.814418855933434</v>
       </c>
       <c r="D86" s="15">
-        <v>20.943353207891317</v>
+        <v>24.82390327212786</v>
       </c>
       <c r="E86" s="15">
-        <v>24.775154898306386</v>
+        <v>30.380048320977238</v>
       </c>
       <c r="F86" s="15">
-        <v>8.807354301274303</v>
+        <v>10.741201619828226</v>
       </c>
       <c r="G86" s="9"/>
     </row>
     <row r="87">
       <c r="A87" s="1"/>
       <c r="B87" s="13" t="s">
         <v>70</v>
       </c>
       <c r="C87" s="15">
-        <v>2.8840007897704645</v>
+        <v>3.0078425398261817</v>
       </c>
       <c r="D87" s="15">
-        <v>23.7341430870309</v>
+        <v>20.943353207891317</v>
       </c>
       <c r="E87" s="15">
-        <v>25.38874429995304</v>
+        <v>24.775154898306386</v>
       </c>
       <c r="F87" s="15">
-        <v>9.54272794083569</v>
+        <v>8.807354301274303</v>
       </c>
       <c r="G87" s="9"/>
     </row>
     <row r="88">
       <c r="A88" s="1"/>
       <c r="B88" s="13" t="s">
         <v>71</v>
       </c>
       <c r="C88" s="15">
-        <v>2.1643196668370326</v>
+        <v>2.8840007897704645</v>
       </c>
       <c r="D88" s="15">
-        <v>24.45982618254268</v>
+        <v>23.7341430870309</v>
       </c>
       <c r="E88" s="15">
-        <v>27.841035245054975</v>
+        <v>25.38874429995304</v>
       </c>
       <c r="F88" s="15">
-        <v>9.373570145285244</v>
+        <v>9.54272794083569</v>
       </c>
       <c r="G88" s="9"/>
     </row>
     <row r="89">
       <c r="A89" s="1"/>
       <c r="B89" s="13" t="s">
         <v>72</v>
       </c>
       <c r="C89" s="15">
-        <v>3.3048492237318836</v>
+        <v>2.1643196668370326</v>
       </c>
       <c r="D89" s="15">
-        <v>25.718985372832645</v>
+        <v>24.45982618254268</v>
       </c>
       <c r="E89" s="15">
-        <v>30.04931629679444</v>
+        <v>27.841035245054975</v>
       </c>
       <c r="F89" s="15">
-        <v>10.666926481063648</v>
+        <v>9.373570145285244</v>
       </c>
       <c r="G89" s="9"/>
     </row>
     <row r="90">
       <c r="A90" s="1"/>
       <c r="B90" s="13" t="s">
         <v>73</v>
       </c>
       <c r="C90" s="15">
-        <v>2.9688242250956143</v>
+        <v>3.3048492237318836</v>
       </c>
       <c r="D90" s="15">
-        <v>20.572501055987082</v>
+        <v>25.718985372832645</v>
       </c>
       <c r="E90" s="15">
-        <v>27.437602231139458</v>
+        <v>30.04931629679444</v>
       </c>
       <c r="F90" s="15">
-        <v>8.988254732550486</v>
+        <v>10.666926481063648</v>
       </c>
       <c r="G90" s="9"/>
     </row>
     <row r="91">
       <c r="A91" s="1"/>
       <c r="B91" s="13" t="s">
         <v>74</v>
       </c>
       <c r="C91" s="15">
-        <v>3.131693872653794</v>
+        <v>2.9688242250956143</v>
       </c>
       <c r="D91" s="15">
-        <v>23.24580580296207</v>
+        <v>20.572501055987082</v>
       </c>
       <c r="E91" s="15">
-        <v>28.436823063749674</v>
+        <v>27.437602231139458</v>
       </c>
       <c r="F91" s="15">
-        <v>9.769701538157474</v>
+        <v>8.988254732550486</v>
       </c>
       <c r="G91" s="9"/>
     </row>
     <row r="92">
       <c r="A92" s="1"/>
       <c r="B92" s="13" t="s">
         <v>75</v>
       </c>
       <c r="C92" s="15">
-        <v>3.237757456406131</v>
+        <v>3.131693872653794</v>
       </c>
       <c r="D92" s="15">
-        <v>22.489901638740903</v>
+        <v>23.24580580296207</v>
       </c>
       <c r="E92" s="15">
-        <v>30.067862782845832</v>
+        <v>28.436823063749674</v>
       </c>
       <c r="F92" s="15">
-        <v>10.490492115082636</v>
+        <v>9.769701538157474</v>
       </c>
       <c r="G92" s="9"/>
     </row>
     <row r="93">
       <c r="A93" s="1"/>
       <c r="B93" s="13" t="s">
         <v>76</v>
       </c>
       <c r="C93" s="15">
-        <v>3.1089808673152954</v>
+        <v>3.237757456406131</v>
       </c>
       <c r="D93" s="15">
-        <v>22.82927213011584</v>
+        <v>22.489901638740903</v>
       </c>
       <c r="E93" s="15">
-        <v>29.676694308155984</v>
+        <v>30.067862782845832</v>
       </c>
       <c r="F93" s="15">
-        <v>9.65862112671709</v>
+        <v>10.490492115082636</v>
       </c>
       <c r="G93" s="9"/>
     </row>
     <row r="94">
       <c r="A94" s="1"/>
       <c r="B94" s="13" t="s">
         <v>77</v>
       </c>
       <c r="C94" s="15">
-        <v>2.594952851088129</v>
+        <v>3.1089808673152954</v>
       </c>
       <c r="D94" s="15">
-        <v>21.109624433815775</v>
+        <v>22.82927213011584</v>
       </c>
       <c r="E94" s="15">
-        <v>29.517529450415356</v>
+        <v>29.676694308155984</v>
       </c>
       <c r="F94" s="15">
-        <v>8.895108157690027</v>
+        <v>9.65862112671709</v>
       </c>
       <c r="G94" s="9"/>
     </row>
     <row r="95">
       <c r="A95" s="1"/>
       <c r="B95" s="13" t="s">
         <v>78</v>
       </c>
       <c r="C95" s="15">
-        <v>3.5267296103436983</v>
+        <v>2.594952851088129</v>
       </c>
       <c r="D95" s="15">
-        <v>28.432047130778916</v>
+        <v>21.109624433815775</v>
       </c>
       <c r="E95" s="15">
-        <v>25.732696819981147</v>
+        <v>29.517529450415356</v>
       </c>
       <c r="F95" s="15">
-        <v>10.096704775398438</v>
+        <v>8.895108157690027</v>
       </c>
       <c r="G95" s="9"/>
     </row>
     <row r="96">
       <c r="A96" s="1"/>
       <c r="B96" s="13" t="s">
         <v>79</v>
       </c>
       <c r="C96" s="15">
-        <v>3.9658354239218907</v>
+        <v>3.5267296103436983</v>
       </c>
       <c r="D96" s="15">
-        <v>29.259250633576038</v>
+        <v>28.432047130778916</v>
       </c>
       <c r="E96" s="15">
-        <v>32.57032307071474</v>
+        <v>25.732696819981147</v>
       </c>
       <c r="F96" s="15">
-        <v>11.765134136725791</v>
+        <v>10.096704775398438</v>
       </c>
       <c r="G96" s="9"/>
     </row>
     <row r="97">
       <c r="A97" s="1"/>
       <c r="B97" s="13" t="s">
         <v>80</v>
       </c>
       <c r="C97" s="15">
-        <v>3.6226234512259468</v>
+        <v>3.9658354239218907</v>
       </c>
       <c r="D97" s="15">
-        <v>26.199018255027486</v>
+        <v>29.259250633576038</v>
       </c>
       <c r="E97" s="15">
-        <v>27.80417056112418</v>
+        <v>32.57032307071474</v>
       </c>
       <c r="F97" s="15">
-        <v>10.636918098165387</v>
+        <v>11.765134136725791</v>
       </c>
       <c r="G97" s="9"/>
     </row>
     <row r="98">
       <c r="A98" s="1"/>
       <c r="B98" s="13" t="s">
         <v>81</v>
       </c>
       <c r="C98" s="15">
-        <v>1.86072437715537</v>
+        <v>3.6226234512259468</v>
       </c>
       <c r="D98" s="15">
-        <v>20.148380276372425</v>
+        <v>26.199018255027486</v>
       </c>
       <c r="E98" s="15">
-        <v>24.110383225427473</v>
+        <v>27.80417056112418</v>
       </c>
       <c r="F98" s="15">
-        <v>7.011497297870086</v>
+        <v>10.636918098165387</v>
       </c>
       <c r="G98" s="9"/>
     </row>
     <row r="99">
       <c r="A99" s="1"/>
       <c r="B99" s="13" t="s">
         <v>82</v>
       </c>
       <c r="C99" s="15">
+        <v>1.86072437715537</v>
+      </c>
+      <c r="D99" s="15">
+        <v>20.148380276372425</v>
+      </c>
+      <c r="E99" s="15">
+        <v>24.110383225427473</v>
+      </c>
+      <c r="F99" s="15">
+        <v>7.011497297870086</v>
+      </c>
+      <c r="G99" s="9"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="1"/>
+      <c r="B100" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C100" s="15">
         <v>2.8751207890114276</v>
       </c>
-      <c r="D99" s="15">
+      <c r="D100" s="15">
         <v>24.299982071103894</v>
       </c>
-      <c r="E99" s="15">
+      <c r="E100" s="15">
         <v>23.844242187303525</v>
       </c>
-      <c r="F99" s="15">
+      <c r="F100" s="15">
         <v>8.919991571034132</v>
       </c>
-      <c r="G99" s="9"/>
-[...10 lines deleted...]
-      <c r="G100" s="17"/>
+      <c r="G100" s="9"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="17"/>
+      <c r="B101" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="C101" s="19"/>
+      <c r="D101" s="19"/>
+      <c r="E101" s="19"/>
+      <c r="F101" s="20"/>
+      <c r="G101" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="B100:F100"/>
+    <mergeCell ref="B101:F101"/>
   </mergeCells>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B1" s="21" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C1" s="21" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D1" s="21" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E1" s="22" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F1" s="23"/>
       <c r="G1" s="24" t="s">
+        <v>90</v>
+      </c>
+      <c r="H1" s="21" t="s">
+        <v>86</v>
+      </c>
+      <c r="I1" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="J1" s="21" t="s">
+        <v>88</v>
+      </c>
+      <c r="K1" s="22" t="s">
         <v>89</v>
-      </c>
-[...10 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="25" t="str">
-        <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Trimestriel!B22""))"),"2025T2")</f>
-        <v>2025T2</v>
+        <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Trimestriel!B22""))"),"2025T3")</f>
+        <v>2025T3</v>
       </c>
       <c r="B2" s="26" t="str">
-        <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Trimestriel!C22""))"),"4,7")</f>
-        <v>4,7</v>
+        <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Trimestriel!C22""))"),"4,8")</f>
+        <v>4,8</v>
       </c>
       <c r="C2" s="26" t="str">
-        <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Trimestriel!D22""))"),"25,8")</f>
-        <v>25,8</v>
+        <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Trimestriel!D22""))"),"25,4")</f>
+        <v>25,4</v>
       </c>
       <c r="D2" s="26" t="str">
-        <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Trimestriel!E22""))"),"33,0")</f>
-        <v>33,0</v>
+        <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Trimestriel!E22""))"),"35,6")</f>
+        <v>35,6</v>
       </c>
       <c r="E2" s="26" t="str">
-        <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Trimestriel!F22""))"),"19,9")</f>
-        <v>19,9</v>
+        <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Trimestriel!F22""))"),"21,6")</f>
+        <v>21,6</v>
       </c>
       <c r="F2" s="23"/>
       <c r="G2" s="25" t="str">
         <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Annuel!B23""))"),"2024")</f>
         <v>2024</v>
       </c>
       <c r="H2" s="26" t="str">
         <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Annuel!C23""))"),"4,9")</f>
         <v>4,9</v>
       </c>
       <c r="I2" s="26" t="str">
         <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Annuel!D23""))"),"23,9")</f>
         <v>23,9</v>
       </c>
       <c r="J2" s="26" t="str">
         <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Annuel!E23""))"),"33,3")</f>
         <v>33,3</v>
       </c>
       <c r="K2" s="26" t="str">
         <f>IFERROR(__xludf.DUMMYFUNCTION("to_text(INDIRECT(""Annuel!F23""))"),"19,4")</f>
         <v>19,4</v>
       </c>
     </row>
   </sheetData>
   <drawing r:id="rId1"/>