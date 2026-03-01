--- v0 (2026-02-06)
+++ v1 (2026-03-01)
@@ -80,95 +80,95 @@
     <sheet state="visible" name="D2AOP" sheetId="8" r:id="rId12"/>
     <sheet state="visible" name="D2BOP" sheetId="9" r:id="rId13"/>
     <sheet state="visible" name="D3AOP" sheetId="10" r:id="rId14"/>
     <sheet state="visible" name="D3BOP" sheetId="11" r:id="rId15"/>
     <sheet state="visible" name="D3COP" sheetId="12" r:id="rId16"/>
     <sheet state="visible" name="D3DOP" sheetId="13" r:id="rId17"/>
     <sheet state="visible" name="D3EOP" sheetId="14" r:id="rId18"/>
     <sheet state="visible" name="D3FOP" sheetId="15" r:id="rId19"/>
     <sheet state="visible" name="D1AV" sheetId="16" r:id="rId20"/>
     <sheet state="visible" name="D1BV" sheetId="17" r:id="rId21"/>
     <sheet state="visible" name="D2AV" sheetId="18" r:id="rId22"/>
     <sheet state="visible" name="D2BV" sheetId="19" r:id="rId23"/>
     <sheet state="visible" name="D3AV" sheetId="20" r:id="rId24"/>
     <sheet state="visible" name="D3BV" sheetId="21" r:id="rId25"/>
     <sheet state="visible" name="D3CV" sheetId="22" r:id="rId26"/>
     <sheet state="visible" name="D3DV" sheetId="23" r:id="rId27"/>
     <sheet state="visible" name="D1JP" sheetId="24" r:id="rId28"/>
     <sheet state="visible" name="D2JP" sheetId="25" r:id="rId29"/>
   </sheets>
   <definedNames/>
   <calcPr/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2277" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2277" uniqueCount="227">
   <si>
     <t>DIVISION 1 FEMININES 2026</t>
   </si>
   <si>
     <t>1er MARS 2006 - EVIAN</t>
   </si>
   <si>
     <t>1er Match - 14h00</t>
   </si>
   <si>
     <t>Club 1</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Club 2</t>
   </si>
   <si>
     <t>LES CARRES</t>
   </si>
   <si>
     <t>BONS OLYMPIC</t>
   </si>
   <si>
     <t>EVIAN</t>
   </si>
   <si>
     <t>UPMB</t>
   </si>
   <si>
     <t>GAILLARD</t>
   </si>
   <si>
     <t>FMR 1</t>
   </si>
   <si>
     <t>ALBY</t>
   </si>
   <si>
     <t>MAGLAND</t>
   </si>
   <si>
-    <t>15 MARS 2026 - CLUSES</t>
+    <t>15 MARS 2026 - SCIONZIER</t>
   </si>
   <si>
     <t>2me Match - 8h00</t>
   </si>
   <si>
     <t>3me Match - 14h00</t>
   </si>
   <si>
     <t>14 JUIN 2026 - THONES</t>
   </si>
   <si>
     <t>4ème Match - 8h00</t>
   </si>
   <si>
     <t>5ème Match - 14h00</t>
   </si>
   <si>
     <t>13 SEPTEMBRE 2026 - ST FELIX</t>
   </si>
   <si>
     <t>6ème Match - 8h00</t>
   </si>
   <si>
     <t>7ème Match - 14h00</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>TANINGES 1</t>
   </si>
   <si>
     <t>LE BORNE 1</t>
   </si>
   <si>
     <t>SEYNOD 1</t>
   </si>
   <si>
     <t>LA ROCHE 1</t>
   </si>
   <si>
     <t>GAILLARD 2</t>
   </si>
   <si>
     <t>LES VOIRONS 1</t>
   </si>
   <si>
     <t>PRINGY 1</t>
   </si>
   <si>
     <t>15 MARS 2026  - SCIONZIER</t>
   </si>
   <si>
-    <t>14 JUIN 2026  - LA CLUSIENNE</t>
+    <t>14 JUIN 2026  - SCIONZIER</t>
   </si>
   <si>
     <t>DIVISION 3A OPEN  2026</t>
   </si>
   <si>
     <t>SARDAGNE</t>
   </si>
   <si>
     <t>TANINGES 2</t>
   </si>
   <si>
     <t>VEYRIER 1</t>
   </si>
   <si>
     <t>VOUGY 1</t>
   </si>
   <si>
     <t>ANNECY 1</t>
   </si>
   <si>
     <t>LE BORNE 2</t>
   </si>
   <si>
     <t>Office</t>
   </si>
@@ -506,81 +506,78 @@
   <si>
     <t>DIVISION 3D OPEN 2026</t>
   </si>
   <si>
     <t>15MARS 2026 - ST- FELIX</t>
   </si>
   <si>
     <t>SEYNOD 2</t>
   </si>
   <si>
     <t>VOUGY 2</t>
   </si>
   <si>
     <t>LE SALEVE 3</t>
   </si>
   <si>
     <t>SAINT FELIX 3</t>
   </si>
   <si>
     <t>LA SEMINE 2</t>
   </si>
   <si>
     <t>THONON 3</t>
   </si>
   <si>
-    <t>14 JUIN 2026 - CLUSES SARDAGNE</t>
+    <t>14 JUIN 2026 - SCIONZIER</t>
   </si>
   <si>
     <t>DIVISION 3E OPEN 2026</t>
   </si>
   <si>
     <t>ANNECY 2</t>
   </si>
   <si>
     <t>TANINGES 3</t>
   </si>
   <si>
     <t>THONON 4</t>
   </si>
   <si>
     <t>LE SALEVE 4</t>
   </si>
   <si>
     <t>LES VOIRONS 2</t>
   </si>
   <si>
     <t>CORNIER</t>
   </si>
   <si>
     <t>AMIS DE SOURIS 2</t>
   </si>
   <si>
-    <t>15 MARS 2026 -  LA CLUSIENNE</t>
-[...2 lines deleted...]
-    <t>14 JUIN 2026 - CLUSES-SARDAGNE</t>
+    <t>15 MARS 2026 -  ANNECY</t>
   </si>
   <si>
     <t>13 SEPTEMBRE 2026 -MAGLAND</t>
   </si>
   <si>
     <t>DIVISION 3F OPEN 2026</t>
   </si>
   <si>
     <t>1er MARS 2026  - ANNECY</t>
   </si>
   <si>
     <t>ANNEMASSE 2</t>
   </si>
   <si>
     <t>SALLANCHES 3</t>
   </si>
   <si>
     <t>THONES 2</t>
   </si>
   <si>
     <t>UPMB 2</t>
   </si>
   <si>
     <t>PRINGY 3</t>
   </si>
@@ -653,72 +650,72 @@
   <si>
     <t>LES CARRES 4</t>
   </si>
   <si>
     <t>CHEDDE 1</t>
   </si>
   <si>
     <t>PRINGY</t>
   </si>
   <si>
     <t>28 MAI 2026 - ANNEMASSE</t>
   </si>
   <si>
     <t>11 JUIN 2026  - CHEDDE</t>
   </si>
   <si>
     <t>DIVISION 3A VETERANS 2026</t>
   </si>
   <si>
     <t>SCIONZIER 3</t>
   </si>
   <si>
     <t>07 MAI 2026 -  LE SALEVE</t>
   </si>
   <si>
-    <t xml:space="preserve">28 MAI 2026 - ST-FELIX </t>
+    <t>28 MAI 2026 - LA SEMINE</t>
   </si>
   <si>
     <t>11 JUIN 2026 - LA SEMINE</t>
   </si>
   <si>
     <t>DIVISION 3B VETERANS 2026</t>
   </si>
   <si>
     <t>12 MARS 2026  - ANNEMASSE</t>
   </si>
   <si>
     <t>ANNECY</t>
   </si>
   <si>
     <t>SEYNOD</t>
   </si>
   <si>
     <t>VEYRIER 3</t>
   </si>
   <si>
-    <t>07 MAI 2026 -  ST-FELIX</t>
+    <t>07 MAI 2026 -  RUMILLY</t>
   </si>
   <si>
     <t>11 JUIN 2026  -  LA SEMINE</t>
   </si>
   <si>
     <t>DIVISION 3C VETERANS 2026</t>
   </si>
   <si>
     <t>VUACHE</t>
   </si>
   <si>
     <t>CORNIER 2</t>
   </si>
   <si>
     <t>THONES 3</t>
   </si>
   <si>
     <t>CHEDDE 2</t>
   </si>
   <si>
     <t>SALLANCHES 4</t>
   </si>
   <si>
     <t>07 MAI 2026 - GAILLARD</t>
   </si>
@@ -728,78 +725,75 @@
   <si>
     <t>12 MARS 2026 -  ANNECY</t>
   </si>
   <si>
     <t>RUMILLY 4</t>
   </si>
   <si>
     <t>CHEDDE 3</t>
   </si>
   <si>
     <t>EVIAN 3</t>
   </si>
   <si>
     <t>SALLANCHES 5</t>
   </si>
   <si>
     <t>MAGLAND 2</t>
   </si>
   <si>
     <t>LE BORNE</t>
   </si>
   <si>
     <t>07 MAI 2026 -  GAILLARD</t>
   </si>
   <si>
-    <t xml:space="preserve">28 MAI 2026 - ST FELIX </t>
-[...1 lines deleted...]
-  <si>
     <t>DIVISION 1 PROVENCAL 2026</t>
   </si>
   <si>
     <t>07 MARS 2026 - EVIAN</t>
   </si>
   <si>
     <t>1er Match - 08h00</t>
   </si>
   <si>
     <t>2ème Match - 14h00</t>
   </si>
   <si>
     <t>LES ROCAILLES</t>
   </si>
   <si>
     <t>OFFICE</t>
   </si>
   <si>
     <t>08 MARS 2026 - EVIAN</t>
   </si>
   <si>
     <t>4ème Match - 14h00</t>
   </si>
   <si>
-    <t>14 MARS 2026 - EVIAN</t>
+    <t>20 SEPTEMBRE 2026 - THONON</t>
   </si>
   <si>
     <t>DIVISION 2 PROVENCAL  2026</t>
   </si>
   <si>
     <t>1er   Match - 08h00</t>
   </si>
   <si>
     <t>2ème   Match - 14h00</t>
   </si>
   <si>
     <t>TANINGES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy hh:mm"/>
   </numFmts>
   <fonts count="13">
     <font>
       <sz val="10.0"/>
       <color rgb="FF000000"/>
@@ -2297,51 +2291,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -3075,51 +3069,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -3264,51 +3258,51 @@
       </c>
       <c r="C9" s="19"/>
       <c r="D9" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E9" s="16"/>
       <c r="F9" s="13"/>
       <c r="G9" s="19"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
-        <v>97</v>
+        <v>30</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
     <row r="12">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="7"/>
       <c r="F12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
     </row>
     <row r="13">
@@ -3845,51 +3839,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -4615,51 +4609,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -5311,51 +5305,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -5644,51 +5638,51 @@
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="13" t="s">
         <v>148</v>
       </c>
       <c r="G17" s="19"/>
       <c r="H17" s="16" t="s">
         <v>149</v>
       </c>
       <c r="I17" s="19"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
-        <v>151</v>
+        <v>141</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
     <row r="20">
       <c r="A20" s="8"/>
       <c r="B20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="7"/>
       <c r="F20" s="24" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="7"/>
     </row>
     <row r="21">
@@ -5786,51 +5780,51 @@
       </c>
       <c r="E25" s="16"/>
       <c r="F25" s="13" t="s">
         <v>146</v>
       </c>
       <c r="G25" s="19"/>
       <c r="H25" s="16" t="s">
         <v>149</v>
       </c>
       <c r="I25" s="19"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
       <c r="A27" s="23"/>
       <c r="B27" s="5" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="7"/>
     </row>
     <row r="28">
       <c r="A28" s="8"/>
       <c r="B28" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="7"/>
       <c r="F28" s="24" t="s">
         <v>22</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="7"/>
     </row>
     <row r="29">
@@ -6083,51 +6077,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -6139,162 +6133,162 @@
   <sheetPr>
     <tabColor rgb="FF4A86E8"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="9"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="9" t="s">
         <v>45</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10"/>
       <c r="C5" s="11"/>
       <c r="D5" s="11"/>
       <c r="E5" s="11"/>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13"/>
       <c r="C6" s="14"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="13" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G6" s="14"/>
       <c r="H6" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
       <c r="F7" s="13" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G7" s="14"/>
       <c r="H7" s="17" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="18"/>
       <c r="E8" s="16"/>
       <c r="F8" s="13" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="G8" s="14"/>
       <c r="H8" s="18" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="13" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G9" s="19"/>
       <c r="H9" s="16" t="s">
         <v>118</v>
       </c>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
@@ -6327,120 +6321,120 @@
       <c r="C13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="22" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E14" s="16"/>
       <c r="F14" s="13" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G14" s="14"/>
       <c r="H14" s="15" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="I14" s="19"/>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E15" s="16"/>
       <c r="F15" s="13" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="G15" s="14"/>
       <c r="H15" s="17" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="I15" s="19"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="18" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="13" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="G16" s="14"/>
       <c r="H16" s="18" t="s">
         <v>118</v>
       </c>
       <c r="I16" s="19"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="13" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="G17" s="19"/>
       <c r="H17" s="16" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="I17" s="19"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
         <v>141</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
@@ -6469,138 +6463,138 @@
       <c r="C21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I21" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1"/>
       <c r="B22" s="13" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C22" s="14"/>
       <c r="D22" s="15" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="E22" s="16"/>
       <c r="F22" s="13" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G22" s="14"/>
       <c r="H22" s="15" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="I22" s="19"/>
     </row>
     <row r="23">
       <c r="A23" s="1"/>
       <c r="B23" s="13" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C23" s="14"/>
       <c r="D23" s="17" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="E23" s="16"/>
       <c r="F23" s="13" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="G23" s="14"/>
       <c r="H23" s="17" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="I23" s="19"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="13" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C24" s="14"/>
       <c r="D24" s="18" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="13" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G24" s="14"/>
       <c r="H24" s="18" t="s">
         <v>118</v>
       </c>
       <c r="I24" s="19"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
       <c r="B25" s="13" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C25" s="19"/>
       <c r="D25" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E25" s="16"/>
       <c r="F25" s="13" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="G25" s="19"/>
       <c r="H25" s="16" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="I25" s="19"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
       <c r="A27" s="23"/>
       <c r="B27" s="5" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="7"/>
     </row>
     <row r="28">
       <c r="A28" s="8"/>
       <c r="B28" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="7"/>
       <c r="F28" s="24" t="s">
         <v>22</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="7"/>
     </row>
     <row r="29">
@@ -6611,120 +6605,120 @@
       <c r="C29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F29" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I29" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
       <c r="B30" s="13" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="15" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E30" s="16"/>
       <c r="F30" s="13" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G30" s="14"/>
       <c r="H30" s="15" t="s">
         <v>118</v>
       </c>
       <c r="I30" s="19"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
       <c r="B31" s="13" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C31" s="14"/>
       <c r="D31" s="17" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="16"/>
       <c r="F31" s="13" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="G31" s="14"/>
       <c r="H31" s="17" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="I31" s="19"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
       <c r="B32" s="13" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C32" s="14"/>
       <c r="D32" s="18" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="E32" s="16"/>
       <c r="F32" s="13" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G32" s="14"/>
       <c r="H32" s="18" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="I32" s="19"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
       <c r="B33" s="13" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C33" s="19"/>
       <c r="D33" s="16" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="E33" s="16"/>
       <c r="F33" s="13" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="G33" s="19"/>
       <c r="H33" s="16" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="I33" s="19"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
       <c r="B34" s="20"/>
       <c r="C34" s="20"/>
       <c r="D34" s="21"/>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
       <c r="H34" s="21"/>
       <c r="I34" s="20"/>
     </row>
     <row r="35">
       <c r="A35" s="23"/>
       <c r="B35" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
       <c r="E35" s="6"/>
       <c r="F35" s="7"/>
       <c r="G35" s="23"/>
       <c r="H35" s="23"/>
@@ -6853,51 +6847,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -6909,184 +6903,184 @@
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="9"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13" t="s">
         <v>74</v>
       </c>
       <c r="C6" s="14"/>
       <c r="D6" s="15" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="E6" s="16"/>
       <c r="F6" s="13"/>
       <c r="G6" s="14"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13" t="s">
         <v>71</v>
       </c>
       <c r="C7" s="14"/>
       <c r="D7" s="17" t="s">
         <v>70</v>
       </c>
       <c r="E7" s="16"/>
       <c r="F7" s="13"/>
       <c r="G7" s="14"/>
       <c r="H7" s="17"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13" t="s">
         <v>84</v>
       </c>
       <c r="C8" s="14"/>
       <c r="D8" s="18" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E8" s="16"/>
       <c r="F8" s="13"/>
       <c r="G8" s="14"/>
       <c r="H8" s="18"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13" t="s">
         <v>72</v>
       </c>
       <c r="C9" s="19"/>
       <c r="D9" s="16" t="s">
         <v>85</v>
       </c>
       <c r="E9" s="16"/>
       <c r="F9" s="13"/>
       <c r="G9" s="19"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
     <row r="12">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="7"/>
       <c r="F12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
     </row>
     <row r="13">
@@ -7108,119 +7102,119 @@
       <c r="H13" s="22"/>
       <c r="I13" s="22"/>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
         <v>74</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E14" s="16"/>
       <c r="F14" s="13" t="s">
         <v>74</v>
       </c>
       <c r="G14" s="14"/>
       <c r="H14" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I14" s="19"/>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="s">
         <v>70</v>
       </c>
       <c r="E15" s="16"/>
       <c r="F15" s="13" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="G15" s="14"/>
       <c r="H15" s="17" t="s">
         <v>71</v>
       </c>
       <c r="I15" s="19"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
         <v>84</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="18" t="s">
         <v>72</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="13" t="s">
         <v>84</v>
       </c>
       <c r="G16" s="14"/>
       <c r="H16" s="18" t="s">
         <v>85</v>
       </c>
       <c r="I16" s="19"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="16" t="s">
         <v>85</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="13" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="G17" s="19"/>
       <c r="H17" s="16" t="s">
         <v>72</v>
       </c>
       <c r="I17" s="19"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
     <row r="20">
       <c r="A20" s="8"/>
       <c r="B20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="7"/>
       <c r="F20" s="24" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="7"/>
     </row>
     <row r="21">
@@ -7243,66 +7237,66 @@
       <c r="G21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I21" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1"/>
       <c r="B22" s="13" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="14"/>
       <c r="D22" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E22" s="16"/>
       <c r="F22" s="13" t="s">
         <v>74</v>
       </c>
       <c r="G22" s="14"/>
       <c r="H22" s="15" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="I22" s="19"/>
     </row>
     <row r="23">
       <c r="A23" s="1"/>
       <c r="B23" s="13" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C23" s="14"/>
       <c r="D23" s="17" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E23" s="16"/>
       <c r="F23" s="13" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="G23" s="14"/>
       <c r="H23" s="17" t="s">
         <v>84</v>
       </c>
       <c r="I23" s="19"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="13" t="s">
         <v>71</v>
       </c>
       <c r="C24" s="14"/>
       <c r="D24" s="18" t="s">
         <v>72</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="13" t="s">
         <v>71</v>
       </c>
       <c r="G24" s="14"/>
       <c r="H24" s="18" t="s">
         <v>85</v>
       </c>
       <c r="I24" s="19"/>
@@ -7318,51 +7312,51 @@
       </c>
       <c r="E25" s="16"/>
       <c r="F25" s="13" t="s">
         <v>70</v>
       </c>
       <c r="G25" s="19"/>
       <c r="H25" s="16" t="s">
         <v>72</v>
       </c>
       <c r="I25" s="19"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
       <c r="A27" s="23"/>
       <c r="B27" s="5" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="7"/>
     </row>
     <row r="28">
       <c r="A28" s="8"/>
       <c r="B28" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="7"/>
       <c r="F28" s="24" t="s">
         <v>22</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="7"/>
     </row>
     <row r="29">
@@ -7392,93 +7386,93 @@
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
       <c r="B30" s="13" t="s">
         <v>74</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E30" s="16"/>
       <c r="F30" s="13" t="s">
         <v>74</v>
       </c>
       <c r="G30" s="14"/>
       <c r="H30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="I30" s="19"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
       <c r="B31" s="13" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C31" s="14"/>
       <c r="D31" s="17" t="s">
         <v>85</v>
       </c>
       <c r="E31" s="16"/>
       <c r="F31" s="13" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="G31" s="14"/>
       <c r="H31" s="17" t="s">
         <v>72</v>
       </c>
       <c r="I31" s="19"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
       <c r="B32" s="13" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="14"/>
       <c r="D32" s="18" t="s">
         <v>84</v>
       </c>
       <c r="E32" s="16"/>
       <c r="F32" s="13" t="s">
         <v>71</v>
       </c>
       <c r="G32" s="14"/>
       <c r="H32" s="18" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="I32" s="19"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
       <c r="B33" s="13" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="19"/>
       <c r="D33" s="16" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E33" s="16"/>
       <c r="F33" s="13" t="s">
         <v>70</v>
       </c>
       <c r="G33" s="19"/>
       <c r="H33" s="16" t="s">
         <v>84</v>
       </c>
       <c r="I33" s="19"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
       <c r="B34" s="20"/>
       <c r="C34" s="20"/>
       <c r="D34" s="21"/>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
       <c r="H34" s="21"/>
       <c r="I34" s="20"/>
     </row>
     <row r="35">
       <c r="A35" s="23"/>
       <c r="B35" s="26" t="s">
@@ -7615,51 +7609,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -7671,68 +7665,68 @@
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="9"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="9" t="s">
         <v>45</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10"/>
@@ -7741,114 +7735,114 @@
       <c r="E5" s="11"/>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13"/>
       <c r="C6" s="14"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="13" t="s">
         <v>92</v>
       </c>
       <c r="G6" s="14"/>
       <c r="H6" s="15" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
       <c r="F7" s="13" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G7" s="14"/>
       <c r="H7" s="17" t="s">
         <v>105</v>
       </c>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="18"/>
       <c r="E8" s="16"/>
       <c r="F8" s="13" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="G8" s="14"/>
       <c r="H8" s="18" t="s">
         <v>83</v>
       </c>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="13" t="s">
         <v>73</v>
       </c>
       <c r="G9" s="19"/>
       <c r="H9" s="16" t="s">
         <v>95</v>
       </c>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
     <row r="12">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="7"/>
       <c r="F12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
     </row>
     <row r="13">
@@ -7863,134 +7857,134 @@
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="22" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
         <v>92</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E14" s="16"/>
       <c r="F14" s="13" t="s">
         <v>92</v>
       </c>
       <c r="G14" s="14"/>
       <c r="H14" s="15" t="s">
         <v>105</v>
       </c>
       <c r="I14" s="19"/>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="s">
         <v>105</v>
       </c>
       <c r="E15" s="16"/>
       <c r="F15" s="13" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="G15" s="14"/>
       <c r="H15" s="17" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="I15" s="19"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="18" t="s">
         <v>73</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="13" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="G16" s="14"/>
       <c r="H16" s="18" t="s">
         <v>95</v>
       </c>
       <c r="I16" s="19"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
         <v>83</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="16" t="s">
         <v>95</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="13" t="s">
         <v>83</v>
       </c>
       <c r="G17" s="19"/>
       <c r="H17" s="16" t="s">
         <v>73</v>
       </c>
       <c r="I17" s="19"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
     <row r="20">
       <c r="A20" s="8"/>
       <c r="B20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="7"/>
       <c r="F20" s="24" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="7"/>
     </row>
     <row r="21">
@@ -8005,134 +7999,134 @@
         <v>5</v>
       </c>
       <c r="E21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I21" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1"/>
       <c r="B22" s="13" t="s">
         <v>92</v>
       </c>
       <c r="C22" s="14"/>
       <c r="D22" s="15" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="E22" s="16"/>
       <c r="F22" s="13" t="s">
         <v>92</v>
       </c>
       <c r="G22" s="14"/>
       <c r="H22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I22" s="19"/>
     </row>
     <row r="23">
       <c r="A23" s="1"/>
       <c r="B23" s="13" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C23" s="14"/>
       <c r="D23" s="17" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="16"/>
       <c r="F23" s="13" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="G23" s="14"/>
       <c r="H23" s="17" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="I23" s="19"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="13" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C24" s="14"/>
       <c r="D24" s="18" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="13" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G24" s="14"/>
       <c r="H24" s="18" t="s">
         <v>95</v>
       </c>
       <c r="I24" s="19"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
       <c r="B25" s="13" t="s">
         <v>105</v>
       </c>
       <c r="C25" s="19"/>
       <c r="D25" s="16" t="s">
         <v>95</v>
       </c>
       <c r="E25" s="16"/>
       <c r="F25" s="13" t="s">
         <v>105</v>
       </c>
       <c r="G25" s="19"/>
       <c r="H25" s="16" t="s">
         <v>73</v>
       </c>
       <c r="I25" s="19"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
       <c r="A27" s="23"/>
       <c r="B27" s="5" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="7"/>
     </row>
     <row r="28">
       <c r="A28" s="8"/>
       <c r="B28" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="7"/>
       <c r="F28" s="24" t="s">
         <v>22</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="7"/>
     </row>
     <row r="29">
@@ -8162,101 +8156,101 @@
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
       <c r="B30" s="13" t="s">
         <v>92</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="16"/>
       <c r="F30" s="13" t="s">
         <v>92</v>
       </c>
       <c r="G30" s="14"/>
       <c r="H30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I30" s="19"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
       <c r="B31" s="13" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C31" s="14"/>
       <c r="D31" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E31" s="16"/>
       <c r="F31" s="13" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="G31" s="14"/>
       <c r="H31" s="17" t="s">
         <v>73</v>
       </c>
       <c r="I31" s="19"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
       <c r="B32" s="13" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C32" s="14"/>
       <c r="D32" s="18" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="E32" s="16"/>
       <c r="F32" s="13" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G32" s="14"/>
       <c r="H32" s="18" t="s">
         <v>83</v>
       </c>
       <c r="I32" s="19"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
       <c r="B33" s="13" t="s">
         <v>105</v>
       </c>
       <c r="C33" s="19"/>
       <c r="D33" s="16" t="s">
         <v>83</v>
       </c>
       <c r="E33" s="16"/>
       <c r="F33" s="13" t="s">
         <v>105</v>
       </c>
       <c r="G33" s="19"/>
       <c r="H33" s="16" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="I33" s="19"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
       <c r="B34" s="20"/>
       <c r="C34" s="20"/>
       <c r="D34" s="21"/>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
       <c r="H34" s="21"/>
       <c r="I34" s="20"/>
     </row>
     <row r="35">
       <c r="A35" s="23"/>
       <c r="B35" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
       <c r="E35" s="6"/>
       <c r="F35" s="7"/>
       <c r="G35" s="23"/>
       <c r="H35" s="23"/>
@@ -8385,51 +8379,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -8441,132 +8435,132 @@
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="49"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="50"/>
       <c r="G5" s="50"/>
       <c r="H5" s="50"/>
       <c r="I5" s="50"/>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="C6" s="14"/>
       <c r="D6" s="15" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="E6" s="16"/>
       <c r="F6" s="13"/>
       <c r="G6" s="14"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13" t="s">
         <v>114</v>
       </c>
       <c r="C7" s="14"/>
       <c r="D7" s="17" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E7" s="16"/>
       <c r="F7" s="13"/>
       <c r="G7" s="14"/>
       <c r="H7" s="17"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13" t="s">
         <v>81</v>
       </c>
       <c r="C8" s="14"/>
       <c r="D8" s="18" t="s">
         <v>121</v>
       </c>
       <c r="E8" s="16"/>
       <c r="F8" s="13"/>
       <c r="G8" s="14"/>
       <c r="H8" s="18"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13" t="s">
@@ -8574,51 +8568,51 @@
       </c>
       <c r="C9" s="19"/>
       <c r="D9" s="16" t="s">
         <v>115</v>
       </c>
       <c r="E9" s="16"/>
       <c r="F9" s="13"/>
       <c r="G9" s="19"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
     <row r="12">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="7"/>
       <c r="F12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
     </row>
     <row r="13">
@@ -8641,66 +8635,66 @@
       <c r="G13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
         <v>47</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E14" s="16"/>
       <c r="F14" s="13" t="s">
         <v>47</v>
       </c>
       <c r="G14" s="14"/>
       <c r="H14" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="I14" s="16"/>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E15" s="16"/>
       <c r="F15" s="13" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G15" s="14"/>
       <c r="H15" s="17" t="s">
         <v>114</v>
       </c>
       <c r="I15" s="16"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
         <v>81</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="18" t="s">
         <v>107</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="13" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="14"/>
       <c r="H16" s="18" t="s">
         <v>115</v>
       </c>
       <c r="I16" s="16"/>
@@ -8716,51 +8710,51 @@
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="13" t="s">
         <v>121</v>
       </c>
       <c r="G17" s="19"/>
       <c r="H17" s="16" t="s">
         <v>107</v>
       </c>
       <c r="I17" s="16"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
     <row r="20">
       <c r="A20" s="8"/>
       <c r="B20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="7"/>
       <c r="F20" s="24" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="7"/>
     </row>
     <row r="21">
@@ -8790,119 +8784,119 @@
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1"/>
       <c r="B22" s="13" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="14"/>
       <c r="D22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E22" s="16"/>
       <c r="F22" s="13" t="s">
         <v>47</v>
       </c>
       <c r="G22" s="14"/>
       <c r="H22" s="15" t="s">
         <v>121</v>
       </c>
       <c r="I22" s="16"/>
     </row>
     <row r="23">
       <c r="A23" s="1"/>
       <c r="B23" s="13" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C23" s="14"/>
       <c r="D23" s="17" t="s">
         <v>121</v>
       </c>
       <c r="E23" s="16"/>
       <c r="F23" s="13" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G23" s="14"/>
       <c r="H23" s="17" t="s">
         <v>81</v>
       </c>
       <c r="I23" s="16"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="13" t="s">
         <v>114</v>
       </c>
       <c r="C24" s="14"/>
       <c r="D24" s="18" t="s">
         <v>107</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="13" t="s">
         <v>114</v>
       </c>
       <c r="G24" s="14"/>
       <c r="H24" s="18" t="s">
         <v>115</v>
       </c>
       <c r="I24" s="16"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
       <c r="B25" s="13" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C25" s="19"/>
       <c r="D25" s="16" t="s">
         <v>115</v>
       </c>
       <c r="E25" s="16"/>
       <c r="F25" s="13" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="G25" s="19"/>
       <c r="H25" s="16" t="s">
         <v>107</v>
       </c>
       <c r="I25" s="16"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
       <c r="A27" s="23"/>
       <c r="B27" s="5" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="7"/>
     </row>
     <row r="28">
       <c r="A28" s="8"/>
       <c r="B28" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="7"/>
       <c r="F28" s="24" t="s">
         <v>22</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="7"/>
     </row>
     <row r="29">
@@ -8932,97 +8926,97 @@
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
       <c r="B30" s="13" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E30" s="16"/>
       <c r="F30" s="13" t="s">
         <v>47</v>
       </c>
       <c r="G30" s="14"/>
       <c r="H30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="I30" s="16"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
       <c r="B31" s="13" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C31" s="14"/>
       <c r="D31" s="17" t="s">
         <v>115</v>
       </c>
       <c r="E31" s="16"/>
       <c r="F31" s="13" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G31" s="14"/>
       <c r="H31" s="17" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="16"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
       <c r="B32" s="13" t="s">
         <v>114</v>
       </c>
       <c r="C32" s="14"/>
       <c r="D32" s="18" t="s">
         <v>81</v>
       </c>
       <c r="E32" s="16"/>
       <c r="F32" s="13" t="s">
         <v>114</v>
       </c>
       <c r="G32" s="14"/>
       <c r="H32" s="18" t="s">
         <v>121</v>
       </c>
       <c r="I32" s="16"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
       <c r="B33" s="13" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C33" s="19"/>
       <c r="D33" s="16" t="s">
         <v>121</v>
       </c>
       <c r="E33" s="16"/>
       <c r="F33" s="13" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="G33" s="19"/>
       <c r="H33" s="16" t="s">
         <v>81</v>
       </c>
       <c r="I33" s="16"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
       <c r="B34" s="20"/>
       <c r="C34" s="20"/>
       <c r="D34" s="21"/>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
       <c r="H34" s="21"/>
       <c r="I34" s="20"/>
     </row>
     <row r="35">
       <c r="A35" s="23"/>
       <c r="B35" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
@@ -9155,51 +9149,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -9211,184 +9205,184 @@
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="51"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="24" t="s">
         <v>2</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="52"/>
       <c r="C5" s="53"/>
       <c r="D5" s="53"/>
       <c r="E5" s="53"/>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13"/>
       <c r="C6" s="14"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="13" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="G6" s="14"/>
       <c r="H6" s="15" t="s">
         <v>57</v>
       </c>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
       <c r="F7" s="13" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G7" s="14"/>
       <c r="H7" s="17" t="s">
         <v>106</v>
       </c>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="18"/>
       <c r="E8" s="16"/>
       <c r="F8" s="13" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="G8" s="14"/>
       <c r="H8" s="18" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="13" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="G9" s="19"/>
       <c r="H9" s="16" t="s">
         <v>32</v>
       </c>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
     <row r="12">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="7"/>
       <c r="F12" s="24" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
     </row>
     <row r="13">
@@ -9399,138 +9393,138 @@
       <c r="C13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="E14" s="16"/>
       <c r="F14" s="13" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="G14" s="14"/>
       <c r="H14" s="15" t="s">
         <v>106</v>
       </c>
       <c r="I14" s="16"/>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
         <v>57</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="s">
         <v>106</v>
       </c>
       <c r="E15" s="16"/>
       <c r="F15" s="13" t="s">
         <v>57</v>
       </c>
       <c r="G15" s="14"/>
       <c r="H15" s="17" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="I15" s="16"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="18" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="13" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="G16" s="14"/>
       <c r="H16" s="18" t="s">
         <v>32</v>
       </c>
       <c r="I16" s="16"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="16" t="s">
         <v>32</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="13" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="G17" s="19"/>
       <c r="H17" s="16" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="I17" s="16"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
     <row r="20">
       <c r="A20" s="8"/>
       <c r="B20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="7"/>
       <c r="F20" s="24" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="7"/>
     </row>
     <row r="21">
@@ -9541,138 +9535,138 @@
       <c r="C21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I21" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1"/>
       <c r="B22" s="13" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C22" s="14"/>
       <c r="D22" s="15" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="E22" s="16"/>
       <c r="F22" s="13" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="G22" s="14"/>
       <c r="H22" s="15" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="I22" s="16"/>
     </row>
     <row r="23">
       <c r="A23" s="1"/>
       <c r="B23" s="13" t="s">
         <v>57</v>
       </c>
       <c r="C23" s="14"/>
       <c r="D23" s="17" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E23" s="16"/>
       <c r="F23" s="13" t="s">
         <v>57</v>
       </c>
       <c r="G23" s="14"/>
       <c r="H23" s="17" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="I23" s="16"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="13" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C24" s="14"/>
       <c r="D24" s="18" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="13" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G24" s="14"/>
       <c r="H24" s="18" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="16"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
       <c r="B25" s="13" t="s">
         <v>106</v>
       </c>
       <c r="C25" s="19"/>
       <c r="D25" s="16" t="s">
         <v>32</v>
       </c>
       <c r="E25" s="16"/>
       <c r="F25" s="13" t="s">
         <v>106</v>
       </c>
       <c r="G25" s="19"/>
       <c r="H25" s="16" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="I25" s="16"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
       <c r="A27" s="23"/>
       <c r="B27" s="5" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="7"/>
     </row>
     <row r="28">
       <c r="A28" s="8"/>
       <c r="B28" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="7"/>
       <c r="F28" s="24" t="s">
         <v>22</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="7"/>
     </row>
     <row r="29">
@@ -9683,120 +9677,120 @@
       <c r="C29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F29" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I29" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
       <c r="B30" s="13" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="15" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="E30" s="16"/>
       <c r="F30" s="13" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="G30" s="14"/>
       <c r="H30" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I30" s="16"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
       <c r="B31" s="13" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="14"/>
       <c r="D31" s="17" t="s">
         <v>32</v>
       </c>
       <c r="E31" s="16"/>
       <c r="F31" s="13" t="s">
         <v>57</v>
       </c>
       <c r="G31" s="14"/>
       <c r="H31" s="17" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="I31" s="16"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
       <c r="B32" s="13" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C32" s="14"/>
       <c r="D32" s="18" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="E32" s="16"/>
       <c r="F32" s="13" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G32" s="14"/>
       <c r="H32" s="18" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="I32" s="16"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
       <c r="B33" s="13" t="s">
         <v>106</v>
       </c>
       <c r="C33" s="19"/>
       <c r="D33" s="16" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E33" s="16"/>
       <c r="F33" s="13" t="s">
         <v>106</v>
       </c>
       <c r="G33" s="19"/>
       <c r="H33" s="16" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="I33" s="16"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
       <c r="B34" s="20"/>
       <c r="C34" s="20"/>
       <c r="D34" s="21"/>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
       <c r="H34" s="21"/>
       <c r="I34" s="20"/>
     </row>
     <row r="35">
       <c r="A35" s="23"/>
       <c r="B35" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
       <c r="E35" s="6"/>
       <c r="F35" s="7"/>
       <c r="G35" s="23"/>
       <c r="H35" s="23"/>
@@ -9925,51 +9919,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -10637,51 +10631,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -10693,68 +10687,68 @@
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="54"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
@@ -10800,77 +10794,77 @@
       </c>
       <c r="E7" s="16"/>
       <c r="F7" s="15"/>
       <c r="G7" s="15"/>
       <c r="H7" s="15"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="17" t="s">
         <v>136</v>
       </c>
       <c r="C8" s="15"/>
       <c r="D8" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E8" s="16"/>
       <c r="F8" s="17"/>
       <c r="G8" s="15"/>
       <c r="H8" s="15"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="44" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C9" s="16"/>
       <c r="D9" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E9" s="16"/>
       <c r="F9" s="44"/>
       <c r="G9" s="16"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
     <row r="12">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="7"/>
       <c r="F12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
     </row>
     <row r="13">
@@ -10923,96 +10917,96 @@
       <c r="A15" s="1"/>
       <c r="B15" s="15" t="s">
         <v>125</v>
       </c>
       <c r="C15" s="15"/>
       <c r="D15" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E15" s="16"/>
       <c r="F15" s="15" t="s">
         <v>125</v>
       </c>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>139</v>
       </c>
       <c r="I15" s="16"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="17" t="s">
         <v>136</v>
       </c>
       <c r="C16" s="15"/>
       <c r="D16" s="44" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="17" t="s">
         <v>136</v>
       </c>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>118</v>
       </c>
       <c r="I16" s="16"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="44" t="s">
         <v>91</v>
       </c>
       <c r="C17" s="16"/>
       <c r="D17" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="44" t="s">
         <v>91</v>
       </c>
       <c r="G17" s="16"/>
       <c r="H17" s="44" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="I17" s="16"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
     <row r="20">
       <c r="A20" s="8"/>
       <c r="B20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="7"/>
       <c r="F20" s="24" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="7"/>
     </row>
     <row r="21">
@@ -11065,96 +11059,96 @@
       <c r="A23" s="1"/>
       <c r="B23" s="15" t="s">
         <v>125</v>
       </c>
       <c r="C23" s="15"/>
       <c r="D23" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E23" s="16"/>
       <c r="F23" s="15" t="s">
         <v>125</v>
       </c>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I23" s="16"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="17" t="s">
         <v>139</v>
       </c>
       <c r="C24" s="15"/>
       <c r="D24" s="44" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="17" t="s">
         <v>139</v>
       </c>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>118</v>
       </c>
       <c r="I24" s="16"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
       <c r="B25" s="44" t="s">
         <v>101</v>
       </c>
       <c r="C25" s="16"/>
       <c r="D25" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E25" s="16"/>
       <c r="F25" s="44" t="s">
         <v>101</v>
       </c>
       <c r="G25" s="16"/>
       <c r="H25" s="44" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="I25" s="16"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
       <c r="A27" s="23"/>
       <c r="B27" s="5" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="7"/>
     </row>
     <row r="28">
       <c r="A28" s="8"/>
       <c r="B28" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="7"/>
       <c r="F28" s="24" t="s">
         <v>22</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="7"/>
     </row>
     <row r="29">
@@ -11169,78 +11163,78 @@
         <v>5</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F29" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I29" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
       <c r="B30" s="15" t="s">
         <v>130</v>
       </c>
       <c r="C30" s="15"/>
       <c r="D30" s="44" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E30" s="16"/>
       <c r="F30" s="15" t="s">
         <v>130</v>
       </c>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>118</v>
       </c>
       <c r="I30" s="16"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
       <c r="B31" s="15" t="s">
         <v>125</v>
       </c>
       <c r="C31" s="15"/>
       <c r="D31" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="16"/>
       <c r="F31" s="15" t="s">
         <v>125</v>
       </c>
       <c r="G31" s="15"/>
       <c r="H31" s="44" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="I31" s="16"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
       <c r="B32" s="17" t="s">
         <v>139</v>
       </c>
       <c r="C32" s="15"/>
       <c r="D32" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E32" s="16"/>
       <c r="F32" s="17" t="s">
         <v>139</v>
       </c>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I32" s="16"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
       <c r="B33" s="44" t="s">
@@ -11407,51 +11401,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -11463,180 +11457,180 @@
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="51"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="9" t="s">
         <v>2</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="52"/>
       <c r="C5" s="53"/>
       <c r="D5" s="53"/>
       <c r="E5" s="53"/>
       <c r="F5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="15"/>
       <c r="C6" s="15"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="15" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="G6" s="15"/>
       <c r="H6" s="15" t="s">
         <v>131</v>
       </c>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="15"/>
       <c r="C7" s="15"/>
       <c r="D7" s="15"/>
       <c r="E7" s="16"/>
       <c r="F7" s="15" t="s">
         <v>64</v>
       </c>
       <c r="G7" s="15"/>
       <c r="H7" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="17"/>
       <c r="C8" s="15"/>
       <c r="D8" s="15"/>
       <c r="E8" s="16"/>
       <c r="F8" s="17" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="G8" s="15"/>
       <c r="H8" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="44"/>
       <c r="C9" s="16"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="44"/>
       <c r="G9" s="16"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
     <row r="12">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="7"/>
       <c r="F12" s="24" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
     </row>
     <row r="13">
@@ -11647,130 +11641,130 @@
       <c r="C13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="15" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E14" s="16"/>
       <c r="F14" s="15" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="I14" s="16"/>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="15" t="s">
         <v>131</v>
       </c>
       <c r="C15" s="15"/>
       <c r="D15" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="E15" s="16"/>
       <c r="F15" s="15" t="s">
         <v>131</v>
       </c>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="I15" s="16"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="17" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C16" s="15"/>
       <c r="D16" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="17" t="s">
         <v>64</v>
       </c>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="I16" s="16"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="44"/>
       <c r="C17" s="16"/>
       <c r="D17" s="16"/>
       <c r="E17" s="16"/>
       <c r="F17" s="44"/>
       <c r="G17" s="16"/>
       <c r="H17" s="16"/>
       <c r="I17" s="16"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
     <row r="20">
       <c r="A20" s="8"/>
       <c r="B20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="7"/>
       <c r="F20" s="24" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="7"/>
     </row>
     <row r="21">
@@ -11781,101 +11775,101 @@
       <c r="C21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I21" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1"/>
       <c r="B22" s="15" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C22" s="15"/>
       <c r="D22" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="E22" s="16"/>
       <c r="F22" s="15" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="I22" s="16"/>
     </row>
     <row r="23">
       <c r="A23" s="1"/>
       <c r="B23" s="15" t="s">
         <v>131</v>
       </c>
       <c r="C23" s="15"/>
       <c r="D23" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E23" s="16"/>
       <c r="F23" s="15" t="s">
         <v>131</v>
       </c>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="I23" s="16"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="17" t="s">
         <v>64</v>
       </c>
       <c r="C24" s="15"/>
       <c r="D24" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="17" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="I24" s="16"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
       <c r="B25" s="44"/>
       <c r="C25" s="16"/>
       <c r="D25" s="16"/>
       <c r="E25" s="16"/>
       <c r="F25" s="44"/>
       <c r="G25" s="16"/>
       <c r="H25" s="16"/>
       <c r="I25" s="16"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
@@ -12026,51 +12020,51 @@
       <c r="E37" s="35"/>
       <c r="F37" s="35"/>
       <c r="G37" s="1"/>
       <c r="H37" s="45"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
       <c r="B38" s="45"/>
       <c r="C38" s="21"/>
       <c r="D38" s="21"/>
       <c r="E38" s="21"/>
       <c r="F38" s="21"/>
       <c r="G38" s="1"/>
       <c r="H38" s="45"/>
       <c r="I38" s="1"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
       <c r="B39" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F39" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B28:F28"/>
     <mergeCell ref="B39:E39"/>
     <mergeCell ref="F39:I39"/>
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
@@ -12079,184 +12073,184 @@
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="54"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="53"/>
       <c r="G5" s="53"/>
       <c r="H5" s="53"/>
       <c r="I5" s="53"/>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="15" t="s">
         <v>124</v>
       </c>
       <c r="C6" s="15"/>
       <c r="D6" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="E6" s="16"/>
       <c r="F6" s="15"/>
       <c r="G6" s="15"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="15" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C7" s="15"/>
       <c r="D7" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E7" s="16"/>
       <c r="F7" s="15"/>
       <c r="G7" s="15"/>
       <c r="H7" s="15"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="17" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C8" s="15"/>
       <c r="D8" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E8" s="16"/>
       <c r="F8" s="17"/>
       <c r="G8" s="15"/>
       <c r="H8" s="15"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="44" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C9" s="16"/>
       <c r="D9" s="16" t="s">
         <v>93</v>
       </c>
       <c r="E9" s="16"/>
       <c r="F9" s="44"/>
       <c r="G9" s="16"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
     <row r="12">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="7"/>
       <c r="F12" s="24" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
     </row>
     <row r="13">
@@ -12271,134 +12265,134 @@
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="15" t="s">
         <v>124</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="15" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="E14" s="16"/>
       <c r="F14" s="15" t="s">
         <v>124</v>
       </c>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="I14" s="16"/>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C15" s="15"/>
       <c r="D15" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E15" s="16"/>
       <c r="F15" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="I15" s="16"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="17" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C16" s="15"/>
       <c r="D16" s="15" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="17" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>93</v>
       </c>
       <c r="I16" s="16"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="44" t="s">
         <v>147</v>
       </c>
       <c r="C17" s="16"/>
       <c r="D17" s="16" t="s">
         <v>93</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="44" t="s">
         <v>147</v>
       </c>
       <c r="G17" s="16"/>
       <c r="H17" s="16" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="I17" s="16"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
     <row r="20">
       <c r="A20" s="8"/>
       <c r="B20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="7"/>
       <c r="F20" s="24" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="7"/>
     </row>
     <row r="21">
@@ -12413,134 +12407,134 @@
         <v>5</v>
       </c>
       <c r="E21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I21" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1"/>
       <c r="B22" s="15" t="s">
         <v>124</v>
       </c>
       <c r="C22" s="15"/>
       <c r="D22" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E22" s="16"/>
       <c r="F22" s="15" t="s">
         <v>124</v>
       </c>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>147</v>
       </c>
       <c r="I22" s="16"/>
     </row>
     <row r="23">
       <c r="A23" s="1"/>
       <c r="B23" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C23" s="15"/>
       <c r="D23" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E23" s="16"/>
       <c r="F23" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I23" s="16"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="17" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C24" s="15"/>
       <c r="D24" s="15" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="17" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>93</v>
       </c>
       <c r="I24" s="16"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
       <c r="B25" s="44" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C25" s="16"/>
       <c r="D25" s="16" t="s">
         <v>93</v>
       </c>
       <c r="E25" s="16"/>
       <c r="F25" s="44" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="G25" s="16"/>
       <c r="H25" s="16" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="I25" s="16"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
       <c r="A27" s="23"/>
       <c r="B27" s="5" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="7"/>
     </row>
     <row r="28">
       <c r="A28" s="8"/>
       <c r="B28" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="7"/>
       <c r="F28" s="24" t="s">
         <v>22</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="7"/>
     </row>
     <row r="29">
@@ -12555,116 +12549,116 @@
         <v>5</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F29" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I29" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
       <c r="B30" s="15" t="s">
         <v>124</v>
       </c>
       <c r="C30" s="15"/>
       <c r="D30" s="15" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E30" s="16"/>
       <c r="F30" s="15" t="s">
         <v>124</v>
       </c>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="I30" s="16"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
       <c r="B31" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C31" s="15"/>
       <c r="D31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E31" s="16"/>
       <c r="F31" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="I31" s="16"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
       <c r="B32" s="17" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C32" s="15"/>
       <c r="D32" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E32" s="16"/>
       <c r="F32" s="17" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>147</v>
       </c>
       <c r="I32" s="16"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
       <c r="B33" s="44" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C33" s="16"/>
       <c r="D33" s="16" t="s">
         <v>147</v>
       </c>
       <c r="E33" s="16"/>
       <c r="F33" s="44" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="G33" s="16"/>
       <c r="H33" s="16" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I33" s="16"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
       <c r="B34" s="20"/>
       <c r="C34" s="20"/>
       <c r="D34" s="21"/>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
       <c r="H34" s="21"/>
       <c r="I34" s="20"/>
     </row>
     <row r="35">
       <c r="A35" s="23"/>
       <c r="B35" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
       <c r="E35" s="6"/>
       <c r="F35" s="7"/>
       <c r="G35" s="23"/>
       <c r="H35" s="23"/>
@@ -12793,51 +12787,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -12849,184 +12843,184 @@
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="49"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="24" t="s">
         <v>2</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="55"/>
       <c r="C5" s="50"/>
       <c r="D5" s="50"/>
       <c r="E5" s="50"/>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13"/>
       <c r="C6" s="14"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="13" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="G6" s="14"/>
       <c r="H6" s="15" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
       <c r="F7" s="13" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="G7" s="14"/>
       <c r="H7" s="17" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="18"/>
       <c r="E8" s="16"/>
       <c r="F8" s="13" t="s">
         <v>123</v>
       </c>
       <c r="G8" s="14"/>
       <c r="H8" s="18" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="13" t="s">
         <v>9</v>
       </c>
       <c r="G9" s="19"/>
       <c r="H9" s="16" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
     <row r="12">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="7"/>
       <c r="F12" s="24" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
     </row>
     <row r="13">
@@ -13037,138 +13031,138 @@
       <c r="C13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="E14" s="16"/>
       <c r="F14" s="13" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="G14" s="14"/>
       <c r="H14" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="I14" s="16"/>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="E15" s="16"/>
       <c r="F15" s="13" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="G15" s="14"/>
       <c r="H15" s="17" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="I15" s="16"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
         <v>123</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="18" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="13" t="s">
         <v>123</v>
       </c>
       <c r="G16" s="14"/>
       <c r="H16" s="18" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="I16" s="16"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="16" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="13" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="G17" s="19"/>
       <c r="H17" s="16" t="s">
         <v>9</v>
       </c>
       <c r="I17" s="16"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
-        <v>215</v>
+        <v>189</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
     <row r="20">
       <c r="A20" s="8"/>
       <c r="B20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="7"/>
       <c r="F20" s="24" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="7"/>
     </row>
     <row r="21">
@@ -13179,138 +13173,138 @@
       <c r="C21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I21" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1"/>
       <c r="B22" s="13" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C22" s="14"/>
       <c r="D22" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E22" s="16"/>
       <c r="F22" s="13" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="G22" s="14"/>
       <c r="H22" s="15" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="I22" s="16"/>
     </row>
     <row r="23">
       <c r="A23" s="1"/>
       <c r="B23" s="13" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C23" s="14"/>
       <c r="D23" s="17" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E23" s="16"/>
       <c r="F23" s="13" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="G23" s="14"/>
       <c r="H23" s="17" t="s">
         <v>123</v>
       </c>
       <c r="I23" s="16"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="13" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C24" s="14"/>
       <c r="D24" s="18" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="13" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="G24" s="14"/>
       <c r="H24" s="18" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="I24" s="16"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
       <c r="B25" s="13" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C25" s="19"/>
       <c r="D25" s="16" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="E25" s="16"/>
       <c r="F25" s="13" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="G25" s="19"/>
       <c r="H25" s="16" t="s">
         <v>9</v>
       </c>
       <c r="I25" s="16"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
       <c r="A27" s="23"/>
       <c r="B27" s="5" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="7"/>
     </row>
     <row r="28">
       <c r="A28" s="8"/>
       <c r="B28" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="7"/>
       <c r="F28" s="24" t="s">
         <v>22</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="7"/>
     </row>
     <row r="29">
@@ -13321,116 +13315,116 @@
       <c r="C29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F29" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I29" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
       <c r="B30" s="13" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="15" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="16"/>
       <c r="F30" s="13" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="G30" s="14"/>
       <c r="H30" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="I30" s="16"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
       <c r="B31" s="13" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C31" s="14"/>
       <c r="D31" s="17" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="E31" s="16"/>
       <c r="F31" s="13" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="G31" s="14"/>
       <c r="H31" s="17" t="s">
         <v>9</v>
       </c>
       <c r="I31" s="16"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
       <c r="B32" s="13" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C32" s="14"/>
       <c r="D32" s="18" t="s">
         <v>123</v>
       </c>
       <c r="E32" s="16"/>
       <c r="F32" s="13" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="G32" s="14"/>
       <c r="H32" s="18" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="I32" s="16"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
       <c r="B33" s="13" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C33" s="19"/>
       <c r="D33" s="16" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E33" s="16"/>
       <c r="F33" s="13" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="G33" s="19"/>
       <c r="H33" s="16" t="s">
         <v>123</v>
       </c>
       <c r="I33" s="16"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
       <c r="B34" s="20"/>
       <c r="C34" s="20"/>
       <c r="D34" s="21"/>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
       <c r="H34" s="21"/>
       <c r="I34" s="20"/>
     </row>
     <row r="35">
       <c r="A35" s="23"/>
       <c r="B35" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
@@ -13563,51 +13557,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -13619,409 +13613,409 @@
   <sheetPr>
     <tabColor rgb="FF7F6000"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="9" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="9" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="56" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C6" s="16"/>
       <c r="D6" s="56" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="E6" s="16"/>
       <c r="F6" s="56" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G6" s="15"/>
       <c r="H6" s="56" t="s">
         <v>47</v>
       </c>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="56" t="s">
         <v>47</v>
       </c>
       <c r="C7" s="15"/>
       <c r="D7" s="56" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="E7" s="16"/>
       <c r="F7" s="56" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="G7" s="16"/>
       <c r="H7" s="56" t="s">
         <v>57</v>
       </c>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="56" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="16"/>
       <c r="D8" s="56" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="E8" s="16"/>
       <c r="F8" s="56" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="G8" s="15"/>
       <c r="H8" s="56" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="44"/>
       <c r="G9" s="16"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
     <row r="12">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="7"/>
       <c r="F12" s="9" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
     </row>
     <row r="13">
       <c r="A13" s="8"/>
       <c r="B13" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="56" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C14" s="16"/>
       <c r="D14" s="56" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="E14" s="16"/>
       <c r="F14" s="56" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G14" s="15"/>
       <c r="H14" s="56" t="s">
         <v>57</v>
       </c>
       <c r="I14" s="16"/>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="56" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C15" s="15"/>
       <c r="D15" s="56" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="E15" s="16"/>
       <c r="F15" s="56" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="G15" s="16"/>
       <c r="H15" s="56" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="I15" s="16"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="56" t="s">
         <v>47</v>
       </c>
       <c r="C16" s="16"/>
       <c r="D16" s="56" t="s">
         <v>57</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="56" t="s">
         <v>47</v>
       </c>
       <c r="G16" s="16"/>
       <c r="H16" s="56" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="I16" s="16"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="44"/>
       <c r="C17" s="16"/>
       <c r="D17" s="16"/>
       <c r="E17" s="16"/>
       <c r="F17" s="57"/>
       <c r="G17" s="16"/>
       <c r="H17" s="16"/>
       <c r="I17" s="16"/>
     </row>
     <row r="18">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6"/>
       <c r="E18" s="6"/>
       <c r="F18" s="6"/>
       <c r="G18" s="6"/>
       <c r="H18" s="6"/>
       <c r="I18" s="7"/>
     </row>
     <row r="19">
       <c r="A19" s="1"/>
-      <c r="B19" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B19" s="49"/>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="7"/>
-      <c r="F19" s="49"/>
+      <c r="F19" s="9" t="s">
+        <v>19</v>
+      </c>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
     <row r="20">
       <c r="A20" s="1"/>
-      <c r="B20" s="10" t="s">
+      <c r="B20" s="55"/>
+      <c r="C20" s="50"/>
+      <c r="D20" s="50"/>
+      <c r="E20" s="50"/>
+      <c r="F20" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="C20" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D20" s="11" t="s">
+      <c r="G20" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="H20" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E20" s="11" t="s">
-[...5 lines deleted...]
-      <c r="I20" s="50"/>
+      <c r="I20" s="11" t="s">
+        <v>4</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" s="1"/>
-      <c r="B21" s="56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B21" s="56"/>
       <c r="C21" s="16"/>
-      <c r="D21" s="56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D21" s="56"/>
       <c r="E21" s="16"/>
-      <c r="F21" s="56"/>
+      <c r="F21" s="56" t="s">
+        <v>180</v>
+      </c>
       <c r="G21" s="16"/>
-      <c r="H21" s="56"/>
+      <c r="H21" s="56" t="s">
+        <v>219</v>
+      </c>
       <c r="I21" s="16"/>
     </row>
     <row r="22">
       <c r="A22" s="1"/>
-      <c r="B22" s="56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B22" s="56"/>
       <c r="C22" s="16"/>
-      <c r="D22" s="56" t="s">
+      <c r="D22" s="56"/>
+      <c r="E22" s="16"/>
+      <c r="F22" s="56" t="s">
+        <v>218</v>
+      </c>
+      <c r="G22" s="15"/>
+      <c r="H22" s="56" t="s">
         <v>47</v>
       </c>
-      <c r="E22" s="16"/>
-[...2 lines deleted...]
-      <c r="H22" s="56"/>
       <c r="I22" s="16"/>
     </row>
     <row r="23">
       <c r="A23" s="1"/>
-      <c r="B23" s="56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B23" s="56"/>
       <c r="C23" s="16"/>
-      <c r="D23" s="56" t="s">
+      <c r="D23" s="56"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="56" t="s">
+        <v>164</v>
+      </c>
+      <c r="G23" s="16"/>
+      <c r="H23" s="56" t="s">
         <v>57</v>
       </c>
-      <c r="E23" s="16"/>
-[...2 lines deleted...]
-      <c r="H23" s="56"/>
       <c r="I23" s="16"/>
     </row>
     <row r="24" hidden="1">
       <c r="A24" s="1"/>
       <c r="B24" s="13"/>
       <c r="C24" s="19"/>
       <c r="D24" s="16"/>
       <c r="E24" s="16"/>
       <c r="F24" s="44"/>
       <c r="G24" s="16"/>
       <c r="H24" s="16"/>
       <c r="I24" s="16"/>
     </row>
     <row r="25" hidden="1">
       <c r="A25" s="1"/>
       <c r="B25" s="20"/>
       <c r="C25" s="20"/>
       <c r="D25" s="21"/>
       <c r="E25" s="20"/>
       <c r="F25" s="20"/>
       <c r="G25" s="20"/>
       <c r="H25" s="21"/>
       <c r="I25" s="20"/>
     </row>
     <row r="26" hidden="1">
@@ -14325,51 +14319,51 @@
       <c r="E50" s="35"/>
       <c r="F50" s="35"/>
       <c r="G50" s="1"/>
       <c r="H50" s="45"/>
       <c r="I50" s="1"/>
     </row>
     <row r="51">
       <c r="A51" s="1"/>
       <c r="B51" s="45"/>
       <c r="C51" s="21"/>
       <c r="D51" s="21"/>
       <c r="E51" s="21"/>
       <c r="F51" s="21"/>
       <c r="G51" s="1"/>
       <c r="H51" s="45"/>
       <c r="I51" s="1"/>
     </row>
     <row r="52">
       <c r="A52" s="1"/>
       <c r="B52" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F52" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="18">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B34:E34"/>
     <mergeCell ref="B41:F41"/>
     <mergeCell ref="B52:E52"/>
     <mergeCell ref="F52:I52"/>
     <mergeCell ref="B18:I18"/>
     <mergeCell ref="B19:E19"/>
     <mergeCell ref="F19:I19"/>
     <mergeCell ref="B26:E26"/>
     <mergeCell ref="F26:I26"/>
     <mergeCell ref="B33:I33"/>
     <mergeCell ref="F34:I34"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
@@ -14383,387 +14377,387 @@
   <sheetPr>
     <tabColor rgb="FF7F6000"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="9" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="9" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="56" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C6" s="16"/>
       <c r="D6" s="56" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="E6" s="16"/>
       <c r="F6" s="56" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G6" s="15"/>
       <c r="H6" s="56" t="s">
         <v>13</v>
       </c>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="56" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="15"/>
       <c r="D7" s="56" t="s">
         <v>59</v>
       </c>
       <c r="E7" s="16"/>
       <c r="F7" s="56" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="G7" s="16"/>
       <c r="H7" s="56" t="s">
         <v>46</v>
       </c>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="56" t="s">
         <v>46</v>
       </c>
       <c r="C8" s="16"/>
       <c r="D8" s="56" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="E8" s="16"/>
       <c r="F8" s="56" t="s">
         <v>59</v>
       </c>
       <c r="G8" s="15"/>
       <c r="H8" s="56" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="7"/>
     </row>
     <row r="10">
       <c r="A10" s="8"/>
       <c r="B10" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="7"/>
       <c r="F10" s="9" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="7"/>
     </row>
     <row r="11">
       <c r="A11" s="8"/>
       <c r="B11" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D11" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G11" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H11" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I11" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1"/>
       <c r="B12" s="56" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C12" s="16"/>
       <c r="D12" s="56" t="s">
         <v>59</v>
       </c>
       <c r="E12" s="16"/>
       <c r="F12" s="56" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G12" s="15"/>
       <c r="H12" s="56" t="s">
         <v>46</v>
       </c>
       <c r="I12" s="16"/>
     </row>
     <row r="13">
       <c r="A13" s="1"/>
       <c r="B13" s="56" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C13" s="15"/>
       <c r="D13" s="56" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="E13" s="16"/>
       <c r="F13" s="56" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="G13" s="16"/>
       <c r="H13" s="56" t="s">
         <v>59</v>
       </c>
       <c r="I13" s="16"/>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="56" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="16"/>
       <c r="D14" s="56" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="16"/>
       <c r="F14" s="56" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="15"/>
       <c r="H14" s="56" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="I14" s="16"/>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="20"/>
       <c r="C15" s="20"/>
       <c r="D15" s="21"/>
       <c r="E15" s="20"/>
       <c r="F15" s="20"/>
       <c r="G15" s="20"/>
       <c r="H15" s="21"/>
       <c r="I15" s="20"/>
     </row>
     <row r="16">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="6"/>
       <c r="H16" s="6"/>
       <c r="I16" s="7"/>
     </row>
     <row r="17">
       <c r="A17" s="8"/>
-      <c r="B17" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B17" s="49"/>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="7"/>
-      <c r="F17" s="49"/>
+      <c r="F17" s="9" t="s">
+        <v>19</v>
+      </c>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="7"/>
     </row>
     <row r="18">
       <c r="A18" s="8"/>
-      <c r="B18" s="10" t="s">
+      <c r="B18" s="55"/>
+      <c r="C18" s="50"/>
+      <c r="D18" s="50"/>
+      <c r="E18" s="50"/>
+      <c r="F18" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="C18" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="11" t="s">
+      <c r="G18" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="H18" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E18" s="11" t="s">
-[...5 lines deleted...]
-      <c r="I18" s="50"/>
+      <c r="I18" s="11" t="s">
+        <v>4</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="1"/>
-      <c r="B19" s="56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B19" s="56"/>
       <c r="C19" s="16"/>
-      <c r="D19" s="56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D19" s="56"/>
       <c r="E19" s="16"/>
-      <c r="F19" s="56"/>
+      <c r="F19" s="56" t="s">
+        <v>226</v>
+      </c>
       <c r="G19" s="15"/>
-      <c r="H19" s="56"/>
+      <c r="H19" s="56" t="s">
+        <v>219</v>
+      </c>
       <c r="I19" s="16"/>
     </row>
     <row r="20">
       <c r="A20" s="1"/>
-      <c r="B20" s="56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B20" s="56"/>
       <c r="C20" s="15"/>
-      <c r="D20" s="56" t="s">
+      <c r="D20" s="56"/>
+      <c r="E20" s="16"/>
+      <c r="F20" s="56" t="s">
+        <v>179</v>
+      </c>
+      <c r="G20" s="16"/>
+      <c r="H20" s="56" t="s">
         <v>13</v>
       </c>
-      <c r="E20" s="16"/>
-[...2 lines deleted...]
-      <c r="H20" s="56"/>
       <c r="I20" s="16"/>
     </row>
     <row r="21">
       <c r="A21" s="1"/>
-      <c r="B21" s="56" t="s">
+      <c r="B21" s="56"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="56"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="56" t="s">
         <v>59</v>
       </c>
-      <c r="C21" s="16"/>
-      <c r="D21" s="56" t="s">
+      <c r="G21" s="15"/>
+      <c r="H21" s="56" t="s">
         <v>46</v>
       </c>
-      <c r="E21" s="16"/>
-[...2 lines deleted...]
-      <c r="H21" s="56"/>
       <c r="I21" s="16"/>
     </row>
     <row r="22">
       <c r="A22" s="23"/>
       <c r="B22" s="58"/>
       <c r="C22" s="58"/>
       <c r="D22" s="58"/>
       <c r="E22" s="58"/>
       <c r="F22" s="58"/>
       <c r="G22" s="23"/>
       <c r="H22" s="23"/>
       <c r="I22" s="23"/>
     </row>
     <row r="23">
       <c r="A23" s="23"/>
       <c r="B23" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="E23" s="6"/>
       <c r="F23" s="7"/>
       <c r="G23" s="23"/>
       <c r="H23" s="23"/>
       <c r="I23" s="23"/>
@@ -14891,51 +14885,51 @@
       <c r="E32" s="35"/>
       <c r="F32" s="35"/>
       <c r="G32" s="1"/>
       <c r="H32" s="45"/>
       <c r="I32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
       <c r="B33" s="45"/>
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
       <c r="E33" s="21"/>
       <c r="F33" s="21"/>
       <c r="G33" s="1"/>
       <c r="H33" s="45"/>
       <c r="I33" s="1"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
       <c r="B34" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F34" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="B16:I16"/>
     <mergeCell ref="B17:E17"/>
     <mergeCell ref="F17:I17"/>
     <mergeCell ref="B23:F23"/>
     <mergeCell ref="B34:E34"/>
     <mergeCell ref="F34:I34"/>
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B9:I9"/>
     <mergeCell ref="B10:E10"/>
     <mergeCell ref="F10:I10"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
@@ -15608,51 +15602,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -16286,51 +16280,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -16922,51 +16916,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -17700,51 +17694,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -18478,51 +18472,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -19256,51 +19250,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -20034,51 +20028,51 @@
       <c r="E44" s="35"/>
       <c r="F44" s="35"/>
       <c r="G44" s="1"/>
       <c r="H44" s="45"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
       <c r="B45" s="45"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
       <c r="H45" s="45"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
       <c r="B46" s="46" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="47">
         <f>NOW()
 </f>
-        <v>46059.1194</v>
+        <v>46082.28692</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>