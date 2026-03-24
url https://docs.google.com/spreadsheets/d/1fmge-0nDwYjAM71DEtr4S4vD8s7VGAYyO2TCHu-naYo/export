--- v1 (2026-03-01)
+++ v2 (2026-03-24)
@@ -80,51 +80,51 @@
     <sheet state="visible" name="D2AOP" sheetId="8" r:id="rId12"/>
     <sheet state="visible" name="D2BOP" sheetId="9" r:id="rId13"/>
     <sheet state="visible" name="D3AOP" sheetId="10" r:id="rId14"/>
     <sheet state="visible" name="D3BOP" sheetId="11" r:id="rId15"/>
     <sheet state="visible" name="D3COP" sheetId="12" r:id="rId16"/>
     <sheet state="visible" name="D3DOP" sheetId="13" r:id="rId17"/>
     <sheet state="visible" name="D3EOP" sheetId="14" r:id="rId18"/>
     <sheet state="visible" name="D3FOP" sheetId="15" r:id="rId19"/>
     <sheet state="visible" name="D1AV" sheetId="16" r:id="rId20"/>
     <sheet state="visible" name="D1BV" sheetId="17" r:id="rId21"/>
     <sheet state="visible" name="D2AV" sheetId="18" r:id="rId22"/>
     <sheet state="visible" name="D2BV" sheetId="19" r:id="rId23"/>
     <sheet state="visible" name="D3AV" sheetId="20" r:id="rId24"/>
     <sheet state="visible" name="D3BV" sheetId="21" r:id="rId25"/>
     <sheet state="visible" name="D3CV" sheetId="22" r:id="rId26"/>
     <sheet state="visible" name="D3DV" sheetId="23" r:id="rId27"/>
     <sheet state="visible" name="D1JP" sheetId="24" r:id="rId28"/>
     <sheet state="visible" name="D2JP" sheetId="25" r:id="rId29"/>
   </sheets>
   <definedNames/>
   <calcPr/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2277" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2453" uniqueCount="228">
   <si>
     <t>DIVISION 1 FEMININES 2026</t>
   </si>
   <si>
     <t>1er MARS 2006 - EVIAN</t>
   </si>
   <si>
     <t>1er Match - 14h00</t>
   </si>
   <si>
     <t>Club 1</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Club 2</t>
   </si>
   <si>
     <t>LES CARRES</t>
   </si>
   <si>
     <t>BONS OLYMPIC</t>
   </si>
   <si>
@@ -671,53 +671,50 @@
   <si>
     <t>07 MAI 2026 -  LE SALEVE</t>
   </si>
   <si>
     <t>28 MAI 2026 - LA SEMINE</t>
   </si>
   <si>
     <t>11 JUIN 2026 - LA SEMINE</t>
   </si>
   <si>
     <t>DIVISION 3B VETERANS 2026</t>
   </si>
   <si>
     <t>12 MARS 2026  - ANNEMASSE</t>
   </si>
   <si>
     <t>ANNECY</t>
   </si>
   <si>
     <t>SEYNOD</t>
   </si>
   <si>
     <t>VEYRIER 3</t>
   </si>
   <si>
-    <t>07 MAI 2026 -  RUMILLY</t>
-[...1 lines deleted...]
-  <si>
     <t>11 JUIN 2026  -  LA SEMINE</t>
   </si>
   <si>
     <t>DIVISION 3C VETERANS 2026</t>
   </si>
   <si>
     <t>VUACHE</t>
   </si>
   <si>
     <t>CORNIER 2</t>
   </si>
   <si>
     <t>THONES 3</t>
   </si>
   <si>
     <t>CHEDDE 2</t>
   </si>
   <si>
     <t>SALLANCHES 4</t>
   </si>
   <si>
     <t>07 MAI 2026 - GAILLARD</t>
   </si>
   <si>
     <t>DIVISION 3D VETERANS 2026</t>
@@ -762,60 +759,67 @@
     <t>LES ROCAILLES</t>
   </si>
   <si>
     <t>OFFICE</t>
   </si>
   <si>
     <t>08 MARS 2026 - EVIAN</t>
   </si>
   <si>
     <t>4ème Match - 14h00</t>
   </si>
   <si>
     <t>20 SEPTEMBRE 2026 - THONON</t>
   </si>
   <si>
     <t>DIVISION 2 PROVENCAL  2026</t>
   </si>
   <si>
     <t>1er   Match - 08h00</t>
   </si>
   <si>
     <t>2ème   Match - 14h00</t>
   </si>
   <si>
     <t>TANINGES</t>
+  </si>
+  <si>
+    <t>Forfait</t>
+  </si>
+  <si>
+    <t>SALLANCHES(Forfait)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <numFmts count="1">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy hh:mm"/>
+    <numFmt numFmtId="165" formatCode="d.m"/>
   </numFmts>
-  <fonts count="13">
+  <fonts count="14">
     <font>
       <sz val="10.0"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11.0"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="20.0"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="20.0"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -842,90 +846,96 @@
       <color rgb="FF000000"/>
       <name val="&quot;Times New Roman&quot;"/>
     </font>
     <font>
       <sz val="12.0"/>
       <color theme="1"/>
       <name val="&quot;Times New Roman&quot;"/>
     </font>
     <font>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12.0"/>
       <color rgb="FF000000"/>
       <name val="&quot;Times New Roman&quot;"/>
     </font>
     <font>
       <b/>
       <sz val="12.0"/>
       <color theme="1"/>
       <name val="&quot;Times New Roman&quot;"/>
     </font>
+    <font>
+      <strike/>
+      <sz val="11.0"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="lightGray"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFBBF1F7"/>
         <bgColor rgb="FFBBF1F7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor rgb="FFF2F2F2"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFFFFF00"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor theme="0"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="9">
+  <borders count="12">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF00B0F0"/>
       </left>
       <top style="thin">
         <color rgb="FF00B0F0"/>
       </top>
       <bottom style="thin">
         <color rgb="FF00B0F0"/>
       </bottom>
     </border>
     <border>
       <top style="thin">
         <color rgb="FF00B0F0"/>
       </top>
       <bottom style="thin">
         <color rgb="FF00B0F0"/>
       </bottom>
     </border>
     <border>
       <right style="thin">
         <color rgb="FF00B0F0"/>
       </right>
       <top style="thin">
@@ -950,73 +960,91 @@
       <right style="thin">
         <color rgb="FF00B0F0"/>
       </right>
       <bottom style="thin">
         <color rgb="FF00B0F0"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF00B0F0"/>
       </left>
       <right style="thin">
         <color rgb="FF00B0F0"/>
       </right>
       <top style="thin">
         <color rgb="FF00B0F0"/>
       </top>
       <bottom style="thin">
         <color rgb="FF00B0F0"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF00B0F0"/>
       </left>
-      <bottom style="thin">
+    </border>
+    <border>
+      <left style="thin">
         <color rgb="FF00B0F0"/>
-      </bottom>
+      </left>
+      <right style="thin">
+        <color rgb="FF00B0F0"/>
+      </right>
+    </border>
+    <border>
+      <right style="thin">
+        <color rgb="FF00B0F0"/>
+      </right>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF00B0F0"/>
+      </left>
+      <bottom style="thin">
+        <color rgb="FF00B0F0"/>
+      </bottom>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0" applyAlignment="1" applyFont="1"/>
   </cellStyleXfs>
-  <cellXfs count="59">
+  <cellXfs count="67">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="bottom" wrapText="0"/>
     </xf>
     <xf borderId="0" fillId="2" fontId="2" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="0"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" wrapText="0"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment shrinkToFit="0" wrapText="0"/>
     </xf>
     <xf borderId="1" fillId="3" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
     <xf borderId="2" fillId="0" fontId="5" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="3" fillId="0" fontId="5" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="0" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment shrinkToFit="0" vertical="bottom" wrapText="0"/>
     </xf>
     <xf borderId="1" fillId="4" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
@@ -1056,133 +1084,157 @@
     </xf>
     <xf borderId="0" fillId="5" fontId="9" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
     <xf borderId="5" fillId="4" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" wrapText="0"/>
     </xf>
     <xf borderId="2" fillId="4" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="bottom" wrapText="0"/>
     </xf>
     <xf borderId="1" fillId="3" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="0"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="0"/>
     </xf>
     <xf borderId="7" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" vertical="center"/>
     </xf>
+    <xf borderId="8" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0" vertical="center"/>
+    </xf>
+    <xf borderId="9" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0" vertical="center"/>
+    </xf>
+    <xf borderId="9" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="0"/>
+    </xf>
+    <xf borderId="0" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf borderId="10" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
+    </xf>
+    <xf borderId="0" fillId="0" fontId="11" numFmtId="0" xfId="0" applyFont="1"/>
+    <xf borderId="0" fillId="0" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+      <alignment horizontal="center" shrinkToFit="0" vertical="bottom" wrapText="0"/>
+    </xf>
+    <xf borderId="0" fillId="0" fontId="12" numFmtId="0" xfId="0" applyFont="1"/>
+    <xf borderId="0" fillId="0" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+      <alignment shrinkToFit="0" wrapText="0"/>
+    </xf>
+    <xf borderId="0" fillId="5" fontId="11" numFmtId="0" xfId="0" applyFont="1"/>
+    <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+      <alignment horizontal="right" readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
+    </xf>
+    <xf borderId="0" fillId="0" fontId="1" numFmtId="164" xfId="0" applyAlignment="1" applyFont="1" applyNumberFormat="1">
+      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
+    </xf>
+    <xf borderId="11" fillId="0" fontId="12" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="4" fillId="0" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0"/>
+    </xf>
+    <xf borderId="4" fillId="5" fontId="9" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0"/>
+    </xf>
+    <xf borderId="5" fillId="5" fontId="9" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0"/>
+    </xf>
+    <xf borderId="11" fillId="5" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment readingOrder="0"/>
+    </xf>
+    <xf borderId="11" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0" vertical="center"/>
+    </xf>
     <xf borderId="4" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" vertical="center"/>
     </xf>
     <xf borderId="5" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" vertical="center"/>
     </xf>
     <xf borderId="5" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="0"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-[...2 lines deleted...]
-    <xf borderId="7" fillId="0" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf borderId="11" fillId="0" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment readingOrder="0"/>
     </xf>
     <xf borderId="6" fillId="0" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
-    <xf borderId="5" fillId="5" fontId="9" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-[...6 lines deleted...]
-    <xf borderId="7" fillId="0" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf borderId="11" fillId="0" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment readingOrder="0" shrinkToFit="0" wrapText="0"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="12" numFmtId="0" xfId="0" applyFont="1"/>
     <xf borderId="5" fillId="0" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
-    </xf>
-[...17 lines deleted...]
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
     </xf>
     <xf borderId="5" fillId="5" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="0"/>
     </xf>
     <xf borderId="1" fillId="6" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
     <xf borderId="5" fillId="6" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
     <xf borderId="1" fillId="3" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
     <xf borderId="4" fillId="3" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
     <xf borderId="5" fillId="3" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
     <xf borderId="2" fillId="3" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
     <xf borderId="4" fillId="6" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0"/>
     </xf>
-    <xf borderId="8" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf borderId="10" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
     </xf>
     <xf borderId="4" fillId="5" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="0"/>
     </xf>
+    <xf borderId="10" fillId="0" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
+    </xf>
     <xf borderId="0" fillId="3" fontId="4" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="0"/>
+    </xf>
+    <xf borderId="10" fillId="0" fontId="1" numFmtId="165" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
+      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" name="Normal" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
@@ -1653,100 +1705,116 @@
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13"/>
       <c r="C6" s="14"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="G6" s="14"/>
+      <c r="G6" s="15">
+        <v>14.0</v>
+      </c>
       <c r="H6" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="I6" s="16"/>
+      <c r="I6" s="16">
+        <v>22.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
       <c r="F7" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="G7" s="14"/>
+      <c r="G7" s="15">
+        <v>16.0</v>
+      </c>
       <c r="H7" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="I7" s="16"/>
+      <c r="I7" s="16">
+        <v>20.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="18"/>
       <c r="E8" s="16"/>
       <c r="F8" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="G8" s="14"/>
+      <c r="G8" s="15">
+        <v>24.0</v>
+      </c>
       <c r="H8" s="18" t="s">
         <v>11</v>
       </c>
-      <c r="I8" s="16"/>
+      <c r="I8" s="16">
+        <v>12.0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="G9" s="19"/>
+      <c r="G9" s="16">
+        <v>18.0</v>
+      </c>
       <c r="H9" s="16" t="s">
         <v>13</v>
       </c>
-      <c r="I9" s="16"/>
+      <c r="I9" s="16">
+        <v>18.0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
@@ -1767,120 +1835,152 @@
     </row>
     <row r="13">
       <c r="A13" s="8"/>
       <c r="B13" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="22"/>
       <c r="G13" s="22"/>
       <c r="H13" s="22"/>
       <c r="I13" s="22"/>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C14" s="14"/>
+      <c r="C14" s="15">
+        <v>24.0</v>
+      </c>
       <c r="D14" s="15" t="s">
         <v>8</v>
       </c>
-      <c r="E14" s="16"/>
+      <c r="E14" s="16">
+        <v>12.0</v>
+      </c>
       <c r="F14" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="G14" s="14"/>
+      <c r="G14" s="15">
+        <v>10.0</v>
+      </c>
       <c r="H14" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="I14" s="19"/>
+      <c r="I14" s="16">
+        <v>26.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="C15" s="14"/>
+      <c r="C15" s="15">
+        <v>22.0</v>
+      </c>
       <c r="D15" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="E15" s="16"/>
+      <c r="E15" s="16">
+        <v>14.0</v>
+      </c>
       <c r="F15" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="G15" s="14"/>
+      <c r="G15" s="15">
+        <v>28.0</v>
+      </c>
       <c r="H15" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="I15" s="19"/>
+      <c r="I15" s="16">
+        <v>8.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="C16" s="14"/>
+      <c r="C16" s="15">
+        <v>16.0</v>
+      </c>
       <c r="D16" s="18" t="s">
         <v>12</v>
       </c>
-      <c r="E16" s="16"/>
+      <c r="E16" s="16">
+        <v>20.0</v>
+      </c>
       <c r="F16" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="G16" s="14"/>
+      <c r="G16" s="15">
+        <v>16.0</v>
+      </c>
       <c r="H16" s="18" t="s">
         <v>13</v>
       </c>
-      <c r="I16" s="19"/>
+      <c r="I16" s="16">
+        <v>20.0</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="C17" s="19"/>
+      <c r="C17" s="16">
+        <v>10.0</v>
+      </c>
       <c r="D17" s="16" t="s">
         <v>13</v>
       </c>
-      <c r="E17" s="16"/>
+      <c r="E17" s="16">
+        <v>26.0</v>
+      </c>
       <c r="F17" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="G17" s="19"/>
+      <c r="G17" s="16">
+        <v>18.0</v>
+      </c>
       <c r="H17" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="I17" s="19"/>
+      <c r="I17" s="16">
+        <v>18.0</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
@@ -2186,156 +2286,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="C37" s="33">
+        <v>9.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>36.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>72.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>22.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>20.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>64.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>20.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>60.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>12</v>
+      </c>
+      <c r="C40" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>56.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>10</v>
+      </c>
+      <c r="C41" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>56.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>17.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>6</v>
+      </c>
+      <c r="C42" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-12.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>48.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>15.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>11</v>
+      </c>
+      <c r="C43" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-28.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>40.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>13.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>8</v>
+      </c>
+      <c r="C44" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>-36.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>36.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>11.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -2419,85 +2599,97 @@
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13" t="s">
         <v>112</v>
       </c>
-      <c r="C6" s="14"/>
+      <c r="C6" s="15">
+        <v>12.0</v>
+      </c>
       <c r="D6" s="15" t="s">
         <v>113</v>
       </c>
-      <c r="E6" s="16"/>
+      <c r="E6" s="16">
+        <v>24.0</v>
+      </c>
       <c r="F6" s="13"/>
       <c r="G6" s="14"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13" t="s">
         <v>114</v>
       </c>
-      <c r="C7" s="14"/>
+      <c r="C7" s="15">
+        <v>26.0</v>
+      </c>
       <c r="D7" s="17" t="s">
         <v>49</v>
       </c>
-      <c r="E7" s="16"/>
+      <c r="E7" s="16">
+        <v>10.0</v>
+      </c>
       <c r="F7" s="13"/>
       <c r="G7" s="14"/>
       <c r="H7" s="17"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13" t="s">
         <v>115</v>
       </c>
-      <c r="C8" s="14"/>
+      <c r="C8" s="15">
+        <v>32.0</v>
+      </c>
       <c r="D8" s="18" t="s">
         <v>116</v>
       </c>
-      <c r="E8" s="16"/>
+      <c r="E8" s="16">
+        <v>4.0</v>
+      </c>
       <c r="F8" s="13"/>
       <c r="G8" s="14"/>
       <c r="H8" s="18"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13" t="s">
         <v>117</v>
       </c>
       <c r="C9" s="19"/>
       <c r="D9" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E9" s="16"/>
       <c r="F9" s="13"/>
       <c r="G9" s="19"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
@@ -2545,120 +2737,144 @@
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="22" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
         <v>112</v>
       </c>
-      <c r="C14" s="14"/>
+      <c r="C14" s="15">
+        <v>18.0</v>
+      </c>
       <c r="D14" s="15" t="s">
         <v>114</v>
       </c>
-      <c r="E14" s="16"/>
+      <c r="E14" s="16">
+        <v>18.0</v>
+      </c>
       <c r="F14" s="13" t="s">
         <v>112</v>
       </c>
-      <c r="G14" s="14"/>
+      <c r="G14" s="15">
+        <v>10.0</v>
+      </c>
       <c r="H14" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="I14" s="19"/>
+      <c r="I14" s="16">
+        <v>26.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
         <v>113</v>
       </c>
-      <c r="C15" s="14"/>
+      <c r="C15" s="15">
+        <v>24.0</v>
+      </c>
       <c r="D15" s="17" t="s">
         <v>49</v>
       </c>
-      <c r="E15" s="16"/>
+      <c r="E15" s="16">
+        <v>12.0</v>
+      </c>
       <c r="F15" s="13" t="s">
         <v>113</v>
       </c>
-      <c r="G15" s="14"/>
+      <c r="G15" s="15">
+        <v>16.0</v>
+      </c>
       <c r="H15" s="17" t="s">
         <v>114</v>
       </c>
-      <c r="I15" s="19"/>
+      <c r="I15" s="16">
+        <v>20.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
         <v>115</v>
       </c>
-      <c r="C16" s="14"/>
+      <c r="C16" s="15">
+        <v>30.0</v>
+      </c>
       <c r="D16" s="18" t="s">
         <v>117</v>
       </c>
-      <c r="E16" s="16"/>
+      <c r="E16" s="16">
+        <v>6.0</v>
+      </c>
       <c r="F16" s="13" t="s">
         <v>115</v>
       </c>
       <c r="G16" s="14"/>
       <c r="H16" s="18" t="s">
         <v>118</v>
       </c>
       <c r="I16" s="19"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
         <v>116</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="13" t="s">
         <v>116</v>
       </c>
-      <c r="G17" s="19"/>
+      <c r="G17" s="16">
+        <v>24.0</v>
+      </c>
       <c r="H17" s="16" t="s">
         <v>117</v>
       </c>
-      <c r="I17" s="19"/>
+      <c r="I17" s="16">
+        <v>12.0</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
         <v>98</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
@@ -2964,156 +3180,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>114</v>
+      </c>
+      <c r="C37" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>20.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>64.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>18.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>113</v>
+      </c>
+      <c r="C38" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>20.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>64.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>21.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>115</v>
+      </c>
+      <c r="C39" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>52.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>62.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>19.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>49</v>
+      </c>
+      <c r="C40" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>-12.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>48.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>15.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>112</v>
+      </c>
+      <c r="C41" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>-28.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>40.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>12.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>116</v>
+      </c>
+      <c r="C42" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-16.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>28.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>7.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>117</v>
+      </c>
+      <c r="C43" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-36.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>7.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>118</v>
+      </c>
+      <c r="C44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>0.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -3189,85 +3485,97 @@
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13" t="s">
         <v>121</v>
       </c>
-      <c r="C6" s="14"/>
+      <c r="C6" s="15">
+        <v>30.0</v>
+      </c>
       <c r="D6" s="15" t="s">
         <v>122</v>
       </c>
-      <c r="E6" s="16"/>
+      <c r="E6" s="16">
+        <v>6.0</v>
+      </c>
       <c r="F6" s="13"/>
       <c r="G6" s="14"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13" t="s">
         <v>123</v>
       </c>
-      <c r="C7" s="14"/>
+      <c r="C7" s="15">
+        <v>8.0</v>
+      </c>
       <c r="D7" s="17" t="s">
         <v>124</v>
       </c>
-      <c r="E7" s="16"/>
+      <c r="E7" s="16">
+        <v>28.0</v>
+      </c>
       <c r="F7" s="13"/>
       <c r="G7" s="14"/>
       <c r="H7" s="17"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="C8" s="14"/>
+      <c r="C8" s="15">
+        <v>14.0</v>
+      </c>
       <c r="D8" s="18" t="s">
         <v>125</v>
       </c>
-      <c r="E8" s="16"/>
+      <c r="E8" s="16">
+        <v>22.0</v>
+      </c>
       <c r="F8" s="13"/>
       <c r="G8" s="14"/>
       <c r="H8" s="18"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13" t="s">
         <v>126</v>
       </c>
       <c r="C9" s="19"/>
       <c r="D9" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E9" s="16"/>
       <c r="F9" s="13"/>
       <c r="G9" s="19"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
@@ -3315,120 +3623,144 @@
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="22" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
         <v>121</v>
       </c>
-      <c r="C14" s="14"/>
+      <c r="C14" s="15">
+        <v>24.0</v>
+      </c>
       <c r="D14" s="15" t="s">
         <v>123</v>
       </c>
-      <c r="E14" s="16"/>
+      <c r="E14" s="16">
+        <v>12.0</v>
+      </c>
       <c r="F14" s="13" t="s">
         <v>121</v>
       </c>
-      <c r="G14" s="14"/>
+      <c r="G14" s="15">
+        <v>32.0</v>
+      </c>
       <c r="H14" s="15" t="s">
         <v>124</v>
       </c>
-      <c r="I14" s="19"/>
+      <c r="I14" s="16">
+        <v>4.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
         <v>122</v>
       </c>
-      <c r="C15" s="14"/>
+      <c r="C15" s="15">
+        <v>6.0</v>
+      </c>
       <c r="D15" s="17" t="s">
         <v>124</v>
       </c>
-      <c r="E15" s="16"/>
+      <c r="E15" s="16">
+        <v>30.0</v>
+      </c>
       <c r="F15" s="13" t="s">
         <v>122</v>
       </c>
-      <c r="G15" s="14"/>
+      <c r="G15" s="15">
+        <v>20.0</v>
+      </c>
       <c r="H15" s="17" t="s">
         <v>123</v>
       </c>
-      <c r="I15" s="19"/>
+      <c r="I15" s="16">
+        <v>16.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="C16" s="14"/>
+      <c r="C16" s="15">
+        <v>30.0</v>
+      </c>
       <c r="D16" s="18" t="s">
         <v>126</v>
       </c>
-      <c r="E16" s="16"/>
+      <c r="E16" s="16">
+        <v>6.0</v>
+      </c>
       <c r="F16" s="13" t="s">
         <v>62</v>
       </c>
       <c r="G16" s="14"/>
       <c r="H16" s="18" t="s">
         <v>118</v>
       </c>
       <c r="I16" s="19"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
         <v>125</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="13" t="s">
         <v>125</v>
       </c>
-      <c r="G17" s="19"/>
+      <c r="G17" s="16">
+        <v>16.0</v>
+      </c>
       <c r="H17" s="16" t="s">
         <v>126</v>
       </c>
-      <c r="I17" s="19"/>
+      <c r="I17" s="16">
+        <v>20.0</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
         <v>98</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
@@ -3734,156 +4066,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>121</v>
+      </c>
+      <c r="C37" s="33">
+        <v>9.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>64.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>86.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>27.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="C38" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>62.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>19.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>122</v>
+      </c>
+      <c r="C39" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>-44.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>32.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>10.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>62</v>
+      </c>
+      <c r="C40" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>44.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>14.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C41" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>38.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>11.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="C42" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-20.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>26.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>8.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="C43" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-36.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>36.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>10.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>118</v>
+      </c>
+      <c r="C44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>0.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -3959,85 +4371,97 @@
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13" t="s">
         <v>50</v>
       </c>
-      <c r="C6" s="14"/>
+      <c r="C6" s="15">
+        <v>28.0</v>
+      </c>
       <c r="D6" s="15" t="s">
         <v>128</v>
       </c>
-      <c r="E6" s="16"/>
+      <c r="E6" s="16">
+        <v>8.0</v>
+      </c>
       <c r="F6" s="13"/>
       <c r="G6" s="14"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13" t="s">
         <v>129</v>
       </c>
-      <c r="C7" s="14"/>
+      <c r="C7" s="15">
+        <v>30.0</v>
+      </c>
       <c r="D7" s="17" t="s">
         <v>130</v>
       </c>
-      <c r="E7" s="16"/>
+      <c r="E7" s="16">
+        <v>6.0</v>
+      </c>
       <c r="F7" s="13"/>
       <c r="G7" s="14"/>
       <c r="H7" s="17"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13" t="s">
         <v>131</v>
       </c>
-      <c r="C8" s="14"/>
+      <c r="C8" s="15">
+        <v>10.0</v>
+      </c>
       <c r="D8" s="18" t="s">
         <v>65</v>
       </c>
-      <c r="E8" s="16"/>
+      <c r="E8" s="16">
+        <v>26.0</v>
+      </c>
       <c r="F8" s="13"/>
       <c r="G8" s="14"/>
       <c r="H8" s="18"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13" t="s">
         <v>132</v>
       </c>
       <c r="C9" s="19"/>
       <c r="D9" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E9" s="16"/>
       <c r="F9" s="13"/>
       <c r="G9" s="19"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
@@ -4085,120 +4509,144 @@
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="22" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
         <v>50</v>
       </c>
-      <c r="C14" s="14"/>
+      <c r="C14" s="15">
+        <v>16.0</v>
+      </c>
       <c r="D14" s="15" t="s">
         <v>129</v>
       </c>
-      <c r="E14" s="16"/>
+      <c r="E14" s="16">
+        <v>20.0</v>
+      </c>
       <c r="F14" s="13" t="s">
         <v>50</v>
       </c>
-      <c r="G14" s="14"/>
+      <c r="G14" s="15">
+        <v>32.0</v>
+      </c>
       <c r="H14" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="I14" s="19"/>
+      <c r="I14" s="16">
+        <v>4.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
         <v>128</v>
       </c>
-      <c r="C15" s="14"/>
+      <c r="C15" s="15">
+        <v>10.0</v>
+      </c>
       <c r="D15" s="17" t="s">
         <v>130</v>
       </c>
-      <c r="E15" s="16"/>
+      <c r="E15" s="16">
+        <v>26.0</v>
+      </c>
       <c r="F15" s="13" t="s">
         <v>128</v>
       </c>
-      <c r="G15" s="14"/>
+      <c r="G15" s="15">
+        <v>4.0</v>
+      </c>
       <c r="H15" s="17" t="s">
         <v>129</v>
       </c>
-      <c r="I15" s="19"/>
+      <c r="I15" s="16">
+        <v>32.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
         <v>131</v>
       </c>
-      <c r="C16" s="14"/>
+      <c r="C16" s="15">
+        <v>16.0</v>
+      </c>
       <c r="D16" s="18" t="s">
         <v>132</v>
       </c>
-      <c r="E16" s="16"/>
+      <c r="E16" s="16">
+        <v>20.0</v>
+      </c>
       <c r="F16" s="13" t="s">
         <v>131</v>
       </c>
       <c r="G16" s="14"/>
       <c r="H16" s="18" t="s">
         <v>118</v>
       </c>
       <c r="I16" s="19"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
         <v>65</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="13" t="s">
         <v>65</v>
       </c>
-      <c r="G17" s="19"/>
+      <c r="G17" s="16">
+        <v>26.0</v>
+      </c>
       <c r="H17" s="16" t="s">
         <v>132</v>
       </c>
-      <c r="I17" s="19"/>
+      <c r="I17" s="16">
+        <v>10.0</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
         <v>77</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
@@ -4504,156 +4952,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>129</v>
+      </c>
+      <c r="C37" s="33">
+        <v>9.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>56.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>82.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>24.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>50</v>
+      </c>
+      <c r="C38" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>44.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>76.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>23.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="C39" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>32.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>52.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>15.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="C40" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>-36.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>36.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>13.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>132</v>
+      </c>
+      <c r="C41" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>-12.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>30.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>9.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>128</v>
+      </c>
+      <c r="C42" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-64.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>22.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>6.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>131</v>
+      </c>
+      <c r="C43" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-20.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>26.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>9.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>118</v>
+      </c>
+      <c r="C44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>0.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -4729,85 +5257,97 @@
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13" t="s">
         <v>135</v>
       </c>
-      <c r="C6" s="14"/>
+      <c r="C6" s="15">
+        <v>22.0</v>
+      </c>
       <c r="D6" s="15" t="s">
         <v>136</v>
       </c>
-      <c r="E6" s="16"/>
+      <c r="E6" s="16">
+        <v>14.0</v>
+      </c>
       <c r="F6" s="13"/>
       <c r="G6" s="14"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13" t="s">
         <v>137</v>
       </c>
-      <c r="C7" s="14"/>
+      <c r="C7" s="15">
+        <v>32.0</v>
+      </c>
       <c r="D7" s="17" t="s">
         <v>138</v>
       </c>
-      <c r="E7" s="16"/>
+      <c r="E7" s="16">
+        <v>4.0</v>
+      </c>
       <c r="F7" s="13"/>
       <c r="G7" s="14"/>
       <c r="H7" s="17"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13" t="s">
         <v>139</v>
       </c>
-      <c r="C8" s="14"/>
+      <c r="C8" s="15">
+        <v>16.0</v>
+      </c>
       <c r="D8" s="18" t="s">
         <v>140</v>
       </c>
-      <c r="E8" s="16"/>
+      <c r="E8" s="16">
+        <v>20.0</v>
+      </c>
       <c r="F8" s="13"/>
       <c r="G8" s="14"/>
       <c r="H8" s="18"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="13"/>
       <c r="G9" s="19"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
@@ -5060,316 +5600,296 @@
       <c r="I24" s="19"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
       <c r="B25" s="13"/>
       <c r="C25" s="19"/>
       <c r="D25" s="16"/>
       <c r="E25" s="16"/>
       <c r="F25" s="13"/>
       <c r="G25" s="19"/>
       <c r="H25" s="16"/>
       <c r="I25" s="19"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
-      <c r="A27" s="23"/>
-[...7 lines deleted...]
-      <c r="I27" s="7"/>
+      <c r="A27" s="1"/>
+      <c r="B27" s="20"/>
+      <c r="C27" s="20"/>
+      <c r="D27" s="21"/>
+      <c r="E27" s="20"/>
+      <c r="F27" s="20"/>
+      <c r="G27" s="20"/>
+      <c r="H27" s="21"/>
+      <c r="I27" s="20"/>
     </row>
     <row r="28">
-      <c r="A28" s="8"/>
-      <c r="B28" s="9"/>
+      <c r="A28" s="23"/>
+      <c r="B28" s="26" t="s">
+        <v>23</v>
+      </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
-      <c r="E28" s="7"/>
-[...3 lines deleted...]
-      <c r="I28" s="7"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="7"/>
+      <c r="G28" s="23"/>
+      <c r="H28" s="23"/>
+      <c r="I28" s="23"/>
     </row>
     <row r="29">
-      <c r="A29" s="25"/>
-[...7 lines deleted...]
-      <c r="I29" s="11"/>
+      <c r="A29" s="27"/>
+      <c r="B29" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C29" s="29" t="s">
+        <v>4</v>
+      </c>
+      <c r="D29" s="30" t="s">
+        <v>25</v>
+      </c>
+      <c r="E29" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="F29" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="G29" s="27"/>
+      <c r="H29" s="27"/>
+      <c r="I29" s="27"/>
+      <c r="J29" s="32"/>
+      <c r="K29" s="32"/>
+      <c r="L29" s="32"/>
+      <c r="M29" s="32"/>
+      <c r="N29" s="32"/>
+      <c r="O29" s="32"/>
+      <c r="P29" s="32"/>
+      <c r="Q29" s="32"/>
+      <c r="R29" s="32"/>
+      <c r="S29" s="32"/>
+      <c r="T29" s="32"/>
+      <c r="U29" s="32"/>
+      <c r="V29" s="32"/>
+      <c r="W29" s="32"/>
+      <c r="X29" s="32"/>
+      <c r="Y29" s="32"/>
+      <c r="Z29" s="32"/>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
-      <c r="B30" s="13"/>
-[...6 lines deleted...]
-      <c r="I30" s="19"/>
+      <c r="B30" s="33" t="s">
+        <v>137</v>
+      </c>
+      <c r="C30" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D30" s="33">
+        <v>28.0</v>
+      </c>
+      <c r="E30" s="33">
+        <v>32.0</v>
+      </c>
+      <c r="F30" s="33">
+        <v>10.0</v>
+      </c>
+      <c r="G30" s="1"/>
+      <c r="H30" s="34"/>
+      <c r="I30" s="1"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
-      <c r="B31" s="13"/>
-[...6 lines deleted...]
-      <c r="I31" s="19"/>
+      <c r="B31" s="33" t="s">
+        <v>140</v>
+      </c>
+      <c r="C31" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D31" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="E31" s="33">
+        <v>20.0</v>
+      </c>
+      <c r="F31" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="G31" s="35"/>
+      <c r="H31" s="34"/>
+      <c r="I31" s="35"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
-      <c r="B32" s="13"/>
-[...6 lines deleted...]
-      <c r="I32" s="19"/>
+      <c r="B32" s="33" t="s">
+        <v>135</v>
+      </c>
+      <c r="C32" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D32" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="E32" s="33">
+        <v>22.0</v>
+      </c>
+      <c r="F32" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="G32" s="35"/>
+      <c r="H32" s="34"/>
+      <c r="I32" s="35"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
-      <c r="B33" s="13"/>
-[...6 lines deleted...]
-      <c r="I33" s="19"/>
+      <c r="B33" s="33" t="s">
+        <v>136</v>
+      </c>
+      <c r="C33" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D33" s="33">
+        <v>-8.0</v>
+      </c>
+      <c r="E33" s="33">
+        <v>14.0</v>
+      </c>
+      <c r="F33" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="G33" s="35"/>
+      <c r="H33" s="36"/>
+      <c r="I33" s="35"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
-      <c r="B34" s="20"/>
-[...6 lines deleted...]
-      <c r="I34" s="20"/>
+      <c r="B34" s="33" t="s">
+        <v>139</v>
+      </c>
+      <c r="C34" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D34" s="33">
+        <v>-4.0</v>
+      </c>
+      <c r="E34" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="F34" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="G34" s="1"/>
+      <c r="H34" s="34"/>
+      <c r="I34" s="35"/>
     </row>
     <row r="35">
-      <c r="A35" s="23"/>
-[...49 lines deleted...]
-    <row r="37">
+      <c r="A35" s="1"/>
+      <c r="B35" s="33" t="s">
+        <v>138</v>
+      </c>
+      <c r="C35" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D35" s="33">
+        <v>-28.0</v>
+      </c>
+      <c r="E35" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="F35" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="G35" s="1"/>
+      <c r="H35" s="37"/>
+      <c r="I35" s="35"/>
+    </row>
+    <row r="36" hidden="1">
+      <c r="A36" s="1"/>
+      <c r="B36" s="41"/>
+      <c r="C36" s="42"/>
+      <c r="D36" s="43"/>
+      <c r="E36" s="43"/>
+      <c r="F36" s="44"/>
+      <c r="G36" s="1"/>
+      <c r="H36" s="34"/>
+      <c r="I36" s="35"/>
+    </row>
+    <row r="37" hidden="1">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="45"/>
+      <c r="C37" s="43"/>
+      <c r="D37" s="44"/>
+      <c r="E37" s="44"/>
+      <c r="F37" s="44"/>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="38"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="38"/>
+      <c r="C38" s="21"/>
+      <c r="D38" s="21"/>
+      <c r="E38" s="21"/>
+      <c r="F38" s="21"/>
+      <c r="G38" s="1"/>
+      <c r="H38" s="38"/>
+      <c r="I38" s="1"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...76 lines deleted...]
-      <c r="B46" s="46" t="s">
+      <c r="B39" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F39" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="16">
+  <mergeCells count="13">
+    <mergeCell ref="B19:I19"/>
+    <mergeCell ref="B20:E20"/>
+    <mergeCell ref="F20:I20"/>
+    <mergeCell ref="B28:F28"/>
+    <mergeCell ref="B39:E39"/>
+    <mergeCell ref="F39:I39"/>
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
-    <mergeCell ref="B46:E46"/>
-[...7 lines deleted...]
-    <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <tabColor rgb="FF4A86E8"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
@@ -5431,85 +5951,97 @@
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13"/>
       <c r="C6" s="14"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="13" t="s">
         <v>143</v>
       </c>
-      <c r="G6" s="14"/>
+      <c r="G6" s="15">
+        <v>16.0</v>
+      </c>
       <c r="H6" s="15" t="s">
         <v>144</v>
       </c>
-      <c r="I6" s="16"/>
+      <c r="I6" s="16">
+        <v>20.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
       <c r="F7" s="13" t="s">
         <v>145</v>
       </c>
-      <c r="G7" s="14"/>
+      <c r="G7" s="15">
+        <v>32.0</v>
+      </c>
       <c r="H7" s="17" t="s">
         <v>146</v>
       </c>
-      <c r="I7" s="16"/>
+      <c r="I7" s="16">
+        <v>4.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="18"/>
       <c r="E8" s="16"/>
       <c r="F8" s="13" t="s">
         <v>147</v>
       </c>
-      <c r="G8" s="14"/>
+      <c r="G8" s="15">
+        <v>12.0</v>
+      </c>
       <c r="H8" s="18" t="s">
         <v>148</v>
       </c>
-      <c r="I8" s="16"/>
+      <c r="I8" s="16">
+        <v>24.0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="13" t="s">
         <v>149</v>
       </c>
       <c r="G9" s="19"/>
       <c r="H9" s="16" t="s">
         <v>118</v>
       </c>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
@@ -5553,120 +6085,144 @@
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="22" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
         <v>143</v>
       </c>
-      <c r="C14" s="14"/>
+      <c r="C14" s="15">
+        <v>0.0</v>
+      </c>
       <c r="D14" s="15" t="s">
         <v>145</v>
       </c>
-      <c r="E14" s="16"/>
+      <c r="E14" s="16">
+        <v>36.0</v>
+      </c>
       <c r="F14" s="13" t="s">
         <v>143</v>
       </c>
-      <c r="G14" s="14"/>
+      <c r="G14" s="15">
+        <v>4.0</v>
+      </c>
       <c r="H14" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="I14" s="19"/>
+      <c r="I14" s="16">
+        <v>32.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
         <v>144</v>
       </c>
-      <c r="C15" s="14"/>
+      <c r="C15" s="15">
+        <v>10.0</v>
+      </c>
       <c r="D15" s="17" t="s">
         <v>146</v>
       </c>
-      <c r="E15" s="16"/>
+      <c r="E15" s="16">
+        <v>26.0</v>
+      </c>
       <c r="F15" s="13" t="s">
         <v>144</v>
       </c>
-      <c r="G15" s="14"/>
+      <c r="G15" s="15">
+        <v>0.0</v>
+      </c>
       <c r="H15" s="17" t="s">
         <v>145</v>
       </c>
-      <c r="I15" s="19"/>
+      <c r="I15" s="16">
+        <v>36.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
         <v>147</v>
       </c>
-      <c r="C16" s="14"/>
+      <c r="C16" s="15">
+        <v>6.0</v>
+      </c>
       <c r="D16" s="18" t="s">
         <v>149</v>
       </c>
-      <c r="E16" s="16"/>
+      <c r="E16" s="16">
+        <v>30.0</v>
+      </c>
       <c r="F16" s="13" t="s">
         <v>147</v>
       </c>
       <c r="G16" s="14"/>
       <c r="H16" s="18" t="s">
         <v>118</v>
       </c>
       <c r="I16" s="19"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
         <v>148</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="13" t="s">
         <v>148</v>
       </c>
-      <c r="G17" s="19"/>
+      <c r="G17" s="16">
+        <v>6.0</v>
+      </c>
       <c r="H17" s="16" t="s">
         <v>149</v>
       </c>
-      <c r="I17" s="19"/>
+      <c r="I17" s="16">
+        <v>30.0</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
         <v>141</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
@@ -5972,156 +6528,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>145</v>
+      </c>
+      <c r="C37" s="33">
+        <v>9.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>100.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>104.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>32.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>146</v>
+      </c>
+      <c r="C38" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>62.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>19.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>149</v>
+      </c>
+      <c r="C39" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>48.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>60.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>144</v>
+      </c>
+      <c r="C40" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>-48.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>30.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>9.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>148</v>
+      </c>
+      <c r="C41" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>-12.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>30.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>9.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>143</v>
+      </c>
+      <c r="C42" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-68.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>20.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>6.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="C43" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-36.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>8.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>118</v>
+      </c>
+      <c r="C44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>24.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>0.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -6201,85 +6837,97 @@
       <c r="C5" s="11"/>
       <c r="D5" s="11"/>
       <c r="E5" s="11"/>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13"/>
       <c r="C6" s="14"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="13" t="s">
         <v>154</v>
       </c>
-      <c r="G6" s="14"/>
+      <c r="G6" s="15">
+        <v>24.0</v>
+      </c>
       <c r="H6" s="15" t="s">
         <v>155</v>
       </c>
-      <c r="I6" s="16"/>
+      <c r="I6" s="16">
+        <v>12.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
       <c r="F7" s="13" t="s">
         <v>156</v>
       </c>
-      <c r="G7" s="14"/>
+      <c r="G7" s="15">
+        <v>26.0</v>
+      </c>
       <c r="H7" s="17" t="s">
         <v>157</v>
       </c>
-      <c r="I7" s="16"/>
+      <c r="I7" s="16">
+        <v>10.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="18"/>
       <c r="E8" s="16"/>
       <c r="F8" s="13" t="s">
         <v>158</v>
       </c>
-      <c r="G8" s="14"/>
+      <c r="G8" s="15">
+        <v>14.0</v>
+      </c>
       <c r="H8" s="18" t="s">
         <v>159</v>
       </c>
-      <c r="I8" s="16"/>
+      <c r="I8" s="16">
+        <v>22.0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="13" t="s">
         <v>160</v>
       </c>
       <c r="G9" s="19"/>
       <c r="H9" s="16" t="s">
         <v>118</v>
       </c>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
@@ -6323,120 +6971,144 @@
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="22" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
         <v>154</v>
       </c>
-      <c r="C14" s="14"/>
+      <c r="C14" s="15">
+        <v>22.0</v>
+      </c>
       <c r="D14" s="15" t="s">
         <v>156</v>
       </c>
-      <c r="E14" s="16"/>
+      <c r="E14" s="16">
+        <v>14.0</v>
+      </c>
       <c r="F14" s="13" t="s">
         <v>154</v>
       </c>
-      <c r="G14" s="14"/>
+      <c r="G14" s="15">
+        <v>26.0</v>
+      </c>
       <c r="H14" s="15" t="s">
         <v>157</v>
       </c>
-      <c r="I14" s="19"/>
+      <c r="I14" s="16">
+        <v>10.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
         <v>155</v>
       </c>
-      <c r="C15" s="14"/>
+      <c r="C15" s="15">
+        <v>18.0</v>
+      </c>
       <c r="D15" s="17" t="s">
         <v>157</v>
       </c>
-      <c r="E15" s="16"/>
+      <c r="E15" s="16">
+        <v>18.0</v>
+      </c>
       <c r="F15" s="13" t="s">
         <v>155</v>
       </c>
-      <c r="G15" s="14"/>
+      <c r="G15" s="15">
+        <v>18.0</v>
+      </c>
       <c r="H15" s="17" t="s">
         <v>156</v>
       </c>
-      <c r="I15" s="19"/>
+      <c r="I15" s="16">
+        <v>18.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
         <v>158</v>
       </c>
-      <c r="C16" s="14"/>
+      <c r="C16" s="15">
+        <v>14.0</v>
+      </c>
       <c r="D16" s="18" t="s">
         <v>160</v>
       </c>
-      <c r="E16" s="16"/>
+      <c r="E16" s="16">
+        <v>22.0</v>
+      </c>
       <c r="F16" s="13" t="s">
         <v>158</v>
       </c>
       <c r="G16" s="14"/>
       <c r="H16" s="18" t="s">
         <v>118</v>
       </c>
       <c r="I16" s="19"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
         <v>159</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="13" t="s">
         <v>159</v>
       </c>
-      <c r="G17" s="19"/>
+      <c r="G17" s="16">
+        <v>30.0</v>
+      </c>
       <c r="H17" s="16" t="s">
         <v>160</v>
       </c>
-      <c r="I17" s="19"/>
+      <c r="I17" s="16">
+        <v>6.0</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
         <v>141</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
@@ -6742,156 +7414,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>154</v>
+      </c>
+      <c r="C37" s="33">
+        <v>9.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>36.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>72.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>21.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>156</v>
+      </c>
+      <c r="C38" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>58.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>159</v>
+      </c>
+      <c r="C39" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>32.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>52.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>11.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>155</v>
+      </c>
+      <c r="C40" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>-12.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>48.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>159</v>
+      </c>
+      <c r="C41" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>-32.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>38.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>11.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="C42" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-16.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>28.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>10.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>158</v>
+      </c>
+      <c r="C43" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-16.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>28.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>12.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>118</v>
+      </c>
+      <c r="C44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>0.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -6967,100 +7719,116 @@
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13" t="s">
         <v>74</v>
       </c>
-      <c r="C6" s="14"/>
+      <c r="C6" s="15">
+        <v>34.0</v>
+      </c>
       <c r="D6" s="15" t="s">
         <v>164</v>
       </c>
-      <c r="E6" s="16"/>
+      <c r="E6" s="16">
+        <v>2.0</v>
+      </c>
       <c r="F6" s="13"/>
       <c r="G6" s="14"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13" t="s">
         <v>71</v>
       </c>
-      <c r="C7" s="14"/>
+      <c r="C7" s="15">
+        <v>22.0</v>
+      </c>
       <c r="D7" s="17" t="s">
         <v>70</v>
       </c>
-      <c r="E7" s="16"/>
+      <c r="E7" s="16">
+        <v>14.0</v>
+      </c>
       <c r="F7" s="13"/>
       <c r="G7" s="14"/>
       <c r="H7" s="17"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13" t="s">
         <v>84</v>
       </c>
-      <c r="C8" s="14"/>
+      <c r="C8" s="15">
+        <v>14.0</v>
+      </c>
       <c r="D8" s="18" t="s">
         <v>165</v>
       </c>
-      <c r="E8" s="16"/>
+      <c r="E8" s="16">
+        <v>22.0</v>
+      </c>
       <c r="F8" s="13"/>
       <c r="G8" s="14"/>
       <c r="H8" s="18"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13" t="s">
         <v>72</v>
       </c>
-      <c r="C9" s="19"/>
+      <c r="C9" s="16">
+        <v>20.0</v>
+      </c>
       <c r="D9" s="16" t="s">
         <v>85</v>
       </c>
-      <c r="E9" s="16"/>
+      <c r="E9" s="16">
+        <v>16.0</v>
+      </c>
       <c r="F9" s="13"/>
       <c r="G9" s="19"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
         <v>166</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
@@ -7504,156 +8272,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>74</v>
+      </c>
+      <c r="C37" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>32.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>34.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>10.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>165</v>
+      </c>
+      <c r="C38" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>22.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>72</v>
+      </c>
+      <c r="C39" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>20.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>71</v>
+      </c>
+      <c r="C40" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>22.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>70</v>
+      </c>
+      <c r="C41" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>-8.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>14.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>6.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="C42" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-4.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>5.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>84</v>
+      </c>
+      <c r="C43" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-8.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>14.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>4.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>164</v>
+      </c>
+      <c r="C44" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>-32.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>1.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -7733,100 +8581,116 @@
       <c r="C5" s="11"/>
       <c r="D5" s="11"/>
       <c r="E5" s="11"/>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13"/>
       <c r="C6" s="14"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="13" t="s">
         <v>92</v>
       </c>
-      <c r="G6" s="14"/>
+      <c r="G6" s="15">
+        <v>22.0</v>
+      </c>
       <c r="H6" s="15" t="s">
         <v>170</v>
       </c>
-      <c r="I6" s="16"/>
+      <c r="I6" s="16">
+        <v>14.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
       <c r="F7" s="13" t="s">
         <v>156</v>
       </c>
-      <c r="G7" s="14"/>
+      <c r="G7" s="15">
+        <v>20.0</v>
+      </c>
       <c r="H7" s="17" t="s">
         <v>105</v>
       </c>
-      <c r="I7" s="16"/>
+      <c r="I7" s="16">
+        <v>16.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="18"/>
       <c r="E8" s="16"/>
       <c r="F8" s="13" t="s">
         <v>171</v>
       </c>
-      <c r="G8" s="14"/>
+      <c r="G8" s="15">
+        <v>24.0</v>
+      </c>
       <c r="H8" s="18" t="s">
         <v>83</v>
       </c>
-      <c r="I8" s="16"/>
+      <c r="I8" s="16">
+        <v>12.0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="13" t="s">
         <v>73</v>
       </c>
-      <c r="G9" s="19"/>
+      <c r="G9" s="16">
+        <v>24.0</v>
+      </c>
       <c r="H9" s="16" t="s">
         <v>95</v>
       </c>
-      <c r="I9" s="16"/>
+      <c r="I9" s="16">
+        <v>12.0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
         <v>172</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
@@ -8274,156 +9138,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>24.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>7.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>171</v>
+      </c>
+      <c r="C38" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>24.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>156</v>
+      </c>
+      <c r="C39" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>20.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="C40" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>22.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>170</v>
+      </c>
+      <c r="C41" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>-8.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>14.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>6.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>105</v>
+      </c>
+      <c r="C42" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-4.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>5.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>83</v>
+      </c>
+      <c r="C43" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-12.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>5.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>95</v>
+      </c>
+      <c r="C44" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>-12.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>4.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -8470,129 +9414,145 @@
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
         <v>174</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
-      <c r="F4" s="49"/>
+      <c r="F4" s="55"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="F5" s="50"/>
-[...2 lines deleted...]
-      <c r="I5" s="50"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="56"/>
+      <c r="H5" s="56"/>
+      <c r="I5" s="56"/>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13" t="s">
         <v>47</v>
       </c>
-      <c r="C6" s="14"/>
+      <c r="C6" s="15">
+        <v>18.0</v>
+      </c>
       <c r="D6" s="15" t="s">
         <v>175</v>
       </c>
-      <c r="E6" s="16"/>
+      <c r="E6" s="16">
+        <v>18.0</v>
+      </c>
       <c r="F6" s="13"/>
       <c r="G6" s="14"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13" t="s">
         <v>114</v>
       </c>
-      <c r="C7" s="14"/>
+      <c r="C7" s="15">
+        <v>10.0</v>
+      </c>
       <c r="D7" s="17" t="s">
         <v>176</v>
       </c>
-      <c r="E7" s="16"/>
+      <c r="E7" s="16">
+        <v>26.0</v>
+      </c>
       <c r="F7" s="13"/>
       <c r="G7" s="14"/>
       <c r="H7" s="17"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13" t="s">
         <v>81</v>
       </c>
-      <c r="C8" s="14"/>
+      <c r="C8" s="15">
+        <v>8.0</v>
+      </c>
       <c r="D8" s="18" t="s">
         <v>121</v>
       </c>
-      <c r="E8" s="16"/>
+      <c r="E8" s="16">
+        <v>28.0</v>
+      </c>
       <c r="F8" s="13"/>
       <c r="G8" s="14"/>
       <c r="H8" s="18"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="C9" s="19"/>
+      <c r="C9" s="16">
+        <v>18.0</v>
+      </c>
       <c r="D9" s="16" t="s">
         <v>115</v>
       </c>
-      <c r="E9" s="16"/>
+      <c r="E9" s="16">
+        <v>18.0</v>
+      </c>
       <c r="F9" s="13"/>
       <c r="G9" s="19"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
         <v>166</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
@@ -9044,156 +10004,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>121</v>
+      </c>
+      <c r="C37" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>20.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>28.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>8.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>176</v>
+      </c>
+      <c r="C38" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>26.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="C39" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>115</v>
+      </c>
+      <c r="C40" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>175</v>
+      </c>
+      <c r="C41" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>5.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>107</v>
+      </c>
+      <c r="C42" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>5.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>114</v>
+      </c>
+      <c r="C43" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-16.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>10.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>3.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="C44" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>-20.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>3.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -9234,139 +10274,155 @@
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
         <v>174</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
-      <c r="B4" s="51"/>
+      <c r="B4" s="57"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="24" t="s">
         <v>2</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
-      <c r="B5" s="52"/>
-[...2 lines deleted...]
-      <c r="E5" s="53"/>
+      <c r="B5" s="58"/>
+      <c r="C5" s="59"/>
+      <c r="D5" s="59"/>
+      <c r="E5" s="59"/>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13"/>
       <c r="C6" s="14"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="13" t="s">
         <v>179</v>
       </c>
-      <c r="G6" s="14"/>
+      <c r="G6" s="15">
+        <v>12.0</v>
+      </c>
       <c r="H6" s="15" t="s">
         <v>57</v>
       </c>
-      <c r="I6" s="16"/>
+      <c r="I6" s="16">
+        <v>24.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
       <c r="F7" s="13" t="s">
         <v>180</v>
       </c>
-      <c r="G7" s="14"/>
+      <c r="G7" s="15">
+        <v>6.0</v>
+      </c>
       <c r="H7" s="17" t="s">
         <v>106</v>
       </c>
-      <c r="I7" s="16"/>
+      <c r="I7" s="16">
+        <v>30.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="18"/>
       <c r="E8" s="16"/>
       <c r="F8" s="13" t="s">
         <v>181</v>
       </c>
-      <c r="G8" s="14"/>
+      <c r="G8" s="15">
+        <v>12.0</v>
+      </c>
       <c r="H8" s="18" t="s">
         <v>182</v>
       </c>
-      <c r="I8" s="16"/>
+      <c r="I8" s="16">
+        <v>24.0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="13" t="s">
         <v>183</v>
       </c>
-      <c r="G9" s="19"/>
+      <c r="G9" s="16">
+        <v>26.0</v>
+      </c>
       <c r="H9" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="I9" s="16"/>
+      <c r="I9" s="16">
+        <v>10.0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
         <v>172</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
@@ -9814,156 +10870,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>183</v>
+      </c>
+      <c r="C37" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>26.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>9.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>106</v>
+      </c>
+      <c r="C38" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>24.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>30.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="C39" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>24.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>182</v>
+      </c>
+      <c r="C40" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>24.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>181</v>
+      </c>
+      <c r="C41" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>-12.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>5.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>179</v>
+      </c>
+      <c r="C42" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-12.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>3.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>180</v>
+      </c>
+      <c r="C43" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-24.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>3.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>32</v>
+      </c>
+      <c r="C44" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>-16.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>10.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>2.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -10047,70 +11183,78 @@
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="C6" s="14"/>
+      <c r="C6" s="15">
+        <v>26.0</v>
+      </c>
       <c r="D6" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="E6" s="16"/>
+      <c r="E6" s="16">
+        <v>10.0</v>
+      </c>
       <c r="F6" s="13"/>
       <c r="G6" s="14"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="C7" s="14"/>
+      <c r="C7" s="15">
+        <v>26.0</v>
+      </c>
       <c r="D7" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="E7" s="16"/>
+      <c r="E7" s="16">
+        <v>10.0</v>
+      </c>
       <c r="F7" s="13"/>
       <c r="G7" s="14"/>
       <c r="H7" s="17"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="C8" s="14"/>
       <c r="D8" s="18" t="s">
         <v>37</v>
       </c>
       <c r="E8" s="16"/>
       <c r="F8" s="13"/>
       <c r="G8" s="14"/>
       <c r="H8" s="18"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
@@ -10526,156 +11670,216 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>32</v>
+      </c>
+      <c r="C37" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>26.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>7.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>34</v>
+      </c>
+      <c r="C38" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>26.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>33</v>
+      </c>
+      <c r="C39" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>-16.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>10.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>35</v>
+      </c>
+      <c r="C40" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>-16.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>10.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="C41" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>0.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="C42" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>0.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="41"/>
+      <c r="C43" s="42"/>
+      <c r="D43" s="43"/>
+      <c r="E43" s="43"/>
+      <c r="F43" s="44"/>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-[...2 lines deleted...]
-    <row r="44">
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
+    </row>
+    <row r="44" hidden="1">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="45"/>
+      <c r="C44" s="43"/>
+      <c r="D44" s="44"/>
+      <c r="E44" s="44"/>
+      <c r="F44" s="44"/>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -10722,130 +11926,142 @@
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
         <v>174</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
-      <c r="F4" s="54"/>
+      <c r="F4" s="60"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="F5" s="53"/>
-[...2 lines deleted...]
-      <c r="I5" s="53"/>
+      <c r="F5" s="59"/>
+      <c r="G5" s="59"/>
+      <c r="H5" s="59"/>
+      <c r="I5" s="59"/>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="C6" s="15"/>
+      <c r="C6" s="15">
+        <v>18.0</v>
+      </c>
       <c r="D6" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="E6" s="16"/>
+      <c r="E6" s="16">
+        <v>18.0</v>
+      </c>
       <c r="F6" s="15"/>
       <c r="G6" s="15"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="C7" s="15"/>
+      <c r="C7" s="15">
+        <v>24.0</v>
+      </c>
       <c r="D7" s="15" t="s">
         <v>101</v>
       </c>
-      <c r="E7" s="16"/>
+      <c r="E7" s="16">
+        <v>12.0</v>
+      </c>
       <c r="F7" s="15"/>
       <c r="G7" s="15"/>
       <c r="H7" s="15"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="17" t="s">
         <v>136</v>
       </c>
-      <c r="C8" s="15"/>
+      <c r="C8" s="15">
+        <v>18.0</v>
+      </c>
       <c r="D8" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="E8" s="16"/>
+      <c r="E8" s="16">
+        <v>18.0</v>
+      </c>
       <c r="F8" s="17"/>
       <c r="G8" s="15"/>
       <c r="H8" s="15"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
-      <c r="B9" s="44" t="s">
+      <c r="B9" s="43" t="s">
         <v>187</v>
       </c>
       <c r="C9" s="16"/>
       <c r="D9" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E9" s="16"/>
-      <c r="F9" s="44"/>
+      <c r="F9" s="43"/>
       <c r="G9" s="16"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
         <v>188</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
@@ -10916,78 +12132,78 @@
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="15" t="s">
         <v>125</v>
       </c>
       <c r="C15" s="15"/>
       <c r="D15" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E15" s="16"/>
       <c r="F15" s="15" t="s">
         <v>125</v>
       </c>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>139</v>
       </c>
       <c r="I15" s="16"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="17" t="s">
         <v>136</v>
       </c>
       <c r="C16" s="15"/>
-      <c r="D16" s="44" t="s">
+      <c r="D16" s="43" t="s">
         <v>187</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="17" t="s">
         <v>136</v>
       </c>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>118</v>
       </c>
       <c r="I16" s="16"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
-      <c r="B17" s="44" t="s">
+      <c r="B17" s="43" t="s">
         <v>91</v>
       </c>
       <c r="C17" s="16"/>
       <c r="D17" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E17" s="16"/>
-      <c r="F17" s="44" t="s">
+      <c r="F17" s="43" t="s">
         <v>91</v>
       </c>
       <c r="G17" s="16"/>
-      <c r="H17" s="44" t="s">
+      <c r="H17" s="43" t="s">
         <v>187</v>
       </c>
       <c r="I17" s="16"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
         <v>189</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
@@ -11058,78 +12274,78 @@
     <row r="23">
       <c r="A23" s="1"/>
       <c r="B23" s="15" t="s">
         <v>125</v>
       </c>
       <c r="C23" s="15"/>
       <c r="D23" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E23" s="16"/>
       <c r="F23" s="15" t="s">
         <v>125</v>
       </c>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I23" s="16"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="17" t="s">
         <v>139</v>
       </c>
       <c r="C24" s="15"/>
-      <c r="D24" s="44" t="s">
+      <c r="D24" s="43" t="s">
         <v>187</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="17" t="s">
         <v>139</v>
       </c>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>118</v>
       </c>
       <c r="I24" s="16"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
-      <c r="B25" s="44" t="s">
+      <c r="B25" s="43" t="s">
         <v>101</v>
       </c>
       <c r="C25" s="16"/>
       <c r="D25" s="16" t="s">
         <v>118</v>
       </c>
       <c r="E25" s="16"/>
-      <c r="F25" s="44" t="s">
+      <c r="F25" s="43" t="s">
         <v>101</v>
       </c>
       <c r="G25" s="16"/>
-      <c r="H25" s="44" t="s">
+      <c r="H25" s="43" t="s">
         <v>187</v>
       </c>
       <c r="I25" s="16"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
       <c r="A27" s="23"/>
       <c r="B27" s="5" t="s">
         <v>190</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
@@ -11162,112 +12378,112 @@
       <c r="D29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F29" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I29" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
       <c r="B30" s="15" t="s">
         <v>130</v>
       </c>
       <c r="C30" s="15"/>
-      <c r="D30" s="44" t="s">
+      <c r="D30" s="43" t="s">
         <v>187</v>
       </c>
       <c r="E30" s="16"/>
       <c r="F30" s="15" t="s">
         <v>130</v>
       </c>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>118</v>
       </c>
       <c r="I30" s="16"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
       <c r="B31" s="15" t="s">
         <v>125</v>
       </c>
       <c r="C31" s="15"/>
       <c r="D31" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="16"/>
       <c r="F31" s="15" t="s">
         <v>125</v>
       </c>
       <c r="G31" s="15"/>
-      <c r="H31" s="44" t="s">
+      <c r="H31" s="43" t="s">
         <v>187</v>
       </c>
       <c r="I31" s="16"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
       <c r="B32" s="17" t="s">
         <v>139</v>
       </c>
       <c r="C32" s="15"/>
       <c r="D32" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E32" s="16"/>
       <c r="F32" s="17" t="s">
         <v>139</v>
       </c>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I32" s="16"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
-      <c r="B33" s="44" t="s">
+      <c r="B33" s="43" t="s">
         <v>101</v>
       </c>
       <c r="C33" s="16"/>
       <c r="D33" s="16" t="s">
         <v>91</v>
       </c>
       <c r="E33" s="16"/>
-      <c r="F33" s="44" t="s">
+      <c r="F33" s="43" t="s">
         <v>101</v>
       </c>
       <c r="G33" s="16"/>
       <c r="H33" s="16" t="s">
         <v>136</v>
       </c>
       <c r="I33" s="16"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
       <c r="B34" s="20"/>
       <c r="C34" s="20"/>
       <c r="D34" s="21"/>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
       <c r="H34" s="21"/>
       <c r="I34" s="20"/>
     </row>
     <row r="35">
       <c r="A35" s="23"/>
       <c r="B35" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="6"/>
@@ -11296,156 +12512,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>139</v>
+      </c>
+      <c r="C37" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>24.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>7.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>91</v>
+      </c>
+      <c r="C38" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="C39" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C40" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>136</v>
+      </c>
+      <c r="C41" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>4.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>101</v>
+      </c>
+      <c r="C42" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-12.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>4.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>187</v>
+      </c>
+      <c r="C43" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>0.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>118</v>
+      </c>
+      <c r="C44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>0.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -11486,151 +12782,163 @@
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
         <v>192</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
-      <c r="B4" s="51"/>
+      <c r="B4" s="57"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="9" t="s">
         <v>2</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
-      <c r="B5" s="52"/>
-[...2 lines deleted...]
-      <c r="E5" s="53"/>
+      <c r="B5" s="58"/>
+      <c r="C5" s="59"/>
+      <c r="D5" s="59"/>
+      <c r="E5" s="59"/>
       <c r="F5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="15"/>
       <c r="C6" s="15"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="G6" s="15"/>
+      <c r="G6" s="15">
+        <v>14.0</v>
+      </c>
       <c r="H6" s="15" t="s">
         <v>131</v>
       </c>
-      <c r="I6" s="16"/>
+      <c r="I6" s="16">
+        <v>22.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="15"/>
       <c r="C7" s="15"/>
       <c r="D7" s="15"/>
       <c r="E7" s="16"/>
       <c r="F7" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="G7" s="15"/>
+      <c r="G7" s="15">
+        <v>26.0</v>
+      </c>
       <c r="H7" s="15" t="s">
         <v>194</v>
       </c>
-      <c r="I7" s="16"/>
+      <c r="I7" s="16">
+        <v>10.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="17"/>
       <c r="C8" s="15"/>
       <c r="D8" s="15"/>
       <c r="E8" s="16"/>
       <c r="F8" s="17" t="s">
         <v>155</v>
       </c>
-      <c r="G8" s="15"/>
+      <c r="G8" s="15">
+        <v>26.0</v>
+      </c>
       <c r="H8" s="15" t="s">
         <v>195</v>
       </c>
-      <c r="I8" s="16"/>
+      <c r="I8" s="16">
+        <v>10.0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
-      <c r="B9" s="44"/>
+      <c r="B9" s="43"/>
       <c r="C9" s="16"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
-      <c r="F9" s="44"/>
+      <c r="F9" s="43"/>
       <c r="G9" s="16"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
     <row r="12">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="7"/>
       <c r="F12" s="24" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
     </row>
     <row r="13">
@@ -11697,74 +13005,74 @@
         <v>195</v>
       </c>
       <c r="I15" s="16"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="17" t="s">
         <v>194</v>
       </c>
       <c r="C16" s="15"/>
       <c r="D16" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="17" t="s">
         <v>64</v>
       </c>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>155</v>
       </c>
       <c r="I16" s="16"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
-      <c r="B17" s="44"/>
+      <c r="B17" s="43"/>
       <c r="C17" s="16"/>
       <c r="D17" s="16"/>
       <c r="E17" s="16"/>
-      <c r="F17" s="44"/>
+      <c r="F17" s="43"/>
       <c r="G17" s="16"/>
       <c r="H17" s="16"/>
       <c r="I17" s="16"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
     <row r="20">
       <c r="A20" s="8"/>
       <c r="B20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="7"/>
       <c r="F20" s="24" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="7"/>
     </row>
     <row r="21">
@@ -11831,55 +13139,55 @@
         <v>64</v>
       </c>
       <c r="I23" s="16"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="17" t="s">
         <v>64</v>
       </c>
       <c r="C24" s="15"/>
       <c r="D24" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="17" t="s">
         <v>194</v>
       </c>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>155</v>
       </c>
       <c r="I24" s="16"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
-      <c r="B25" s="44"/>
+      <c r="B25" s="43"/>
       <c r="C25" s="16"/>
       <c r="D25" s="16"/>
       <c r="E25" s="16"/>
-      <c r="F25" s="44"/>
+      <c r="F25" s="43"/>
       <c r="G25" s="16"/>
       <c r="H25" s="16"/>
       <c r="I25" s="16"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
       <c r="A27" s="1"/>
       <c r="B27" s="20"/>
       <c r="C27" s="20"/>
       <c r="D27" s="21"/>
       <c r="E27" s="20"/>
       <c r="F27" s="20"/>
       <c r="G27" s="20"/>
       <c r="H27" s="21"/>
       <c r="I27" s="20"/>
@@ -11915,342 +13223,396 @@
         <v>27</v>
       </c>
       <c r="G29" s="27"/>
       <c r="H29" s="27"/>
       <c r="I29" s="27"/>
       <c r="J29" s="32"/>
       <c r="K29" s="32"/>
       <c r="L29" s="32"/>
       <c r="M29" s="32"/>
       <c r="N29" s="32"/>
       <c r="O29" s="32"/>
       <c r="P29" s="32"/>
       <c r="Q29" s="32"/>
       <c r="R29" s="32"/>
       <c r="S29" s="32"/>
       <c r="T29" s="32"/>
       <c r="U29" s="32"/>
       <c r="V29" s="32"/>
       <c r="W29" s="32"/>
       <c r="X29" s="32"/>
       <c r="Y29" s="32"/>
       <c r="Z29" s="32"/>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
-      <c r="B30" s="33"/>
-[...3 lines deleted...]
-      <c r="F30" s="35"/>
+      <c r="B30" s="33" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D30" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="E30" s="33">
+        <v>26.0</v>
+      </c>
+      <c r="F30" s="33">
+        <v>8.0</v>
+      </c>
       <c r="G30" s="1"/>
-      <c r="H30" s="36"/>
+      <c r="H30" s="34"/>
       <c r="I30" s="1"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
-      <c r="B31" s="33"/>
-[...6 lines deleted...]
-      <c r="I31" s="37"/>
+      <c r="B31" s="33" t="s">
+        <v>64</v>
+      </c>
+      <c r="C31" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D31" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="E31" s="33">
+        <v>26.0</v>
+      </c>
+      <c r="F31" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="G31" s="35"/>
+      <c r="H31" s="34"/>
+      <c r="I31" s="35"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
-      <c r="B32" s="33"/>
-[...6 lines deleted...]
-      <c r="I32" s="37"/>
+      <c r="B32" s="33" t="s">
+        <v>131</v>
+      </c>
+      <c r="C32" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D32" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="E32" s="33">
+        <v>22.0</v>
+      </c>
+      <c r="F32" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="G32" s="35"/>
+      <c r="H32" s="34"/>
+      <c r="I32" s="35"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
-      <c r="B33" s="38"/>
-[...6 lines deleted...]
-      <c r="I33" s="37"/>
+      <c r="B33" s="33" t="s">
+        <v>193</v>
+      </c>
+      <c r="C33" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D33" s="33">
+        <v>-8.0</v>
+      </c>
+      <c r="E33" s="33">
+        <v>14.0</v>
+      </c>
+      <c r="F33" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="G33" s="35"/>
+      <c r="H33" s="36"/>
+      <c r="I33" s="35"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
-      <c r="B34" s="33"/>
-[...3 lines deleted...]
-      <c r="F34" s="40"/>
+      <c r="B34" s="33" t="s">
+        <v>194</v>
+      </c>
+      <c r="C34" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D34" s="33">
+        <v>-16.0</v>
+      </c>
+      <c r="E34" s="33">
+        <v>10.0</v>
+      </c>
+      <c r="F34" s="33">
+        <v>4.0</v>
+      </c>
       <c r="G34" s="1"/>
-      <c r="H34" s="36"/>
-      <c r="I34" s="37"/>
+      <c r="H34" s="34"/>
+      <c r="I34" s="35"/>
     </row>
     <row r="35">
       <c r="A35" s="1"/>
-      <c r="B35" s="33"/>
-[...3 lines deleted...]
-      <c r="F35" s="16"/>
+      <c r="B35" s="33" t="s">
+        <v>195</v>
+      </c>
+      <c r="C35" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D35" s="33">
+        <v>-16.0</v>
+      </c>
+      <c r="E35" s="33">
+        <v>10.0</v>
+      </c>
+      <c r="F35" s="33">
+        <v>3.0</v>
+      </c>
       <c r="G35" s="1"/>
-      <c r="H35" s="41"/>
-      <c r="I35" s="37"/>
+      <c r="H35" s="37"/>
+      <c r="I35" s="35"/>
     </row>
     <row r="36">
       <c r="A36" s="1"/>
-      <c r="B36" s="42"/>
-[...3 lines deleted...]
-      <c r="F36" s="35"/>
+      <c r="B36" s="38"/>
+      <c r="C36" s="21"/>
+      <c r="D36" s="21"/>
+      <c r="E36" s="21"/>
+      <c r="F36" s="21"/>
       <c r="G36" s="1"/>
-      <c r="H36" s="36"/>
-      <c r="I36" s="37"/>
+      <c r="H36" s="38"/>
+      <c r="I36" s="1"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="43"/>
-[...21 lines deleted...]
-      <c r="B39" s="46" t="s">
+      <c r="B37" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F39" s="47">
+      <c r="F37" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B28:F28"/>
-    <mergeCell ref="B39:E39"/>
-    <mergeCell ref="F39:I39"/>
+    <mergeCell ref="B37:E37"/>
+    <mergeCell ref="F37:I37"/>
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
         <v>163</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
-      <c r="F4" s="54"/>
+      <c r="F4" s="60"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="F5" s="53"/>
-[...2 lines deleted...]
-      <c r="I5" s="53"/>
+      <c r="F5" s="59"/>
+      <c r="G5" s="59"/>
+      <c r="H5" s="59"/>
+      <c r="I5" s="59"/>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="15" t="s">
         <v>124</v>
       </c>
-      <c r="C6" s="15"/>
+      <c r="C6" s="15">
+        <v>26.0</v>
+      </c>
       <c r="D6" s="15" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="E6" s="16"/>
+        <v>198</v>
+      </c>
+      <c r="E6" s="16">
+        <v>10.0</v>
+      </c>
       <c r="F6" s="15"/>
       <c r="G6" s="15"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="C7" s="15">
+        <v>4.0</v>
+      </c>
+      <c r="D7" s="15" t="s">
         <v>200</v>
       </c>
-      <c r="C7" s="15"/>
-[...3 lines deleted...]
-      <c r="E7" s="16"/>
+      <c r="E7" s="16">
+        <v>32.0</v>
+      </c>
       <c r="F7" s="15"/>
       <c r="G7" s="15"/>
       <c r="H7" s="15"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="17" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="C8" s="15"/>
+        <v>201</v>
+      </c>
+      <c r="C8" s="15">
+        <v>14.0</v>
+      </c>
       <c r="D8" s="15" t="s">
         <v>147</v>
       </c>
-      <c r="E8" s="16"/>
+      <c r="E8" s="16">
+        <v>22.0</v>
+      </c>
       <c r="F8" s="17"/>
       <c r="G8" s="15"/>
       <c r="H8" s="15"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
-      <c r="B9" s="44" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="16"/>
+      <c r="B9" s="43" t="s">
+        <v>202</v>
+      </c>
+      <c r="C9" s="16">
+        <v>12.0</v>
+      </c>
       <c r="D9" s="16" t="s">
         <v>93</v>
       </c>
-      <c r="E9" s="16"/>
-      <c r="F9" s="44"/>
+      <c r="E9" s="16">
+        <v>24.0</v>
+      </c>
+      <c r="F9" s="43"/>
       <c r="G9" s="16"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
     <row r="12">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="7"/>
       <c r="F12" s="24" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
     </row>
     <row r="13">
@@ -12265,116 +13627,116 @@
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="15" t="s">
         <v>124</v>
       </c>
       <c r="C14" s="15"/>
       <c r="D14" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="E14" s="16"/>
       <c r="F14" s="15" t="s">
         <v>124</v>
       </c>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="I14" s="16"/>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="15" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C15" s="15"/>
       <c r="D15" s="15" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="E15" s="16"/>
       <c r="F15" s="15" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="I15" s="16"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="17" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C16" s="15"/>
       <c r="D16" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="17" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>93</v>
       </c>
       <c r="I16" s="16"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
-      <c r="B17" s="44" t="s">
+      <c r="B17" s="43" t="s">
         <v>147</v>
       </c>
       <c r="C17" s="16"/>
       <c r="D17" s="16" t="s">
         <v>93</v>
       </c>
       <c r="E17" s="16"/>
-      <c r="F17" s="44" t="s">
+      <c r="F17" s="43" t="s">
         <v>147</v>
       </c>
       <c r="G17" s="16"/>
       <c r="H17" s="16" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I17" s="16"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
         <v>184</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
@@ -12407,116 +13769,116 @@
         <v>5</v>
       </c>
       <c r="E21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I21" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1"/>
       <c r="B22" s="15" t="s">
         <v>124</v>
       </c>
       <c r="C22" s="15"/>
       <c r="D22" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E22" s="16"/>
       <c r="F22" s="15" t="s">
         <v>124</v>
       </c>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>147</v>
       </c>
       <c r="I22" s="16"/>
     </row>
     <row r="23">
       <c r="A23" s="1"/>
       <c r="B23" s="15" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C23" s="15"/>
       <c r="D23" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E23" s="16"/>
       <c r="F23" s="15" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="I23" s="16"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="17" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C24" s="15"/>
       <c r="D24" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="17" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>93</v>
       </c>
       <c r="I24" s="16"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
-      <c r="B25" s="44" t="s">
-        <v>201</v>
+      <c r="B25" s="43" t="s">
+        <v>200</v>
       </c>
       <c r="C25" s="16"/>
       <c r="D25" s="16" t="s">
         <v>93</v>
       </c>
       <c r="E25" s="16"/>
-      <c r="F25" s="44" t="s">
-        <v>201</v>
+      <c r="F25" s="43" t="s">
+        <v>200</v>
       </c>
       <c r="G25" s="16"/>
       <c r="H25" s="16" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I25" s="16"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
       <c r="A27" s="23"/>
       <c r="B27" s="5" t="s">
         <v>190</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
@@ -12549,116 +13911,116 @@
         <v>5</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F29" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I29" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
       <c r="B30" s="15" t="s">
         <v>124</v>
       </c>
       <c r="C30" s="15"/>
       <c r="D30" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E30" s="16"/>
       <c r="F30" s="15" t="s">
         <v>124</v>
       </c>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="I30" s="16"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
       <c r="B31" s="15" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C31" s="15"/>
       <c r="D31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E31" s="16"/>
       <c r="F31" s="15" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="I31" s="16"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
       <c r="B32" s="17" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C32" s="15"/>
       <c r="D32" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E32" s="16"/>
       <c r="F32" s="17" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>147</v>
       </c>
       <c r="I32" s="16"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
-      <c r="B33" s="44" t="s">
-        <v>201</v>
+      <c r="B33" s="43" t="s">
+        <v>200</v>
       </c>
       <c r="C33" s="16"/>
       <c r="D33" s="16" t="s">
         <v>147</v>
       </c>
       <c r="E33" s="16"/>
-      <c r="F33" s="44" t="s">
-        <v>201</v>
+      <c r="F33" s="43" t="s">
+        <v>200</v>
       </c>
       <c r="G33" s="16"/>
       <c r="H33" s="16" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="I33" s="16"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
       <c r="B34" s="20"/>
       <c r="C34" s="20"/>
       <c r="D34" s="21"/>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
       <c r="H34" s="21"/>
       <c r="I34" s="20"/>
     </row>
     <row r="35">
       <c r="A35" s="23"/>
       <c r="B35" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
       <c r="E35" s="6"/>
       <c r="F35" s="7"/>
       <c r="G35" s="23"/>
       <c r="H35" s="23"/>
@@ -12682,156 +14044,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>200</v>
+      </c>
+      <c r="C37" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>28.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>32.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>9.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>124</v>
+      </c>
+      <c r="C38" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>26.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="C39" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>24.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="C40" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>22.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>201</v>
+      </c>
+      <c r="C41" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>-8.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>14.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>4.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>202</v>
+      </c>
+      <c r="C42" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-12.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>3.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="C43" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-16.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>10.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>3.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>199</v>
+      </c>
+      <c r="C44" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>-28.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>2.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -12843,184 +14285,200 @@
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
-      <c r="B4" s="49"/>
+      <c r="B4" s="55"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="24" t="s">
         <v>2</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
-      <c r="B5" s="55"/>
-[...2 lines deleted...]
-      <c r="E5" s="50"/>
+      <c r="B5" s="61"/>
+      <c r="C5" s="56"/>
+      <c r="D5" s="56"/>
+      <c r="E5" s="56"/>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13"/>
       <c r="C6" s="14"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="13" t="s">
+        <v>206</v>
+      </c>
+      <c r="G6" s="15">
+        <v>34.0</v>
+      </c>
+      <c r="H6" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="G6" s="14"/>
-[...3 lines deleted...]
-      <c r="I6" s="16"/>
+      <c r="I6" s="16">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
       <c r="F7" s="13" t="s">
+        <v>208</v>
+      </c>
+      <c r="G7" s="15">
+        <v>24.0</v>
+      </c>
+      <c r="H7" s="17" t="s">
         <v>209</v>
       </c>
-      <c r="G7" s="14"/>
-[...3 lines deleted...]
-      <c r="I7" s="16"/>
+      <c r="I7" s="16">
+        <v>12.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="18"/>
       <c r="E8" s="16"/>
       <c r="F8" s="13" t="s">
         <v>123</v>
       </c>
-      <c r="G8" s="14"/>
+      <c r="G8" s="15">
+        <v>6.0</v>
+      </c>
       <c r="H8" s="18" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="I8" s="16"/>
+        <v>210</v>
+      </c>
+      <c r="I8" s="16">
+        <v>30.0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="G9" s="19"/>
+      <c r="G9" s="16">
+        <v>14.0</v>
+      </c>
       <c r="H9" s="16" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="I9" s="16"/>
+        <v>211</v>
+      </c>
+      <c r="I9" s="16">
+        <v>22.0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
     <row r="12">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="7"/>
       <c r="F12" s="24" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
     </row>
     <row r="13">
@@ -13031,116 +14489,116 @@
       <c r="C13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="E14" s="16"/>
       <c r="F14" s="13" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="G14" s="14"/>
       <c r="H14" s="15" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="I14" s="16"/>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="E15" s="16"/>
       <c r="F15" s="13" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="G15" s="14"/>
       <c r="H15" s="17" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="I15" s="16"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
         <v>123</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="18" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="16"/>
       <c r="F16" s="13" t="s">
         <v>123</v>
       </c>
       <c r="G16" s="14"/>
       <c r="H16" s="18" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="I16" s="16"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="16" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="13" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="G17" s="19"/>
       <c r="H17" s="16" t="s">
         <v>9</v>
       </c>
       <c r="I17" s="16"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
         <v>189</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
@@ -13173,116 +14631,116 @@
       <c r="C21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H21" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I21" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1"/>
       <c r="B22" s="13" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C22" s="14"/>
       <c r="D22" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E22" s="16"/>
       <c r="F22" s="13" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="G22" s="14"/>
       <c r="H22" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="I22" s="16"/>
     </row>
     <row r="23">
       <c r="A23" s="1"/>
       <c r="B23" s="13" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C23" s="14"/>
       <c r="D23" s="17" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="E23" s="16"/>
       <c r="F23" s="13" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="G23" s="14"/>
       <c r="H23" s="17" t="s">
         <v>123</v>
       </c>
       <c r="I23" s="16"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="13" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C24" s="14"/>
       <c r="D24" s="18" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="13" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="G24" s="14"/>
       <c r="H24" s="18" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="I24" s="16"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
       <c r="B25" s="13" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C25" s="19"/>
       <c r="D25" s="16" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E25" s="16"/>
       <c r="F25" s="13" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="G25" s="19"/>
       <c r="H25" s="16" t="s">
         <v>9</v>
       </c>
       <c r="I25" s="16"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
       <c r="A27" s="23"/>
       <c r="B27" s="5" t="s">
         <v>190</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
@@ -13315,116 +14773,116 @@
       <c r="C29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F29" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G29" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I29" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
       <c r="B30" s="13" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="15" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="16"/>
       <c r="F30" s="13" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="G30" s="14"/>
       <c r="H30" s="15" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="I30" s="16"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
       <c r="B31" s="13" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C31" s="14"/>
       <c r="D31" s="17" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E31" s="16"/>
       <c r="F31" s="13" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="G31" s="14"/>
       <c r="H31" s="17" t="s">
         <v>9</v>
       </c>
       <c r="I31" s="16"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
       <c r="B32" s="13" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C32" s="14"/>
       <c r="D32" s="18" t="s">
         <v>123</v>
       </c>
       <c r="E32" s="16"/>
       <c r="F32" s="13" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="G32" s="14"/>
       <c r="H32" s="18" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="I32" s="16"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
       <c r="B33" s="13" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C33" s="19"/>
       <c r="D33" s="16" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="E33" s="16"/>
       <c r="F33" s="13" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="G33" s="19"/>
       <c r="H33" s="16" t="s">
         <v>123</v>
       </c>
       <c r="I33" s="16"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
       <c r="B34" s="20"/>
       <c r="C34" s="20"/>
       <c r="D34" s="21"/>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
       <c r="H34" s="21"/>
       <c r="I34" s="20"/>
     </row>
     <row r="35">
       <c r="A35" s="23"/>
       <c r="B35" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
@@ -13452,156 +14910,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>206</v>
+      </c>
+      <c r="C37" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>32.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>34.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>10.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>210</v>
+      </c>
+      <c r="C38" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>24.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>30.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>208</v>
+      </c>
+      <c r="C39" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>24.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>211</v>
+      </c>
+      <c r="C40" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>22.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>-8.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>14.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>5.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>209</v>
+      </c>
+      <c r="C42" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-12.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>5.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="C43" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-24.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>3.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>207</v>
+      </c>
+      <c r="C44" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>-32.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>1.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -13613,495 +15151,527 @@
   <sheetPr>
     <tabColor rgb="FF7F6000"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="9" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="9" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
-      <c r="B6" s="56" t="s">
+      <c r="B6" s="62" t="s">
         <v>180</v>
       </c>
-      <c r="C6" s="16"/>
-[...4 lines deleted...]
-      <c r="F6" s="56" t="s">
+      <c r="C6" s="16">
+        <v>6.0</v>
+      </c>
+      <c r="D6" s="62" t="s">
+        <v>217</v>
+      </c>
+      <c r="E6" s="16">
+        <v>18.0</v>
+      </c>
+      <c r="F6" s="62" t="s">
         <v>180</v>
       </c>
-      <c r="G6" s="15"/>
-      <c r="H6" s="56" t="s">
+      <c r="G6" s="15">
+        <v>4.0</v>
+      </c>
+      <c r="H6" s="62" t="s">
         <v>47</v>
       </c>
-      <c r="I6" s="16"/>
+      <c r="I6" s="16">
+        <v>20.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
-      <c r="B7" s="56" t="s">
+      <c r="B7" s="62" t="s">
         <v>47</v>
       </c>
-      <c r="C7" s="15"/>
-      <c r="D7" s="56" t="s">
+      <c r="C7" s="15">
+        <v>14.0</v>
+      </c>
+      <c r="D7" s="62" t="s">
         <v>164</v>
       </c>
-      <c r="E7" s="16"/>
-[...4 lines deleted...]
-      <c r="H7" s="56" t="s">
+      <c r="E7" s="16">
+        <v>10.0</v>
+      </c>
+      <c r="F7" s="62" t="s">
+        <v>217</v>
+      </c>
+      <c r="G7" s="16">
+        <v>8.0</v>
+      </c>
+      <c r="H7" s="62" t="s">
         <v>57</v>
       </c>
-      <c r="I7" s="16"/>
+      <c r="I7" s="16">
+        <v>16.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
-      <c r="B8" s="56" t="s">
+      <c r="B8" s="62" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="16"/>
-      <c r="D8" s="56" t="s">
-        <v>219</v>
+      <c r="D8" s="62" t="s">
+        <v>218</v>
       </c>
       <c r="E8" s="16"/>
-      <c r="F8" s="56" t="s">
+      <c r="F8" s="62" t="s">
         <v>164</v>
       </c>
       <c r="G8" s="15"/>
-      <c r="H8" s="56" t="s">
-        <v>219</v>
+      <c r="H8" s="62" t="s">
+        <v>218</v>
       </c>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
-      <c r="F9" s="44"/>
+      <c r="F9" s="43"/>
       <c r="G9" s="16"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
     <row r="12">
       <c r="A12" s="8"/>
       <c r="B12" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="7"/>
       <c r="F12" s="9" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
     </row>
     <row r="13">
       <c r="A13" s="8"/>
       <c r="B13" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
-      <c r="B14" s="56" t="s">
+      <c r="B14" s="62" t="s">
         <v>180</v>
       </c>
-      <c r="C14" s="16"/>
-      <c r="D14" s="56" t="s">
+      <c r="C14" s="16">
+        <v>10.0</v>
+      </c>
+      <c r="D14" s="62" t="s">
         <v>164</v>
       </c>
-      <c r="E14" s="16"/>
-      <c r="F14" s="56" t="s">
+      <c r="E14" s="16">
+        <v>14.0</v>
+      </c>
+      <c r="F14" s="62" t="s">
         <v>180</v>
       </c>
-      <c r="G14" s="15"/>
-      <c r="H14" s="56" t="s">
+      <c r="G14" s="15">
+        <v>14.0</v>
+      </c>
+      <c r="H14" s="62" t="s">
         <v>57</v>
       </c>
-      <c r="I14" s="16"/>
+      <c r="I14" s="16">
+        <v>10.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
-      <c r="B15" s="56" t="s">
+      <c r="B15" s="62" t="s">
+        <v>217</v>
+      </c>
+      <c r="C15" s="15"/>
+      <c r="D15" s="62" t="s">
         <v>218</v>
       </c>
-      <c r="C15" s="15"/>
-[...2 lines deleted...]
-      </c>
       <c r="E15" s="16"/>
-      <c r="F15" s="56" t="s">
-[...3 lines deleted...]
-      <c r="H15" s="56" t="s">
+      <c r="F15" s="62" t="s">
+        <v>217</v>
+      </c>
+      <c r="G15" s="16">
+        <v>14.0</v>
+      </c>
+      <c r="H15" s="62" t="s">
         <v>164</v>
       </c>
-      <c r="I15" s="16"/>
+      <c r="I15" s="16">
+        <v>10.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
-      <c r="B16" s="56" t="s">
+      <c r="B16" s="62" t="s">
         <v>47</v>
       </c>
-      <c r="C16" s="16"/>
-      <c r="D16" s="56" t="s">
+      <c r="C16" s="16">
+        <v>10.0</v>
+      </c>
+      <c r="D16" s="62" t="s">
         <v>57</v>
       </c>
-      <c r="E16" s="16"/>
-      <c r="F16" s="56" t="s">
+      <c r="E16" s="16">
+        <v>14.0</v>
+      </c>
+      <c r="F16" s="62" t="s">
         <v>47</v>
       </c>
       <c r="G16" s="16"/>
-      <c r="H16" s="56" t="s">
-        <v>219</v>
+      <c r="H16" s="62" t="s">
+        <v>218</v>
       </c>
       <c r="I16" s="16"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
-      <c r="B17" s="44"/>
+      <c r="B17" s="43"/>
       <c r="C17" s="16"/>
       <c r="D17" s="16"/>
       <c r="E17" s="16"/>
-      <c r="F17" s="57"/>
+      <c r="F17" s="63"/>
       <c r="G17" s="16"/>
       <c r="H17" s="16"/>
       <c r="I17" s="16"/>
     </row>
     <row r="18">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6"/>
       <c r="E18" s="6"/>
       <c r="F18" s="6"/>
       <c r="G18" s="6"/>
       <c r="H18" s="6"/>
       <c r="I18" s="7"/>
     </row>
     <row r="19">
       <c r="A19" s="1"/>
-      <c r="B19" s="49"/>
+      <c r="B19" s="55"/>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="7"/>
       <c r="F19" s="9" t="s">
         <v>19</v>
       </c>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
     <row r="20">
       <c r="A20" s="1"/>
-      <c r="B20" s="55"/>
-[...2 lines deleted...]
-      <c r="E20" s="50"/>
+      <c r="B20" s="61"/>
+      <c r="C20" s="56"/>
+      <c r="D20" s="56"/>
+      <c r="E20" s="56"/>
       <c r="F20" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G20" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H20" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I20" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1"/>
-      <c r="B21" s="56"/>
+      <c r="B21" s="62"/>
       <c r="C21" s="16"/>
-      <c r="D21" s="56"/>
+      <c r="D21" s="62"/>
       <c r="E21" s="16"/>
-      <c r="F21" s="56" t="s">
+      <c r="F21" s="62" t="s">
         <v>180</v>
       </c>
       <c r="G21" s="16"/>
-      <c r="H21" s="56" t="s">
-        <v>219</v>
+      <c r="H21" s="62" t="s">
+        <v>218</v>
       </c>
       <c r="I21" s="16"/>
     </row>
     <row r="22">
       <c r="A22" s="1"/>
-      <c r="B22" s="56"/>
+      <c r="B22" s="62"/>
       <c r="C22" s="16"/>
-      <c r="D22" s="56"/>
+      <c r="D22" s="62"/>
       <c r="E22" s="16"/>
-      <c r="F22" s="56" t="s">
-        <v>218</v>
+      <c r="F22" s="62" t="s">
+        <v>217</v>
       </c>
       <c r="G22" s="15"/>
-      <c r="H22" s="56" t="s">
+      <c r="H22" s="62" t="s">
         <v>47</v>
       </c>
       <c r="I22" s="16"/>
     </row>
     <row r="23">
       <c r="A23" s="1"/>
-      <c r="B23" s="56"/>
+      <c r="B23" s="62"/>
       <c r="C23" s="16"/>
-      <c r="D23" s="56"/>
+      <c r="D23" s="62"/>
       <c r="E23" s="16"/>
-      <c r="F23" s="56" t="s">
+      <c r="F23" s="62" t="s">
         <v>164</v>
       </c>
       <c r="G23" s="16"/>
-      <c r="H23" s="56" t="s">
+      <c r="H23" s="62" t="s">
         <v>57</v>
       </c>
       <c r="I23" s="16"/>
     </row>
     <row r="24" hidden="1">
       <c r="A24" s="1"/>
       <c r="B24" s="13"/>
       <c r="C24" s="19"/>
       <c r="D24" s="16"/>
       <c r="E24" s="16"/>
-      <c r="F24" s="44"/>
+      <c r="F24" s="43"/>
       <c r="G24" s="16"/>
       <c r="H24" s="16"/>
       <c r="I24" s="16"/>
     </row>
     <row r="25" hidden="1">
       <c r="A25" s="1"/>
       <c r="B25" s="20"/>
       <c r="C25" s="20"/>
       <c r="D25" s="21"/>
       <c r="E25" s="20"/>
       <c r="F25" s="20"/>
       <c r="G25" s="20"/>
       <c r="H25" s="21"/>
       <c r="I25" s="20"/>
     </row>
     <row r="26" hidden="1">
       <c r="A26" s="8"/>
-      <c r="B26" s="51"/>
+      <c r="B26" s="57"/>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" s="7"/>
-      <c r="F26" s="54"/>
+      <c r="F26" s="60"/>
       <c r="G26" s="6"/>
       <c r="H26" s="6"/>
       <c r="I26" s="7"/>
     </row>
     <row r="27" hidden="1">
       <c r="A27" s="8"/>
-      <c r="B27" s="52"/>
-[...6 lines deleted...]
-      <c r="I27" s="53"/>
+      <c r="B27" s="58"/>
+      <c r="C27" s="59"/>
+      <c r="D27" s="59"/>
+      <c r="E27" s="59"/>
+      <c r="F27" s="59"/>
+      <c r="G27" s="59"/>
+      <c r="H27" s="59"/>
+      <c r="I27" s="59"/>
     </row>
     <row r="28" hidden="1">
       <c r="A28" s="1"/>
       <c r="B28" s="13"/>
       <c r="C28" s="14"/>
       <c r="D28" s="18"/>
       <c r="E28" s="19"/>
       <c r="F28" s="16"/>
       <c r="G28" s="14"/>
       <c r="H28" s="15"/>
       <c r="I28" s="19"/>
     </row>
     <row r="29" hidden="1">
       <c r="A29" s="1"/>
       <c r="B29" s="13"/>
       <c r="C29" s="14"/>
       <c r="D29" s="15"/>
       <c r="E29" s="19"/>
       <c r="F29" s="16"/>
       <c r="G29" s="14"/>
       <c r="H29" s="15"/>
       <c r="I29" s="19"/>
     </row>
     <row r="30" hidden="1">
       <c r="A30" s="1"/>
       <c r="B30" s="13"/>
       <c r="C30" s="14"/>
       <c r="D30" s="15"/>
       <c r="E30" s="19"/>
       <c r="F30" s="16"/>
       <c r="G30" s="14"/>
       <c r="H30" s="15"/>
       <c r="I30" s="19"/>
     </row>
     <row r="31" hidden="1">
       <c r="A31" s="1"/>
       <c r="B31" s="13"/>
       <c r="C31" s="19"/>
       <c r="D31" s="16"/>
       <c r="E31" s="19"/>
-      <c r="F31" s="48"/>
+      <c r="F31" s="54"/>
       <c r="G31" s="19"/>
       <c r="H31" s="16"/>
       <c r="I31" s="19"/>
     </row>
     <row r="32" hidden="1">
       <c r="A32" s="1"/>
       <c r="B32" s="20"/>
       <c r="C32" s="20"/>
       <c r="D32" s="21"/>
       <c r="E32" s="20"/>
       <c r="F32" s="20"/>
       <c r="G32" s="20"/>
       <c r="H32" s="21"/>
       <c r="I32" s="20"/>
     </row>
     <row r="33" hidden="1">
       <c r="A33" s="23"/>
       <c r="B33" s="5"/>
       <c r="C33" s="6"/>
       <c r="D33" s="6"/>
       <c r="E33" s="6"/>
       <c r="F33" s="6"/>
       <c r="G33" s="6"/>
       <c r="H33" s="6"/>
       <c r="I33" s="7"/>
@@ -14143,64 +15713,64 @@
       <c r="A37" s="1"/>
       <c r="B37" s="13"/>
       <c r="C37" s="14"/>
       <c r="D37" s="18"/>
       <c r="E37" s="19"/>
       <c r="F37" s="16"/>
       <c r="G37" s="14"/>
       <c r="H37" s="15"/>
       <c r="I37" s="19"/>
     </row>
     <row r="38" hidden="1">
       <c r="A38" s="1"/>
       <c r="B38" s="13"/>
       <c r="C38" s="14"/>
       <c r="D38" s="15"/>
       <c r="E38" s="19"/>
       <c r="F38" s="16"/>
       <c r="G38" s="14"/>
       <c r="H38" s="15"/>
       <c r="I38" s="19"/>
     </row>
     <row r="39" hidden="1">
       <c r="A39" s="1"/>
       <c r="B39" s="13"/>
       <c r="C39" s="19"/>
-      <c r="D39" s="48"/>
+      <c r="D39" s="54"/>
       <c r="E39" s="19"/>
       <c r="F39" s="16"/>
       <c r="G39" s="19"/>
-      <c r="H39" s="48"/>
+      <c r="H39" s="54"/>
       <c r="I39" s="19"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="44"/>
+      <c r="B40" s="43"/>
       <c r="C40" s="16"/>
       <c r="D40" s="16"/>
       <c r="E40" s="16"/>
-      <c r="F40" s="57"/>
+      <c r="F40" s="63"/>
       <c r="G40" s="16"/>
       <c r="H40" s="16"/>
       <c r="I40" s="16"/>
     </row>
     <row r="41">
       <c r="A41" s="23"/>
       <c r="B41" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6"/>
       <c r="E41" s="6"/>
       <c r="F41" s="7"/>
       <c r="G41" s="23"/>
       <c r="H41" s="23"/>
       <c r="I41" s="23"/>
     </row>
     <row r="42">
       <c r="A42" s="27"/>
       <c r="B42" s="28" t="s">
         <v>24</v>
       </c>
       <c r="C42" s="29" t="s">
         <v>4</v>
       </c>
@@ -14214,559 +15784,629 @@
         <v>27</v>
       </c>
       <c r="G42" s="27"/>
       <c r="H42" s="27"/>
       <c r="I42" s="27"/>
       <c r="J42" s="32"/>
       <c r="K42" s="32"/>
       <c r="L42" s="32"/>
       <c r="M42" s="32"/>
       <c r="N42" s="32"/>
       <c r="O42" s="32"/>
       <c r="P42" s="32"/>
       <c r="Q42" s="32"/>
       <c r="R42" s="32"/>
       <c r="S42" s="32"/>
       <c r="T42" s="32"/>
       <c r="U42" s="32"/>
       <c r="V42" s="32"/>
       <c r="W42" s="32"/>
       <c r="X42" s="32"/>
       <c r="Y42" s="32"/>
       <c r="Z42" s="32"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="33"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="C43" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>44.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>9.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
+      <c r="H43" s="34"/>
       <c r="I43" s="1"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="33"/>
-[...6 lines deleted...]
-      <c r="I44" s="37"/>
+      <c r="B44" s="33" t="s">
+        <v>217</v>
+      </c>
+      <c r="C44" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>40.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>9.0</v>
+      </c>
+      <c r="G44" s="35"/>
+      <c r="H44" s="34"/>
+      <c r="I44" s="35"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="33"/>
-[...6 lines deleted...]
-      <c r="I45" s="37"/>
+      <c r="B45" s="33" t="s">
+        <v>57</v>
+      </c>
+      <c r="C45" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D45" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="E45" s="33">
+        <v>40.0</v>
+      </c>
+      <c r="F45" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="G45" s="35"/>
+      <c r="H45" s="34"/>
+      <c r="I45" s="35"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="38"/>
-[...6 lines deleted...]
-      <c r="I46" s="37"/>
+      <c r="B46" s="33" t="s">
+        <v>180</v>
+      </c>
+      <c r="C46" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="D46" s="33">
+        <v>-28.0</v>
+      </c>
+      <c r="E46" s="33">
+        <v>34.0</v>
+      </c>
+      <c r="F46" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="G46" s="35"/>
+      <c r="H46" s="36"/>
+      <c r="I46" s="35"/>
     </row>
     <row r="47">
       <c r="A47" s="1"/>
-      <c r="B47" s="33"/>
-[...3 lines deleted...]
-      <c r="F47" s="40"/>
+      <c r="B47" s="33" t="s">
+        <v>164</v>
+      </c>
+      <c r="C47" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D47" s="33">
+        <v>-4.0</v>
+      </c>
+      <c r="E47" s="33">
+        <v>34.0</v>
+      </c>
+      <c r="F47" s="33">
+        <v>7.0</v>
+      </c>
       <c r="G47" s="1"/>
-      <c r="H47" s="36"/>
-      <c r="I47" s="37"/>
+      <c r="H47" s="34"/>
+      <c r="I47" s="35"/>
     </row>
     <row r="48">
       <c r="A48" s="1"/>
-      <c r="B48" s="33"/>
-[...3 lines deleted...]
-      <c r="F48" s="16"/>
+      <c r="B48" s="33" t="s">
+        <v>218</v>
+      </c>
+      <c r="C48" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="D48" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E48" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="F48" s="33">
+        <v>0.0</v>
+      </c>
       <c r="G48" s="1"/>
-      <c r="H48" s="41"/>
-      <c r="I48" s="37"/>
+      <c r="H48" s="37"/>
+      <c r="I48" s="35"/>
     </row>
     <row r="49">
       <c r="A49" s="1"/>
-      <c r="B49" s="42"/>
-[...3 lines deleted...]
-      <c r="F49" s="35"/>
+      <c r="B49" s="38"/>
+      <c r="C49" s="21"/>
+      <c r="D49" s="21"/>
+      <c r="E49" s="21"/>
+      <c r="F49" s="21"/>
       <c r="G49" s="1"/>
-      <c r="H49" s="36"/>
-      <c r="I49" s="37"/>
+      <c r="H49" s="38"/>
+      <c r="I49" s="1"/>
     </row>
     <row r="50">
       <c r="A50" s="1"/>
-      <c r="B50" s="43"/>
-[...21 lines deleted...]
-      <c r="B52" s="46" t="s">
+      <c r="B50" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F52" s="47">
+      <c r="F50" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="18">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B34:E34"/>
     <mergeCell ref="B41:F41"/>
-    <mergeCell ref="B52:E52"/>
-    <mergeCell ref="F52:I52"/>
+    <mergeCell ref="B50:E50"/>
+    <mergeCell ref="F50:I50"/>
     <mergeCell ref="B18:I18"/>
     <mergeCell ref="B19:E19"/>
     <mergeCell ref="F19:I19"/>
     <mergeCell ref="B26:E26"/>
     <mergeCell ref="F26:I26"/>
     <mergeCell ref="B33:I33"/>
     <mergeCell ref="F34:I34"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <tabColor rgb="FF7F6000"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="2.5"/>
     <col customWidth="1" min="2" max="2" width="25.13"/>
     <col customWidth="1" min="3" max="3" width="7.63"/>
     <col customWidth="1" min="4" max="4" width="25.13"/>
     <col customWidth="1" min="5" max="5" width="7.63"/>
     <col customWidth="1" min="6" max="6" width="25.13"/>
     <col customWidth="1" min="7" max="7" width="7.63"/>
     <col customWidth="1" min="8" max="8" width="25.13"/>
     <col customWidth="1" min="9" max="9" width="7.63"/>
     <col customWidth="1" min="10" max="10" width="3.13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
     </row>
     <row r="3">
       <c r="A3" s="4"/>
       <c r="B3" s="5" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="7"/>
     </row>
     <row r="4">
       <c r="A4" s="8"/>
       <c r="B4" s="9" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="7"/>
       <c r="F4" s="9" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="7"/>
     </row>
     <row r="5">
       <c r="A5" s="8"/>
       <c r="B5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
-      <c r="B6" s="56" t="s">
-[...3 lines deleted...]
-      <c r="D6" s="56" t="s">
+      <c r="B6" s="62" t="s">
+        <v>225</v>
+      </c>
+      <c r="C6" s="16">
+        <v>14.0</v>
+      </c>
+      <c r="D6" s="62" t="s">
         <v>179</v>
       </c>
-      <c r="E6" s="16"/>
-[...4 lines deleted...]
-      <c r="H6" s="56" t="s">
+      <c r="E6" s="16">
+        <v>10.0</v>
+      </c>
+      <c r="F6" s="62" t="s">
+        <v>225</v>
+      </c>
+      <c r="G6" s="15">
+        <v>0.0</v>
+      </c>
+      <c r="H6" s="62" t="s">
         <v>13</v>
       </c>
-      <c r="I6" s="16"/>
+      <c r="I6" s="16">
+        <v>24.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
-      <c r="B7" s="56" t="s">
+      <c r="B7" s="62" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="15"/>
-      <c r="D7" s="56" t="s">
+      <c r="D7" s="64" t="s">
         <v>59</v>
       </c>
-      <c r="E7" s="16"/>
-      <c r="F7" s="56" t="s">
+      <c r="E7" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="F7" s="62" t="s">
         <v>179</v>
       </c>
-      <c r="G7" s="16"/>
-      <c r="H7" s="56" t="s">
+      <c r="G7" s="16">
+        <v>16.0</v>
+      </c>
+      <c r="H7" s="62" t="s">
         <v>46</v>
       </c>
-      <c r="I7" s="16"/>
+      <c r="I7" s="16">
+        <v>8.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
-      <c r="B8" s="56" t="s">
+      <c r="B8" s="62" t="s">
         <v>46</v>
       </c>
       <c r="C8" s="16"/>
-      <c r="D8" s="56" t="s">
-        <v>219</v>
+      <c r="D8" s="62" t="s">
+        <v>218</v>
       </c>
       <c r="E8" s="16"/>
-      <c r="F8" s="56" t="s">
+      <c r="F8" s="64" t="s">
         <v>59</v>
       </c>
-      <c r="G8" s="15"/>
-[...1 lines deleted...]
-        <v>219</v>
+      <c r="G8" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="H8" s="62" t="s">
+        <v>218</v>
       </c>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="7"/>
     </row>
     <row r="10">
       <c r="A10" s="8"/>
       <c r="B10" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="7"/>
       <c r="F10" s="9" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="7"/>
     </row>
     <row r="11">
       <c r="A11" s="8"/>
       <c r="B11" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D11" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E11" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G11" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H11" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I11" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1"/>
-      <c r="B12" s="56" t="s">
+      <c r="B12" s="62" t="s">
+        <v>225</v>
+      </c>
+      <c r="C12" s="16"/>
+      <c r="D12" s="64" t="s">
+        <v>59</v>
+      </c>
+      <c r="E12" s="16" t="s">
         <v>226</v>
       </c>
-      <c r="C12" s="16"/>
-[...8 lines deleted...]
-      <c r="H12" s="56" t="s">
+      <c r="F12" s="62" t="s">
+        <v>225</v>
+      </c>
+      <c r="G12" s="15">
+        <v>4.0</v>
+      </c>
+      <c r="H12" s="62" t="s">
         <v>46</v>
       </c>
-      <c r="I12" s="16"/>
+      <c r="I12" s="16">
+        <v>20.0</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="1"/>
-      <c r="B13" s="56" t="s">
+      <c r="B13" s="62" t="s">
         <v>179</v>
       </c>
       <c r="C13" s="15"/>
-      <c r="D13" s="56" t="s">
-        <v>219</v>
+      <c r="D13" s="62" t="s">
+        <v>218</v>
       </c>
       <c r="E13" s="16"/>
-      <c r="F13" s="56" t="s">
+      <c r="F13" s="62" t="s">
         <v>179</v>
       </c>
       <c r="G13" s="16"/>
-      <c r="H13" s="56" t="s">
+      <c r="H13" s="64" t="s">
         <v>59</v>
       </c>
-      <c r="I13" s="16"/>
+      <c r="I13" s="16" t="s">
+        <v>226</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
-      <c r="B14" s="56" t="s">
+      <c r="B14" s="62" t="s">
         <v>13</v>
       </c>
-      <c r="C14" s="16"/>
-      <c r="D14" s="56" t="s">
+      <c r="C14" s="16">
+        <v>16.0</v>
+      </c>
+      <c r="D14" s="62" t="s">
         <v>46</v>
       </c>
-      <c r="E14" s="16"/>
-      <c r="F14" s="56" t="s">
+      <c r="E14" s="16">
+        <v>8.0</v>
+      </c>
+      <c r="F14" s="62" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="15"/>
-      <c r="H14" s="56" t="s">
-        <v>219</v>
+      <c r="H14" s="62" t="s">
+        <v>218</v>
       </c>
       <c r="I14" s="16"/>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="20"/>
       <c r="C15" s="20"/>
       <c r="D15" s="21"/>
       <c r="E15" s="20"/>
       <c r="F15" s="20"/>
       <c r="G15" s="20"/>
       <c r="H15" s="21"/>
       <c r="I15" s="20"/>
     </row>
     <row r="16">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="6"/>
       <c r="H16" s="6"/>
       <c r="I16" s="7"/>
     </row>
     <row r="17">
       <c r="A17" s="8"/>
-      <c r="B17" s="49"/>
+      <c r="B17" s="55"/>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="7"/>
       <c r="F17" s="9" t="s">
         <v>19</v>
       </c>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="7"/>
     </row>
     <row r="18">
       <c r="A18" s="8"/>
-      <c r="B18" s="55"/>
-[...2 lines deleted...]
-      <c r="E18" s="50"/>
+      <c r="B18" s="61"/>
+      <c r="C18" s="56"/>
+      <c r="D18" s="56"/>
+      <c r="E18" s="56"/>
       <c r="F18" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G18" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H18" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I18" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1"/>
-      <c r="B19" s="56"/>
+      <c r="B19" s="62"/>
       <c r="C19" s="16"/>
-      <c r="D19" s="56"/>
+      <c r="D19" s="62"/>
       <c r="E19" s="16"/>
-      <c r="F19" s="56" t="s">
-        <v>226</v>
+      <c r="F19" s="62" t="s">
+        <v>225</v>
       </c>
       <c r="G19" s="15"/>
-      <c r="H19" s="56" t="s">
-        <v>219</v>
+      <c r="H19" s="62" t="s">
+        <v>218</v>
       </c>
       <c r="I19" s="16"/>
     </row>
     <row r="20">
       <c r="A20" s="1"/>
-      <c r="B20" s="56"/>
+      <c r="B20" s="62"/>
       <c r="C20" s="15"/>
-      <c r="D20" s="56"/>
+      <c r="D20" s="62"/>
       <c r="E20" s="16"/>
-      <c r="F20" s="56" t="s">
+      <c r="F20" s="62" t="s">
         <v>179</v>
       </c>
-      <c r="G20" s="16"/>
-      <c r="H20" s="56" t="s">
+      <c r="G20" s="16">
+        <v>11.0</v>
+      </c>
+      <c r="H20" s="62" t="s">
         <v>13</v>
       </c>
-      <c r="I20" s="16"/>
+      <c r="I20" s="16">
+        <v>13.0</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" s="1"/>
-      <c r="B21" s="56"/>
+      <c r="B21" s="62"/>
       <c r="C21" s="16"/>
-      <c r="D21" s="56"/>
+      <c r="D21" s="62"/>
       <c r="E21" s="16"/>
-      <c r="F21" s="56" t="s">
+      <c r="F21" s="64" t="s">
         <v>59</v>
       </c>
       <c r="G21" s="15"/>
-      <c r="H21" s="56" t="s">
+      <c r="H21" s="62" t="s">
         <v>46</v>
       </c>
       <c r="I21" s="16"/>
     </row>
     <row r="22">
       <c r="A22" s="23"/>
-      <c r="B22" s="58"/>
-[...3 lines deleted...]
-      <c r="F22" s="58"/>
+      <c r="B22" s="65"/>
+      <c r="C22" s="65"/>
+      <c r="D22" s="65"/>
+      <c r="E22" s="65"/>
+      <c r="F22" s="65"/>
       <c r="G22" s="23"/>
       <c r="H22" s="23"/>
       <c r="I22" s="23"/>
     </row>
     <row r="23">
       <c r="A23" s="23"/>
       <c r="B23" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="E23" s="6"/>
       <c r="F23" s="7"/>
       <c r="G23" s="23"/>
       <c r="H23" s="23"/>
       <c r="I23" s="23"/>
     </row>
     <row r="24">
       <c r="A24" s="27"/>
       <c r="B24" s="28" t="s">
         <v>24</v>
       </c>
       <c r="C24" s="29" t="s">
         <v>4</v>
       </c>
@@ -14780,166 +16420,204 @@
         <v>27</v>
       </c>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="32"/>
       <c r="K24" s="32"/>
       <c r="L24" s="32"/>
       <c r="M24" s="32"/>
       <c r="N24" s="32"/>
       <c r="O24" s="32"/>
       <c r="P24" s="32"/>
       <c r="Q24" s="32"/>
       <c r="R24" s="32"/>
       <c r="S24" s="32"/>
       <c r="T24" s="32"/>
       <c r="U24" s="32"/>
       <c r="V24" s="32"/>
       <c r="W24" s="32"/>
       <c r="X24" s="32"/>
       <c r="Y24" s="32"/>
       <c r="Z24" s="32"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
-      <c r="B25" s="33"/>
-[...3 lines deleted...]
-      <c r="F25" s="35"/>
+      <c r="B25" s="33" t="s">
+        <v>13</v>
+      </c>
+      <c r="C25" s="33">
+        <v>9.0</v>
+      </c>
+      <c r="D25" s="33">
+        <v>34.0</v>
+      </c>
+      <c r="E25" s="33">
+        <v>53.0</v>
+      </c>
+      <c r="F25" s="66">
+        <v>46152.0</v>
+      </c>
       <c r="G25" s="1"/>
-      <c r="H25" s="36"/>
+      <c r="H25" s="34"/>
       <c r="I25" s="1"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
-      <c r="B26" s="33"/>
-[...6 lines deleted...]
-      <c r="I26" s="37"/>
+      <c r="B26" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D26" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E26" s="33">
+        <v>36.0</v>
+      </c>
+      <c r="F26" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="G26" s="35"/>
+      <c r="H26" s="34"/>
+      <c r="I26" s="35"/>
     </row>
     <row r="27">
       <c r="A27" s="1"/>
-      <c r="B27" s="33"/>
-[...6 lines deleted...]
-      <c r="I27" s="37"/>
+      <c r="B27" s="33" t="s">
+        <v>179</v>
+      </c>
+      <c r="C27" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D27" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="E27" s="33">
+        <v>37.0</v>
+      </c>
+      <c r="F27" s="66">
+        <v>46149.0</v>
+      </c>
+      <c r="G27" s="35"/>
+      <c r="H27" s="34"/>
+      <c r="I27" s="35"/>
     </row>
     <row r="28">
       <c r="A28" s="1"/>
-      <c r="B28" s="38"/>
-[...6 lines deleted...]
-      <c r="I28" s="37"/>
+      <c r="B28" s="33" t="s">
+        <v>225</v>
+      </c>
+      <c r="C28" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D28" s="33">
+        <v>-36.0</v>
+      </c>
+      <c r="E28" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="F28" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="G28" s="35"/>
+      <c r="H28" s="36"/>
+      <c r="I28" s="35"/>
     </row>
     <row r="29">
       <c r="A29" s="1"/>
-      <c r="B29" s="33"/>
-[...3 lines deleted...]
-      <c r="F29" s="40"/>
+      <c r="B29" s="33" t="s">
+        <v>227</v>
+      </c>
+      <c r="C29" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="D29" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E29" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="F29" s="33">
+        <v>0.0</v>
+      </c>
       <c r="G29" s="1"/>
-      <c r="H29" s="36"/>
-      <c r="I29" s="37"/>
+      <c r="H29" s="34"/>
+      <c r="I29" s="35"/>
     </row>
     <row r="30">
       <c r="A30" s="1"/>
-      <c r="B30" s="33"/>
-[...3 lines deleted...]
-      <c r="F30" s="16"/>
+      <c r="B30" s="33" t="s">
+        <v>218</v>
+      </c>
+      <c r="C30" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="D30" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E30" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="F30" s="33">
+        <v>0.0</v>
+      </c>
       <c r="G30" s="1"/>
-      <c r="H30" s="41"/>
-      <c r="I30" s="37"/>
+      <c r="H30" s="37"/>
+      <c r="I30" s="35"/>
     </row>
     <row r="31">
       <c r="A31" s="1"/>
-      <c r="B31" s="42"/>
-[...3 lines deleted...]
-      <c r="F31" s="35"/>
+      <c r="B31" s="38"/>
+      <c r="C31" s="21"/>
+      <c r="D31" s="21"/>
+      <c r="E31" s="21"/>
+      <c r="F31" s="21"/>
       <c r="G31" s="1"/>
-      <c r="H31" s="36"/>
-      <c r="I31" s="37"/>
+      <c r="H31" s="38"/>
+      <c r="I31" s="1"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
-      <c r="B32" s="43"/>
-[...21 lines deleted...]
-      <c r="B34" s="46" t="s">
+      <c r="B32" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F34" s="47">
+      <c r="F32" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="B16:I16"/>
     <mergeCell ref="B17:E17"/>
     <mergeCell ref="F17:I17"/>
     <mergeCell ref="B23:F23"/>
-    <mergeCell ref="B34:E34"/>
-    <mergeCell ref="F34:I34"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="F32:I32"/>
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B9:I9"/>
     <mergeCell ref="B10:E10"/>
     <mergeCell ref="F10:I10"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <tabColor rgb="FFFF00FF"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
@@ -15014,85 +16692,97 @@
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13"/>
       <c r="C6" s="14"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="13" t="s">
         <v>46</v>
       </c>
-      <c r="G6" s="14"/>
+      <c r="G6" s="15">
+        <v>6.0</v>
+      </c>
       <c r="H6" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="I6" s="16"/>
+      <c r="I6" s="16">
+        <v>30.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
       <c r="F7" s="13" t="s">
         <v>48</v>
       </c>
-      <c r="G7" s="14"/>
+      <c r="G7" s="15">
+        <v>30.0</v>
+      </c>
       <c r="H7" s="17" t="s">
         <v>49</v>
       </c>
-      <c r="I7" s="16"/>
+      <c r="I7" s="16">
+        <v>6.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="18"/>
       <c r="E8" s="16"/>
       <c r="F8" s="13" t="s">
         <v>50</v>
       </c>
-      <c r="G8" s="14"/>
+      <c r="G8" s="15">
+        <v>18.0</v>
+      </c>
       <c r="H8" s="18" t="s">
         <v>51</v>
       </c>
-      <c r="I8" s="16"/>
+      <c r="I8" s="16">
+        <v>18.0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="13"/>
       <c r="G9" s="19"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
@@ -15497,169 +17187,207 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="C37" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>24.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>30.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>9.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>48</v>
+      </c>
+      <c r="C38" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>24.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>30.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>9.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>51</v>
+      </c>
+      <c r="C39" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>50</v>
+      </c>
+      <c r="C40" s="33">
+        <v>2.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>0.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>46</v>
+      </c>
+      <c r="C41" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>-24.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>2.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>49</v>
+      </c>
+      <c r="C42" s="33">
+        <v>1.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-24.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>2.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="38"/>
+      <c r="C43" s="21"/>
+      <c r="D43" s="21"/>
+      <c r="E43" s="21"/>
+      <c r="F43" s="21"/>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="38"/>
+      <c r="I43" s="1"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...21 lines deleted...]
-      <c r="B46" s="46" t="s">
+      <c r="B44" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F44" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
-    <mergeCell ref="B46:E46"/>
-    <mergeCell ref="F46:I46"/>
+    <mergeCell ref="B44:E44"/>
+    <mergeCell ref="F44:I44"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <tabColor rgb="FFFF00FF"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
@@ -16137,194 +17865,194 @@
       <c r="A34" s="1"/>
       <c r="B34" s="20"/>
       <c r="C34" s="20"/>
       <c r="D34" s="21"/>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
       <c r="H34" s="21"/>
       <c r="I34" s="20"/>
     </row>
     <row r="35">
       <c r="A35" s="23"/>
       <c r="B35" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
       <c r="E35" s="6"/>
       <c r="F35" s="7"/>
       <c r="G35" s="23"/>
       <c r="H35" s="23"/>
       <c r="I35" s="23"/>
     </row>
     <row r="36">
       <c r="A36" s="27"/>
-      <c r="B36" s="28" t="s">
+      <c r="B36" s="46" t="s">
         <v>24</v>
       </c>
-      <c r="C36" s="29" t="s">
-[...2 lines deleted...]
-      <c r="D36" s="30" t="s">
+      <c r="C36" s="47" t="s">
+        <v>4</v>
+      </c>
+      <c r="D36" s="48" t="s">
         <v>25</v>
       </c>
-      <c r="E36" s="31" t="s">
+      <c r="E36" s="49" t="s">
         <v>26</v>
       </c>
-      <c r="F36" s="30" t="s">
+      <c r="F36" s="48" t="s">
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-      <c r="C37" s="34"/>
+      <c r="B37" s="50"/>
+      <c r="C37" s="51"/>
       <c r="D37" s="18"/>
       <c r="E37" s="18"/>
-      <c r="F37" s="35"/>
+      <c r="F37" s="44"/>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-      <c r="C38" s="34"/>
+      <c r="B38" s="50"/>
+      <c r="C38" s="51"/>
       <c r="D38" s="15"/>
       <c r="E38" s="15"/>
       <c r="F38" s="16"/>
-      <c r="G38" s="37"/>
-[...1 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
+      <c r="B39" s="50"/>
       <c r="C39" s="18"/>
       <c r="D39" s="18"/>
       <c r="E39" s="18"/>
-      <c r="F39" s="35"/>
-[...2 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="F39" s="44"/>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
+      <c r="B40" s="52"/>
       <c r="C40" s="15"/>
       <c r="D40" s="18"/>
       <c r="E40" s="18"/>
-      <c r="F40" s="35"/>
-[...2 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="F40" s="44"/>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
+      <c r="B41" s="50"/>
       <c r="C41" s="18"/>
-      <c r="D41" s="34"/>
-[...1 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="D41" s="51"/>
+      <c r="E41" s="51"/>
+      <c r="F41" s="53"/>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
+      <c r="B42" s="50"/>
       <c r="C42" s="15"/>
       <c r="D42" s="15"/>
       <c r="E42" s="15"/>
       <c r="F42" s="16"/>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-      <c r="C43" s="34"/>
+      <c r="B43" s="41"/>
+      <c r="C43" s="51"/>
       <c r="D43" s="18"/>
       <c r="E43" s="18"/>
-      <c r="F43" s="35"/>
+      <c r="F43" s="44"/>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="45"/>
+      <c r="C44" s="43"/>
+      <c r="D44" s="44"/>
+      <c r="E44" s="44"/>
+      <c r="F44" s="44"/>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -16442,51 +18170,51 @@
         <v>64</v>
       </c>
       <c r="G7" s="14"/>
       <c r="H7" s="15" t="s">
         <v>65</v>
       </c>
       <c r="I7" s="19"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="15"/>
       <c r="E8" s="19"/>
       <c r="F8" s="16"/>
       <c r="G8" s="14"/>
       <c r="H8" s="15"/>
       <c r="I8" s="19"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="19"/>
-      <c r="F9" s="48"/>
+      <c r="F9" s="54"/>
       <c r="G9" s="19"/>
       <c r="H9" s="16"/>
       <c r="I9" s="19"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
@@ -16566,51 +18294,51 @@
         <v>63</v>
       </c>
       <c r="G15" s="14"/>
       <c r="H15" s="15" t="s">
         <v>64</v>
       </c>
       <c r="I15" s="19"/>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13"/>
       <c r="C16" s="14"/>
       <c r="D16" s="15"/>
       <c r="E16" s="19"/>
       <c r="F16" s="16"/>
       <c r="G16" s="14"/>
       <c r="H16" s="15"/>
       <c r="I16" s="19"/>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13"/>
       <c r="C17" s="19"/>
       <c r="D17" s="16"/>
       <c r="E17" s="19"/>
-      <c r="F17" s="48"/>
+      <c r="F17" s="54"/>
       <c r="G17" s="19"/>
       <c r="H17" s="16"/>
       <c r="I17" s="19"/>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5"/>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
@@ -16654,51 +18382,51 @@
       <c r="C23" s="14"/>
       <c r="D23" s="15"/>
       <c r="E23" s="19"/>
       <c r="F23" s="16"/>
       <c r="G23" s="14"/>
       <c r="H23" s="15"/>
       <c r="I23" s="19"/>
     </row>
     <row r="24">
       <c r="A24" s="1"/>
       <c r="B24" s="13"/>
       <c r="C24" s="14"/>
       <c r="D24" s="15"/>
       <c r="E24" s="19"/>
       <c r="F24" s="16"/>
       <c r="G24" s="14"/>
       <c r="H24" s="15"/>
       <c r="I24" s="19"/>
     </row>
     <row r="25">
       <c r="A25" s="1"/>
       <c r="B25" s="13"/>
       <c r="C25" s="19"/>
       <c r="D25" s="16"/>
       <c r="E25" s="19"/>
-      <c r="F25" s="48"/>
+      <c r="F25" s="54"/>
       <c r="G25" s="19"/>
       <c r="H25" s="16"/>
       <c r="I25" s="19"/>
     </row>
     <row r="26">
       <c r="A26" s="1"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="21"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="21"/>
       <c r="I26" s="20"/>
     </row>
     <row r="27">
       <c r="A27" s="23"/>
       <c r="B27" s="5"/>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="7"/>
@@ -16740,227 +18468,227 @@
       <c r="A31" s="1"/>
       <c r="B31" s="13"/>
       <c r="C31" s="14"/>
       <c r="D31" s="18"/>
       <c r="E31" s="19"/>
       <c r="F31" s="16"/>
       <c r="G31" s="14"/>
       <c r="H31" s="15"/>
       <c r="I31" s="19"/>
     </row>
     <row r="32">
       <c r="A32" s="1"/>
       <c r="B32" s="13"/>
       <c r="C32" s="14"/>
       <c r="D32" s="15"/>
       <c r="E32" s="19"/>
       <c r="F32" s="16"/>
       <c r="G32" s="14"/>
       <c r="H32" s="15"/>
       <c r="I32" s="19"/>
     </row>
     <row r="33">
       <c r="A33" s="1"/>
       <c r="B33" s="13"/>
       <c r="C33" s="19"/>
-      <c r="D33" s="48"/>
+      <c r="D33" s="54"/>
       <c r="E33" s="19"/>
       <c r="F33" s="16"/>
       <c r="G33" s="19"/>
-      <c r="H33" s="48"/>
+      <c r="H33" s="54"/>
       <c r="I33" s="19"/>
     </row>
     <row r="34">
       <c r="A34" s="1"/>
       <c r="B34" s="20"/>
       <c r="C34" s="20"/>
       <c r="D34" s="21"/>
       <c r="E34" s="20"/>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
       <c r="H34" s="21"/>
       <c r="I34" s="20"/>
     </row>
     <row r="35">
       <c r="A35" s="23"/>
       <c r="B35" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
       <c r="E35" s="6"/>
       <c r="F35" s="7"/>
       <c r="G35" s="23"/>
       <c r="H35" s="23"/>
       <c r="I35" s="23"/>
     </row>
     <row r="36">
       <c r="A36" s="27"/>
-      <c r="B36" s="28" t="s">
+      <c r="B36" s="46" t="s">
         <v>24</v>
       </c>
-      <c r="C36" s="29" t="s">
-[...2 lines deleted...]
-      <c r="D36" s="30" t="s">
+      <c r="C36" s="47" t="s">
+        <v>4</v>
+      </c>
+      <c r="D36" s="48" t="s">
         <v>25</v>
       </c>
-      <c r="E36" s="31" t="s">
+      <c r="E36" s="49" t="s">
         <v>26</v>
       </c>
-      <c r="F36" s="30" t="s">
+      <c r="F36" s="48" t="s">
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-      <c r="C37" s="34"/>
+      <c r="B37" s="50"/>
+      <c r="C37" s="51"/>
       <c r="D37" s="18"/>
       <c r="E37" s="18"/>
-      <c r="F37" s="35"/>
+      <c r="F37" s="44"/>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-      <c r="C38" s="34"/>
+      <c r="B38" s="50"/>
+      <c r="C38" s="51"/>
       <c r="D38" s="15"/>
       <c r="E38" s="15"/>
       <c r="F38" s="16"/>
-      <c r="G38" s="37"/>
-[...1 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
+      <c r="B39" s="50"/>
       <c r="C39" s="18"/>
       <c r="D39" s="18"/>
       <c r="E39" s="18"/>
-      <c r="F39" s="35"/>
-[...2 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="F39" s="44"/>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
+      <c r="B40" s="52"/>
       <c r="C40" s="15"/>
       <c r="D40" s="18"/>
       <c r="E40" s="18"/>
-      <c r="F40" s="35"/>
-[...2 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="F40" s="44"/>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
+      <c r="B41" s="50"/>
       <c r="C41" s="18"/>
-      <c r="D41" s="34"/>
-[...1 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="D41" s="51"/>
+      <c r="E41" s="51"/>
+      <c r="F41" s="53"/>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
+      <c r="B42" s="50"/>
       <c r="C42" s="15"/>
       <c r="D42" s="15"/>
       <c r="E42" s="15"/>
       <c r="F42" s="16"/>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-      <c r="C43" s="34"/>
+      <c r="B43" s="41"/>
+      <c r="C43" s="51"/>
       <c r="D43" s="18"/>
       <c r="E43" s="18"/>
-      <c r="F43" s="35"/>
+      <c r="F43" s="44"/>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="45"/>
+      <c r="C44" s="43"/>
+      <c r="D44" s="44"/>
+      <c r="E44" s="44"/>
+      <c r="F44" s="44"/>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -17044,100 +18772,116 @@
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13" t="s">
         <v>69</v>
       </c>
-      <c r="C6" s="14"/>
+      <c r="C6" s="15">
+        <v>24.0</v>
+      </c>
       <c r="D6" s="15" t="s">
         <v>70</v>
       </c>
-      <c r="E6" s="16"/>
+      <c r="E6" s="16">
+        <v>12.0</v>
+      </c>
       <c r="F6" s="13"/>
       <c r="G6" s="14"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13" t="s">
         <v>71</v>
       </c>
-      <c r="C7" s="14"/>
+      <c r="C7" s="15">
+        <v>4.0</v>
+      </c>
       <c r="D7" s="17" t="s">
         <v>72</v>
       </c>
-      <c r="E7" s="16"/>
+      <c r="E7" s="16">
+        <v>32.0</v>
+      </c>
       <c r="F7" s="13"/>
       <c r="G7" s="14"/>
       <c r="H7" s="17"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13" t="s">
         <v>73</v>
       </c>
-      <c r="C8" s="14"/>
+      <c r="C8" s="15">
+        <v>10.0</v>
+      </c>
       <c r="D8" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="E8" s="16"/>
+      <c r="E8" s="16">
+        <v>26.0</v>
+      </c>
       <c r="F8" s="13"/>
       <c r="G8" s="14"/>
       <c r="H8" s="18"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="19"/>
+      <c r="C9" s="16">
+        <v>10.0</v>
+      </c>
       <c r="D9" s="16" t="s">
         <v>75</v>
       </c>
-      <c r="E9" s="16"/>
+      <c r="E9" s="16">
+        <v>26.0</v>
+      </c>
       <c r="F9" s="13"/>
       <c r="G9" s="19"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
         <v>76</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
@@ -17170,120 +18914,152 @@
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="22" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
         <v>69</v>
       </c>
-      <c r="C14" s="14"/>
+      <c r="C14" s="15">
+        <v>26.0</v>
+      </c>
       <c r="D14" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="E14" s="16"/>
+      <c r="E14" s="16">
+        <v>10.0</v>
+      </c>
       <c r="F14" s="13" t="s">
         <v>69</v>
       </c>
-      <c r="G14" s="14"/>
+      <c r="G14" s="15">
+        <v>20.0</v>
+      </c>
       <c r="H14" s="15" t="s">
         <v>72</v>
       </c>
-      <c r="I14" s="19"/>
+      <c r="I14" s="16">
+        <v>16.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
         <v>70</v>
       </c>
-      <c r="C15" s="14"/>
+      <c r="C15" s="15">
+        <v>4.0</v>
+      </c>
       <c r="D15" s="17" t="s">
         <v>72</v>
       </c>
-      <c r="E15" s="16"/>
+      <c r="E15" s="16">
+        <v>32.0</v>
+      </c>
       <c r="F15" s="13" t="s">
         <v>70</v>
       </c>
-      <c r="G15" s="14"/>
+      <c r="G15" s="15">
+        <v>14.0</v>
+      </c>
       <c r="H15" s="17" t="s">
         <v>71</v>
       </c>
-      <c r="I15" s="19"/>
+      <c r="I15" s="16">
+        <v>22.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
         <v>73</v>
       </c>
-      <c r="C16" s="14"/>
+      <c r="C16" s="15">
+        <v>12.0</v>
+      </c>
       <c r="D16" s="18" t="s">
         <v>9</v>
       </c>
-      <c r="E16" s="16"/>
+      <c r="E16" s="16">
+        <v>24.0</v>
+      </c>
       <c r="F16" s="13" t="s">
         <v>73</v>
       </c>
-      <c r="G16" s="14"/>
+      <c r="G16" s="15">
+        <v>16.0</v>
+      </c>
       <c r="H16" s="18" t="s">
         <v>75</v>
       </c>
-      <c r="I16" s="19"/>
+      <c r="I16" s="16">
+        <v>20.0</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
         <v>74</v>
       </c>
-      <c r="C17" s="19"/>
+      <c r="C17" s="16">
+        <v>8.0</v>
+      </c>
       <c r="D17" s="16" t="s">
         <v>75</v>
       </c>
-      <c r="E17" s="16"/>
+      <c r="E17" s="16">
+        <v>28.0</v>
+      </c>
       <c r="F17" s="13" t="s">
         <v>74</v>
       </c>
-      <c r="G17" s="19"/>
+      <c r="G17" s="16">
+        <v>12.0</v>
+      </c>
       <c r="H17" s="16" t="s">
         <v>9</v>
       </c>
-      <c r="I17" s="19"/>
+      <c r="I17" s="16">
+        <v>24.0</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
         <v>77</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
@@ -17589,156 +19365,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>75</v>
+      </c>
+      <c r="C37" s="33">
+        <v>9.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>40.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>74.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>22.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>69</v>
+      </c>
+      <c r="C38" s="33">
+        <v>9.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>32.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>70.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>20.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>72</v>
+      </c>
+      <c r="C39" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>52.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>80.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>26.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>58.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>74</v>
+      </c>
+      <c r="C41" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>-16.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>46.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>16.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>71</v>
+      </c>
+      <c r="C42" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-36.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>36.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>12.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>73</v>
+      </c>
+      <c r="C43" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-32.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>38.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>12.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>70</v>
+      </c>
+      <c r="C44" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>-48.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>30.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>8.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -17826,100 +19682,116 @@
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13"/>
       <c r="C6" s="14"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="13" t="s">
         <v>80</v>
       </c>
-      <c r="G6" s="14"/>
+      <c r="G6" s="15">
+        <v>20.0</v>
+      </c>
       <c r="H6" s="15" t="s">
         <v>81</v>
       </c>
-      <c r="I6" s="16"/>
+      <c r="I6" s="16">
+        <v>16.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
       <c r="F7" s="13" t="s">
         <v>82</v>
       </c>
-      <c r="G7" s="14"/>
+      <c r="G7" s="15">
+        <v>22.0</v>
+      </c>
       <c r="H7" s="17" t="s">
         <v>83</v>
       </c>
-      <c r="I7" s="16"/>
+      <c r="I7" s="16">
+        <v>14.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="18"/>
       <c r="E8" s="16"/>
       <c r="F8" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="G8" s="14"/>
+      <c r="G8" s="15">
+        <v>18.0</v>
+      </c>
       <c r="H8" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="I8" s="16"/>
+      <c r="I8" s="16">
+        <v>18.0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="13" t="s">
         <v>85</v>
       </c>
-      <c r="G9" s="19"/>
+      <c r="G9" s="16">
+        <v>14.0</v>
+      </c>
       <c r="H9" s="16" t="s">
         <v>86</v>
       </c>
-      <c r="I9" s="16"/>
+      <c r="I9" s="16">
+        <v>22.0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
         <v>76</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
@@ -17948,120 +19820,152 @@
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="22" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
         <v>80</v>
       </c>
-      <c r="C14" s="14"/>
+      <c r="C14" s="15">
+        <v>6.0</v>
+      </c>
       <c r="D14" s="15" t="s">
         <v>82</v>
       </c>
-      <c r="E14" s="16"/>
+      <c r="E14" s="16">
+        <v>30.0</v>
+      </c>
       <c r="F14" s="13" t="s">
         <v>80</v>
       </c>
-      <c r="G14" s="14"/>
+      <c r="G14" s="15">
+        <v>14.0</v>
+      </c>
       <c r="H14" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="I14" s="19"/>
+      <c r="I14" s="16">
+        <v>22.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
         <v>81</v>
       </c>
-      <c r="C15" s="14"/>
+      <c r="C15" s="15">
+        <v>12.0</v>
+      </c>
       <c r="D15" s="17" t="s">
         <v>83</v>
       </c>
-      <c r="E15" s="16"/>
+      <c r="E15" s="16">
+        <v>24.0</v>
+      </c>
       <c r="F15" s="13" t="s">
         <v>81</v>
       </c>
-      <c r="G15" s="14"/>
+      <c r="G15" s="15">
+        <v>2.0</v>
+      </c>
       <c r="H15" s="17" t="s">
         <v>82</v>
       </c>
-      <c r="I15" s="19"/>
+      <c r="I15" s="16">
+        <v>34.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="C16" s="14"/>
+      <c r="C16" s="15">
+        <v>24.0</v>
+      </c>
       <c r="D16" s="18" t="s">
         <v>85</v>
       </c>
-      <c r="E16" s="16"/>
+      <c r="E16" s="16">
+        <v>12.0</v>
+      </c>
       <c r="F16" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="G16" s="14"/>
+      <c r="G16" s="15">
+        <v>22.0</v>
+      </c>
       <c r="H16" s="18" t="s">
         <v>86</v>
       </c>
-      <c r="I16" s="19"/>
+      <c r="I16" s="16">
+        <v>14.0</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
         <v>84</v>
       </c>
-      <c r="C17" s="19"/>
+      <c r="C17" s="16">
+        <v>22.0</v>
+      </c>
       <c r="D17" s="16" t="s">
         <v>86</v>
       </c>
-      <c r="E17" s="16"/>
+      <c r="E17" s="16">
+        <v>14.0</v>
+      </c>
       <c r="F17" s="13" t="s">
         <v>84</v>
       </c>
-      <c r="G17" s="19"/>
+      <c r="G17" s="16">
+        <v>22.0</v>
+      </c>
       <c r="H17" s="16" t="s">
         <v>85</v>
       </c>
-      <c r="I17" s="19"/>
+      <c r="I17" s="16">
+        <v>14.0</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
         <v>87</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
@@ -18367,156 +20271,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>82</v>
+      </c>
+      <c r="C37" s="33">
+        <v>9.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>64.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>86.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>26.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>11</v>
+      </c>
+      <c r="C38" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>20.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>64.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>20.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>84</v>
+      </c>
+      <c r="C39" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>62.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>19.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>83</v>
+      </c>
+      <c r="C40" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>12.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>60.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>19.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>86</v>
+      </c>
+      <c r="C41" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>-8.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>50.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>15.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>80</v>
+      </c>
+      <c r="C42" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-28.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>40.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>11.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>85</v>
+      </c>
+      <c r="C43" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-28.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>40.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>12.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="C44" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>-48.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>30.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>10.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -18600,100 +20584,116 @@
       </c>
       <c r="D5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13" t="s">
         <v>91</v>
       </c>
-      <c r="C6" s="14"/>
+      <c r="C6" s="15">
+        <v>34.0</v>
+      </c>
       <c r="D6" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="E6" s="16"/>
+      <c r="E6" s="16">
+        <v>2.0</v>
+      </c>
       <c r="F6" s="13"/>
       <c r="G6" s="14"/>
       <c r="H6" s="15"/>
       <c r="I6" s="16"/>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13" t="s">
         <v>93</v>
       </c>
-      <c r="C7" s="14"/>
+      <c r="C7" s="15">
+        <v>30.0</v>
+      </c>
       <c r="D7" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="E7" s="16"/>
+      <c r="E7" s="16">
+        <v>6.0</v>
+      </c>
       <c r="F7" s="13"/>
       <c r="G7" s="14"/>
       <c r="H7" s="17"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13" t="s">
         <v>94</v>
       </c>
-      <c r="C8" s="14"/>
+      <c r="C8" s="15">
+        <v>4.0</v>
+      </c>
       <c r="D8" s="18" t="s">
         <v>95</v>
       </c>
-      <c r="E8" s="16"/>
+      <c r="E8" s="16">
+        <v>32.0</v>
+      </c>
       <c r="F8" s="13"/>
       <c r="G8" s="14"/>
       <c r="H8" s="18"/>
       <c r="I8" s="16"/>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="19"/>
+      <c r="C9" s="16">
+        <v>8.0</v>
+      </c>
       <c r="D9" s="16" t="s">
         <v>96</v>
       </c>
-      <c r="E9" s="16"/>
+      <c r="E9" s="16">
+        <v>28.0</v>
+      </c>
       <c r="F9" s="13"/>
       <c r="G9" s="19"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
@@ -18726,120 +20726,152 @@
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="22" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
         <v>91</v>
       </c>
-      <c r="C14" s="14"/>
+      <c r="C14" s="15">
+        <v>14.0</v>
+      </c>
       <c r="D14" s="15" t="s">
         <v>93</v>
       </c>
-      <c r="E14" s="16"/>
+      <c r="E14" s="16">
+        <v>22.0</v>
+      </c>
       <c r="F14" s="13" t="s">
         <v>91</v>
       </c>
-      <c r="G14" s="14"/>
+      <c r="G14" s="15">
+        <v>20.0</v>
+      </c>
       <c r="H14" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="I14" s="19"/>
+      <c r="I14" s="16">
+        <v>16.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
         <v>92</v>
       </c>
-      <c r="C15" s="14"/>
+      <c r="C15" s="15">
+        <v>14.0</v>
+      </c>
       <c r="D15" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="E15" s="16"/>
+      <c r="E15" s="16">
+        <v>22.0</v>
+      </c>
       <c r="F15" s="13" t="s">
         <v>92</v>
       </c>
-      <c r="G15" s="14"/>
+      <c r="G15" s="15">
+        <v>10.0</v>
+      </c>
       <c r="H15" s="17" t="s">
         <v>93</v>
       </c>
-      <c r="I15" s="19"/>
+      <c r="I15" s="16">
+        <v>26.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
         <v>94</v>
       </c>
-      <c r="C16" s="14"/>
+      <c r="C16" s="15">
+        <v>24.0</v>
+      </c>
       <c r="D16" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="E16" s="16"/>
+      <c r="E16" s="16">
+        <v>12.0</v>
+      </c>
       <c r="F16" s="13" t="s">
         <v>94</v>
       </c>
-      <c r="G16" s="14"/>
+      <c r="G16" s="15">
+        <v>2.0</v>
+      </c>
       <c r="H16" s="18" t="s">
         <v>96</v>
       </c>
-      <c r="I16" s="19"/>
+      <c r="I16" s="16">
+        <v>34.0</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
         <v>95</v>
       </c>
-      <c r="C17" s="19"/>
+      <c r="C17" s="16">
+        <v>14.0</v>
+      </c>
       <c r="D17" s="16" t="s">
         <v>96</v>
       </c>
-      <c r="E17" s="16"/>
+      <c r="E17" s="16">
+        <v>22.0</v>
+      </c>
       <c r="F17" s="13" t="s">
         <v>95</v>
       </c>
-      <c r="G17" s="19"/>
+      <c r="G17" s="16">
+        <v>18.0</v>
+      </c>
       <c r="H17" s="16" t="s">
         <v>8</v>
       </c>
-      <c r="I17" s="19"/>
+      <c r="I17" s="16">
+        <v>18.0</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
         <v>98</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
@@ -19145,156 +21177,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>96</v>
+      </c>
+      <c r="C37" s="33">
+        <v>9.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>60.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>84.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>24.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="C38" s="33">
+        <v>9.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>48.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>78.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>24.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>91</v>
+      </c>
+      <c r="C39" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>28.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>68.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>19.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>95</v>
+      </c>
+      <c r="C40" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>20.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>64.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>19.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>-20.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>44.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>15.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>94</v>
+      </c>
+      <c r="C42" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-48.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>30.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>9.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>8</v>
+      </c>
+      <c r="C43" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-32.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>38.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>14.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="C44" s="33">
+        <v>3.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>-56.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>26.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>8.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>
@@ -19382,100 +21494,116 @@
       <c r="E5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="12"/>
       <c r="B6" s="13"/>
       <c r="C6" s="14"/>
       <c r="D6" s="15"/>
       <c r="E6" s="16"/>
       <c r="F6" s="13" t="s">
         <v>101</v>
       </c>
-      <c r="G6" s="14"/>
+      <c r="G6" s="15">
+        <v>16.0</v>
+      </c>
       <c r="H6" s="15" t="s">
         <v>102</v>
       </c>
-      <c r="I6" s="16"/>
+      <c r="I6" s="16">
+        <v>20.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="12"/>
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="17"/>
       <c r="E7" s="16"/>
       <c r="F7" s="13" t="s">
         <v>103</v>
       </c>
-      <c r="G7" s="14"/>
+      <c r="G7" s="15">
+        <v>16.0</v>
+      </c>
       <c r="H7" s="17" t="s">
         <v>104</v>
       </c>
-      <c r="I7" s="16"/>
+      <c r="I7" s="16">
+        <v>20.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="12"/>
       <c r="B8" s="13"/>
       <c r="C8" s="14"/>
       <c r="D8" s="18"/>
       <c r="E8" s="16"/>
       <c r="F8" s="13" t="s">
         <v>105</v>
       </c>
-      <c r="G8" s="14"/>
+      <c r="G8" s="15">
+        <v>18.0</v>
+      </c>
       <c r="H8" s="18" t="s">
         <v>106</v>
       </c>
-      <c r="I8" s="16"/>
+      <c r="I8" s="16">
+        <v>18.0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="12"/>
       <c r="B9" s="13"/>
       <c r="C9" s="19"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="G9" s="19"/>
+      <c r="G9" s="16">
+        <v>20.0</v>
+      </c>
       <c r="H9" s="16" t="s">
         <v>108</v>
       </c>
-      <c r="I9" s="16"/>
+      <c r="I9" s="16">
+        <v>16.0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="12"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="21"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="21"/>
       <c r="I10" s="20"/>
     </row>
     <row r="11">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
         <v>109</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
     </row>
@@ -19504,120 +21632,152 @@
       </c>
       <c r="D13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="22" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="22" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1"/>
       <c r="B14" s="13" t="s">
         <v>101</v>
       </c>
-      <c r="C14" s="14"/>
+      <c r="C14" s="15">
+        <v>10.0</v>
+      </c>
       <c r="D14" s="15" t="s">
         <v>103</v>
       </c>
-      <c r="E14" s="16"/>
+      <c r="E14" s="16">
+        <v>26.0</v>
+      </c>
       <c r="F14" s="13" t="s">
         <v>101</v>
       </c>
-      <c r="G14" s="14"/>
+      <c r="G14" s="15">
+        <v>20.0</v>
+      </c>
       <c r="H14" s="15" t="s">
         <v>104</v>
       </c>
-      <c r="I14" s="19"/>
+      <c r="I14" s="16">
+        <v>16.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="1"/>
       <c r="B15" s="13" t="s">
         <v>102</v>
       </c>
-      <c r="C15" s="14"/>
+      <c r="C15" s="15">
+        <v>10.0</v>
+      </c>
       <c r="D15" s="17" t="s">
         <v>104</v>
       </c>
-      <c r="E15" s="16"/>
+      <c r="E15" s="16">
+        <v>26.0</v>
+      </c>
       <c r="F15" s="13" t="s">
         <v>102</v>
       </c>
-      <c r="G15" s="14"/>
+      <c r="G15" s="15">
+        <v>12.0</v>
+      </c>
       <c r="H15" s="17" t="s">
         <v>103</v>
       </c>
-      <c r="I15" s="19"/>
+      <c r="I15" s="16">
+        <v>24.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="1"/>
       <c r="B16" s="13" t="s">
         <v>105</v>
       </c>
-      <c r="C16" s="14"/>
+      <c r="C16" s="15">
+        <v>18.0</v>
+      </c>
       <c r="D16" s="18" t="s">
         <v>107</v>
       </c>
-      <c r="E16" s="16"/>
+      <c r="E16" s="16">
+        <v>18.0</v>
+      </c>
       <c r="F16" s="13" t="s">
         <v>105</v>
       </c>
-      <c r="G16" s="14"/>
+      <c r="G16" s="15">
+        <v>12.0</v>
+      </c>
       <c r="H16" s="18" t="s">
         <v>108</v>
       </c>
-      <c r="I16" s="19"/>
+      <c r="I16" s="16">
+        <v>24.0</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="1"/>
       <c r="B17" s="13" t="s">
         <v>106</v>
       </c>
-      <c r="C17" s="19"/>
+      <c r="C17" s="16">
+        <v>20.0</v>
+      </c>
       <c r="D17" s="16" t="s">
         <v>108</v>
       </c>
-      <c r="E17" s="16"/>
+      <c r="E17" s="16">
+        <v>16.0</v>
+      </c>
       <c r="F17" s="13" t="s">
         <v>106</v>
       </c>
-      <c r="G17" s="19"/>
+      <c r="G17" s="16">
+        <v>30.0</v>
+      </c>
       <c r="H17" s="16" t="s">
         <v>107</v>
       </c>
-      <c r="I17" s="19"/>
+      <c r="I17" s="16">
+        <v>6.0</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="1"/>
       <c r="B18" s="20"/>
       <c r="C18" s="20"/>
       <c r="D18" s="21"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="21"/>
       <c r="I18" s="20"/>
     </row>
     <row r="19">
       <c r="A19" s="23"/>
       <c r="B19" s="5" t="s">
         <v>110</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
     </row>
@@ -19923,156 +22083,236 @@
         <v>27</v>
       </c>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="32"/>
       <c r="K36" s="32"/>
       <c r="L36" s="32"/>
       <c r="M36" s="32"/>
       <c r="N36" s="32"/>
       <c r="O36" s="32"/>
       <c r="P36" s="32"/>
       <c r="Q36" s="32"/>
       <c r="R36" s="32"/>
       <c r="S36" s="32"/>
       <c r="T36" s="32"/>
       <c r="U36" s="32"/>
       <c r="V36" s="32"/>
       <c r="W36" s="32"/>
       <c r="X36" s="32"/>
       <c r="Y36" s="32"/>
       <c r="Z36" s="32"/>
     </row>
     <row r="37">
       <c r="A37" s="1"/>
-      <c r="B37" s="33"/>
-[...3 lines deleted...]
-      <c r="F37" s="35"/>
+      <c r="B37" s="33" t="s">
+        <v>106</v>
+      </c>
+      <c r="C37" s="33">
+        <v>8.0</v>
+      </c>
+      <c r="D37" s="33">
+        <v>28.0</v>
+      </c>
+      <c r="E37" s="33">
+        <v>68.0</v>
+      </c>
+      <c r="F37" s="33">
+        <v>21.0</v>
+      </c>
       <c r="G37" s="1"/>
-      <c r="H37" s="36"/>
+      <c r="H37" s="34"/>
       <c r="I37" s="1"/>
     </row>
     <row r="38">
       <c r="A38" s="1"/>
-      <c r="B38" s="33"/>
-[...6 lines deleted...]
-      <c r="I38" s="37"/>
+      <c r="B38" s="33" t="s">
+        <v>103</v>
+      </c>
+      <c r="C38" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D38" s="33">
+        <v>24.0</v>
+      </c>
+      <c r="E38" s="33">
+        <v>66.0</v>
+      </c>
+      <c r="F38" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="34"/>
+      <c r="I38" s="35"/>
     </row>
     <row r="39">
       <c r="A39" s="1"/>
-      <c r="B39" s="33"/>
-[...6 lines deleted...]
-      <c r="I39" s="37"/>
+      <c r="B39" s="33" t="s">
+        <v>104</v>
+      </c>
+      <c r="C39" s="33">
+        <v>7.0</v>
+      </c>
+      <c r="D39" s="33">
+        <v>16.0</v>
+      </c>
+      <c r="E39" s="33">
+        <v>62.0</v>
+      </c>
+      <c r="F39" s="33">
+        <v>18.0</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="35"/>
     </row>
     <row r="40">
       <c r="A40" s="1"/>
-      <c r="B40" s="38"/>
-[...6 lines deleted...]
-      <c r="I40" s="37"/>
+      <c r="B40" s="33" t="s">
+        <v>107</v>
+      </c>
+      <c r="C40" s="33">
+        <v>6.0</v>
+      </c>
+      <c r="D40" s="33">
+        <v>-20.0</v>
+      </c>
+      <c r="E40" s="33">
+        <v>44.0</v>
+      </c>
+      <c r="F40" s="33">
+        <v>13.0</v>
+      </c>
+      <c r="G40" s="35"/>
+      <c r="H40" s="36"/>
+      <c r="I40" s="35"/>
     </row>
     <row r="41">
       <c r="A41" s="1"/>
-      <c r="B41" s="33"/>
-[...3 lines deleted...]
-      <c r="F41" s="40"/>
+      <c r="B41" s="33" t="s">
+        <v>108</v>
+      </c>
+      <c r="C41" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D41" s="33">
+        <v>4.0</v>
+      </c>
+      <c r="E41" s="33">
+        <v>56.0</v>
+      </c>
+      <c r="F41" s="33">
+        <v>18.0</v>
+      </c>
       <c r="G41" s="1"/>
-      <c r="H41" s="36"/>
-      <c r="I41" s="37"/>
+      <c r="H41" s="34"/>
+      <c r="I41" s="35"/>
     </row>
     <row r="42">
       <c r="A42" s="1"/>
-      <c r="B42" s="33"/>
-[...3 lines deleted...]
-      <c r="F42" s="16"/>
+      <c r="B42" s="33" t="s">
+        <v>101</v>
+      </c>
+      <c r="C42" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D42" s="33">
+        <v>-16.0</v>
+      </c>
+      <c r="E42" s="33">
+        <v>46.0</v>
+      </c>
+      <c r="F42" s="33">
+        <v>15.0</v>
+      </c>
       <c r="G42" s="1"/>
-      <c r="H42" s="41"/>
-      <c r="I42" s="37"/>
+      <c r="H42" s="37"/>
+      <c r="I42" s="35"/>
     </row>
     <row r="43">
       <c r="A43" s="1"/>
-      <c r="B43" s="42"/>
-[...3 lines deleted...]
-      <c r="F43" s="35"/>
+      <c r="B43" s="33" t="s">
+        <v>102</v>
+      </c>
+      <c r="C43" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D43" s="33">
+        <v>-24.0</v>
+      </c>
+      <c r="E43" s="33">
+        <v>42.0</v>
+      </c>
+      <c r="F43" s="33">
+        <v>15.0</v>
+      </c>
       <c r="G43" s="1"/>
-      <c r="H43" s="36"/>
-      <c r="I43" s="37"/>
+      <c r="H43" s="34"/>
+      <c r="I43" s="35"/>
     </row>
     <row r="44">
       <c r="A44" s="1"/>
-      <c r="B44" s="43"/>
-[...3 lines deleted...]
-      <c r="F44" s="35"/>
+      <c r="B44" s="33" t="s">
+        <v>105</v>
+      </c>
+      <c r="C44" s="33">
+        <v>5.0</v>
+      </c>
+      <c r="D44" s="33">
+        <v>-12.0</v>
+      </c>
+      <c r="E44" s="33">
+        <v>48.0</v>
+      </c>
+      <c r="F44" s="33">
+        <v>14.0</v>
+      </c>
       <c r="G44" s="1"/>
-      <c r="H44" s="45"/>
+      <c r="H44" s="38"/>
       <c r="I44" s="1"/>
     </row>
     <row r="45">
       <c r="A45" s="1"/>
-      <c r="B45" s="45"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
       <c r="E45" s="21"/>
       <c r="F45" s="21"/>
       <c r="G45" s="1"/>
-      <c r="H45" s="45"/>
+      <c r="H45" s="38"/>
       <c r="I45" s="1"/>
     </row>
     <row r="46">
       <c r="A46" s="1"/>
-      <c r="B46" s="46" t="s">
+      <c r="B46" s="39" t="s">
         <v>28</v>
       </c>
-      <c r="F46" s="47">
+      <c r="F46" s="40">
         <f>NOW()
 </f>
-        <v>46082.28692</v>
+        <v>46105.98886</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="F12:I12"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="F46:I46"/>
     <mergeCell ref="B19:I19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="B27:I27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="F28:I28"/>
     <mergeCell ref="B35:F35"/>
   </mergeCells>
   <printOptions gridLines="1" horizontalCentered="1"/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.25" right="0.25" top="0.75"/>
   <pageSetup paperSize="9" cellComments="atEnd" orientation="portrait" pageOrder="overThenDown"/>
   <drawing r:id="rId1"/>