--- v0 (2025-12-27)
+++ v1 (2026-01-24)
@@ -1,48 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
+  <Override ContentType="application/vnd.ms-excel.person+xml" PartName="/xl/persons/person.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
-    <sheet state="visible" name="Schedule Grid" sheetId="1" r:id="rId3"/>
+    <sheet state="visible" name="Schedule Grid" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="387" uniqueCount="232">
   <si>
     <t>SATURDAY</t>
   </si>
   <si>
     <t>SUNDAY</t>
   </si>
   <si>
     <t>9:00-9:50</t>
   </si>
   <si>
     <t>10:00-10:50</t>
   </si>
   <si>
     <t>11:00-11:50</t>
   </si>
   <si>
     <t>12:00-12:50</t>
@@ -1534,55 +1535,59 @@
       <alignment horizontal="center" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="34" fillId="0" fontId="2" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="35" fillId="0" fontId="3" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="36" fillId="0" fontId="3" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="12" fillId="0" fontId="3" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="16" fillId="0" fontId="3" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="14" fillId="0" fontId="3" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="18" fillId="2" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="8" numFmtId="20" xfId="0" applyAlignment="1" applyFont="1" applyNumberFormat="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" name="Normal" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<x18tc:personList xmlns:x18tc="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr/>
   </sheetPr>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="2.0" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B4" sqref="B4" pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="9.63"/>
     <col customWidth="1" min="2" max="9" width="10.75"/>
     <col customWidth="1" min="10" max="10" width="1.0"/>
     <col customWidth="1" min="11" max="16" width="10.75"/>
     <col customWidth="1" min="17" max="26" width="8.0"/>