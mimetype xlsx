--- v0 (2026-02-21)
+++ v1 (2026-03-10)
@@ -4191,55 +4191,55 @@
             </c:spPr>
             <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:xVal>
             <c:numRef>
               <c:f>'Conc-vs-Time'!$B$9:$B$14</c:f>
             </c:numRef>
           </c:xVal>
           <c:yVal>
             <c:numRef>
               <c:f>'Conc-vs-Time'!$C$9:$C$14</c:f>
               <c:numCache/>
             </c:numRef>
           </c:yVal>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:axId val="1403347777"/>
-        <c:axId val="622802923"/>
+        <c:axId val="942813410"/>
+        <c:axId val="1259034355"/>
       </c:scatterChart>
       <c:valAx>
-        <c:axId val="1403347777"/>
+        <c:axId val="942813410"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:minorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="CCCCCC">
                   <a:alpha val="0"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:minorGridlines>
@@ -4270,54 +4270,54 @@
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="622802923"/>
+        <c:crossAx val="1259034355"/>
       </c:valAx>
       <c:valAx>
-        <c:axId val="622802923"/>
+        <c:axId val="1259034355"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:minorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="CCCCCC">
                   <a:alpha val="0"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:minorGridlines>
@@ -4348,51 +4348,51 @@
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="0"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1403347777"/>
+        <c:crossAx val="942813410"/>
       </c:valAx>
       <c:spPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
       </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:overlay val="0"/>
       <c:txPr>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr lvl="0">
             <a:defRPr b="0">
               <a:solidFill>
                 <a:srgbClr val="1A1A1A"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:defRPr>
           </a:pPr>
         </a:p>
       </c:txPr>
     </c:legend>
@@ -4446,55 +4446,55 @@
             </c:spPr>
             <c:trendlineType val="exp"/>
             <c:dispRSqr val="1"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:xVal>
             <c:numRef>
               <c:f>'Conc-vs-Distance'!$H$17:$H$20</c:f>
             </c:numRef>
           </c:xVal>
           <c:yVal>
             <c:numRef>
               <c:f>'Conc-vs-Distance'!$J$17:$J$20</c:f>
               <c:numCache/>
             </c:numRef>
           </c:yVal>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:axId val="1764275803"/>
-        <c:axId val="966498465"/>
+        <c:axId val="2056997903"/>
+        <c:axId val="218086600"/>
       </c:scatterChart>
       <c:valAx>
-        <c:axId val="1764275803"/>
+        <c:axId val="2056997903"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:minorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="CCCCCC">
                   <a:alpha val="0"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:minorGridlines>
@@ -4525,54 +4525,54 @@
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="966498465"/>
+        <c:crossAx val="218086600"/>
       </c:valAx>
       <c:valAx>
-        <c:axId val="966498465"/>
+        <c:axId val="218086600"/>
         <c:scaling>
           <c:orientation val="minMax"/>
           <c:max val="10000.0"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:minorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="CCCCCC">
                   <a:alpha val="0"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
@@ -4604,51 +4604,51 @@
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="0"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1764275803"/>
+        <c:crossAx val="2056997903"/>
       </c:valAx>
       <c:spPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
       </c:spPr>
     </c:plotArea>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
   </c:spPr>
 </c:chartSpace>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>