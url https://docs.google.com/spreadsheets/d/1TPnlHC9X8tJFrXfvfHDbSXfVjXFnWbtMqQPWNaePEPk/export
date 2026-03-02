--- v0 (2026-01-10)
+++ v1 (2026-03-02)
@@ -1,70 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
+  <Override ContentType="application/vnd.ms-excel.person+xml" PartName="/xl/persons/person.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
-    <sheet state="hidden" name="Form Responses 1" sheetId="1" r:id="rId4"/>
-[...6 lines deleted...]
-    <sheet state="visible" name="DESEMBER" sheetId="8" r:id="rId11"/>
+    <sheet state="hidden" name="Form Responses 1" sheetId="1" r:id="rId5"/>
+    <sheet state="hidden" name="Sheet3" sheetId="2" r:id="rId6"/>
+    <sheet state="visible" name="JULI" sheetId="3" r:id="rId7"/>
+    <sheet state="visible" name="AGUSTUS" sheetId="4" r:id="rId8"/>
+    <sheet state="visible" name="SEPTEMBER" sheetId="5" r:id="rId9"/>
+    <sheet state="visible" name="OKTOBER" sheetId="6" r:id="rId10"/>
+    <sheet state="visible" name="NOVEMBER" sheetId="7" r:id="rId11"/>
+    <sheet state="visible" name="DESEMBER" sheetId="8" r:id="rId12"/>
   </sheets>
   <definedNames>
     <definedName hidden="1" localSheetId="0" name="_xlnm._FilterDatabase">'Form Responses 1'!$A$1:$I$2</definedName>
   </definedNames>
   <calcPr/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="305" uniqueCount="193">
   <si>
     <t>Timestamp</t>
   </si>
   <si>
     <t>NAMA GURU</t>
   </si>
   <si>
     <t>MATA PELAJARAN</t>
   </si>
   <si>
     <t>KELAS</t>
   </si>
   <si>
     <t>JAM KE-</t>
   </si>
@@ -973,83 +974,87 @@
     </xf>
     <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="0"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment shrinkToFit="0" wrapText="0"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment readingOrder="0" shrinkToFit="0" wrapText="0"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="18" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment vertical="bottom"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="18" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment vertical="bottom"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" name="Normal" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<x18tc:personList xmlns:x18tc="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="EA4335"/>
       </a:accent2>
       <a:accent3>