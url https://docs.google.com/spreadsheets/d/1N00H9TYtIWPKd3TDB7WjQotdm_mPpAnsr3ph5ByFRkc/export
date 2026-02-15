--- v0 (2026-01-25)
+++ v1 (2026-02-15)
@@ -1205,94 +1205,94 @@
         <patternFill patternType="solid">
           <fgColor rgb="FFB7E1CD"/>
           <bgColor rgb="FFB7E1CD"/>
         </patternFill>
       </fill>
       <border/>
     </dxf>
     <dxf>
       <font>
         <strike/>
       </font>
       <fill>
         <patternFill patternType="none"/>
       </fill>
       <border/>
     </dxf>
   </dxfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="352425" cy="285750"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="0" name="image1.png"/>
         <xdr:cNvPicPr preferRelativeResize="0"/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip cstate="print" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="285750" cy="285750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="0" name="image4.png"/>
+        <xdr:cNvPr id="0" name="image3.png"/>
         <xdr:cNvPicPr preferRelativeResize="0"/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip cstate="print" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>11</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="247650" cy="285750"/>
@@ -1304,51 +1304,51 @@
       <xdr:blipFill>
         <a:blip cstate="print" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>16</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="285750" cy="285750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="0" name="image3.png"/>
+        <xdr:cNvPr id="0" name="image4.png"/>
         <xdr:cNvPicPr preferRelativeResize="0"/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip cstate="print" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>