--- v1 (2026-02-15)
+++ v2 (2026-03-12)
@@ -1205,150 +1205,150 @@
         <patternFill patternType="solid">
           <fgColor rgb="FFB7E1CD"/>
           <bgColor rgb="FFB7E1CD"/>
         </patternFill>
       </fill>
       <border/>
     </dxf>
     <dxf>
       <font>
         <strike/>
       </font>
       <fill>
         <patternFill patternType="none"/>
       </fill>
       <border/>
     </dxf>
   </dxfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="352425" cy="285750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="0" name="image1.png"/>
+        <xdr:cNvPr id="0" name="image2.png"/>
         <xdr:cNvPicPr preferRelativeResize="0"/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip cstate="print" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="285750" cy="285750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="0" name="image3.png"/>
+        <xdr:cNvPr id="0" name="image4.png"/>
         <xdr:cNvPicPr preferRelativeResize="0"/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip cstate="print" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>11</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="247650" cy="285750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="0" name="image2.png"/>
+        <xdr:cNvPr id="0" name="image3.png"/>
         <xdr:cNvPicPr preferRelativeResize="0"/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip cstate="print" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>16</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="285750" cy="285750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="0" name="image4.png"/>
+        <xdr:cNvPr id="0" name="image1.png"/>
         <xdr:cNvPicPr preferRelativeResize="0"/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip cstate="print" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>