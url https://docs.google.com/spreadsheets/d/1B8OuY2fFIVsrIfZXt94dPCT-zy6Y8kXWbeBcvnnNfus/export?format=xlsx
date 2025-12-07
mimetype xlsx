--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
     <sheet state="visible" name="工作表1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr/>
 </workbook>
 </file>
 