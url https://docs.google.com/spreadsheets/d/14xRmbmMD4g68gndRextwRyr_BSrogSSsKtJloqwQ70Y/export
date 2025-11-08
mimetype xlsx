--- v0 (2025-10-10)
+++ v1 (2025-11-08)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml" PartName="/xl/charts/chart1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
@@ -234,55 +235,55 @@
               <c:f>'Les deux sexes'!$C$4</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:ln cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:cat>
             <c:strRef>
               <c:f>'Les deux sexes'!$B$5:$B$19</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Les deux sexes'!$C$5:$C$19</c:f>
               <c:numCache/>
             </c:numRef>
           </c:val>
         </c:ser>
-        <c:axId val="2138637016"/>
-        <c:axId val="116285827"/>
+        <c:axId val="562692514"/>
+        <c:axId val="1666133937"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="2138637016"/>
+        <c:axId val="562692514"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr lvl="0">
                   <a:defRPr b="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:r>
                   <a:rPr b="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
@@ -290,54 +291,54 @@
                   <a:t/>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:spPr/>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="116285827"/>
+        <c:crossAx val="1666133937"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="116285827"/>
+        <c:axId val="1666133937"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="B7B7B7"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:minorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="CCCCCC">
                   <a:alpha val="0"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:minorGridlines>
@@ -368,51 +369,51 @@
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="2138637016"/>
+        <c:crossAx val="562692514"/>
       </c:valAx>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:overlay val="0"/>
       <c:txPr>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr lvl="0">
             <a:defRPr b="0">
               <a:solidFill>
                 <a:srgbClr val="1A1A1A"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:defRPr>
           </a:pPr>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
   </c:chart>
 </c:chartSpace>
 </file>
 