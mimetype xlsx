--- v1 (2025-11-08)
+++ v2 (2025-12-13)
@@ -235,55 +235,55 @@
               <c:f>'Les deux sexes'!$C$4</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:ln cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:cat>
             <c:strRef>
               <c:f>'Les deux sexes'!$B$5:$B$19</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Les deux sexes'!$C$5:$C$19</c:f>
               <c:numCache/>
             </c:numRef>
           </c:val>
         </c:ser>
-        <c:axId val="562692514"/>
-        <c:axId val="1666133937"/>
+        <c:axId val="185771172"/>
+        <c:axId val="1221741191"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="562692514"/>
+        <c:axId val="185771172"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr lvl="0">
                   <a:defRPr b="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:r>
                   <a:rPr b="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
@@ -291,54 +291,54 @@
                   <a:t/>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:spPr/>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1666133937"/>
+        <c:crossAx val="1221741191"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="1666133937"/>
+        <c:axId val="1221741191"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="B7B7B7"/>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:majorGridlines>
         <c:minorGridlines>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="CCCCCC">
                   <a:alpha val="0"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
         </c:minorGridlines>
@@ -369,51 +369,51 @@
             </c:rich>
           </c:tx>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:pPr>
           </a:p>
         </c:txPr>
-        <c:crossAx val="562692514"/>
+        <c:crossAx val="185771172"/>
       </c:valAx>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:overlay val="0"/>
       <c:txPr>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr lvl="0">
             <a:defRPr b="0">
               <a:solidFill>
                 <a:srgbClr val="1A1A1A"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:defRPr>
           </a:pPr>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
   </c:chart>
 </c:chartSpace>
 </file>
 