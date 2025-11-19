--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout22.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout19.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout21.xml"/>
@@ -10309,55 +10310,55 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="98" name="Shape 98"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="99" name="Google Shape;99;p25"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>