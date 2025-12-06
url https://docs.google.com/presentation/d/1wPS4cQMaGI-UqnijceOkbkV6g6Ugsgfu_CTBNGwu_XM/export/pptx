--- v0 (2025-10-25)
+++ v1 (2025-12-06)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml" PartName="/ppt/tableStyles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
@@ -300,52 +301,52 @@
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst>
         <p15:guide id="1" orient="horz" pos="2448">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3168">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{4849FB61-8A18-4C88-9C84-03DF22AC71D2}">
-  <a:tblStyle styleId="{4849FB61-8A18-4C88-9C84-03DF22AC71D2}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{CF6D4695-437D-4EC0-87AD-2F08706D26E5}">
+  <a:tblStyle styleId="{CF6D4695-437D-4EC0-87AD-2F08706D26E5}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -6501,83 +6502,83 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/kindergarten-teks-planning-guide" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/grade-1-teks-planning-guide" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/grade-2-teks-planning-guide" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/grade-3-teks-planning-guide" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/grade-4-teks-planning-guide" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/grade-5-teks-planning-guide" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/kindergarten-teks-planning-guide" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/grade-1-teks-planning-guide" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/grade-2-teks-planning-guide" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/grade-3-teks-planning-guide" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/grade-4-teks-planning-guide" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/grade-5-teks-planning-guide" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-1/chemistry-conservation-of-matter/166" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-3/acids-reactions-properties-of-matter/168" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-2/dissolving-particulate-nature-of-matter/167" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-1/chemistry-conservation-of-matter/166" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-2/dissolving-particulate-nature-of-matter/167" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/matter-mixtures" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-5/gases-particle-models/169" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-4/chemical-reactions/110" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-3/acids-reactions-properties-of-matter/168" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-4/chemical-reactions/110" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-5/gases-particle-models/169" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/matter-mixtures" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-1/chemistry-conservation-of-matter/166" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-3/acids-reactions-properties-of-matter/168" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-2/dissolving-particulate-nature-of-matter/167" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-1/chemistry-conservation-of-matter/166" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-2/dissolving-particulate-nature-of-matter/167" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/matter-mixtures" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-5/gases-particle-models/169" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-4/chemical-reactions/110" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-3/acids-reactions-properties-of-matter/168" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-4/chemical-reactions/110" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/mystery-5/gases-particle-models/169" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/chemistry-tx/matter-mixtures" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-3/electrical-energy/37" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-2/structure-function-of-eyes/61" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/light-heat-electricity" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-4/heat-energy-energy-transfer/268" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-1/light-eyes-vision/60" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-2/structure-function-of-eyes/61" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-1/light-eyes-vision/60" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/light-heat-electricity" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-3/electrical-energy/37" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-4/heat-energy-energy-transfer/268" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-3/electrical-energy/37" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-2/structure-function-of-eyes/61" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/light-heat-electricity" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-4/heat-energy-energy-transfer/268" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-1/light-eyes-vision/60" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-2/structure-function-of-eyes/61" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-1/light-eyes-vision/60" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/light-heat-electricity" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-3/electrical-energy/37" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/light-energy-tx/mystery-4/heat-energy-energy-transfer/268" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/mystery-1/sedimentary-rock-fossils/825" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/mystery-2/erosion-earth-s-surface-landforms/114" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/mystery-2/erosion-earth-s-surface-landforms/114" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/mystery-1/sedimentary-rock-fossils/825" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/mystery-3/erosion-engineering/152" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/mystery-3/erosion-engineering/152" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/erosion-land-formation" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/erosion-land-formation" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/mystery-1/sedimentary-rock-fossils/825" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/mystery-2/erosion-earth-s-surface-landforms/114" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/mystery-2/erosion-earth-s-surface-landforms/114" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/mystery-1/sedimentary-rock-fossils/825" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/mystery-3/erosion-engineering/152" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/mystery-3/erosion-engineering/152" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/erosion-land-formation" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/landforms-tx/erosion-land-formation" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-1/climate-geography-global-weather-patterns/98" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-3/water-cycle/124" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-2/mixtures-solutions/796" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-1/climate-geography-global-weather-patterns/98" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-2/mixtures-solutions/796" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/earth/mystery-5/natural-disasters-engineering/154" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-4/natural-disasters-engineering/154" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-3/water-cycle/124" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-4/natural-disasters-engineering/154" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/climate-the-water-cycle" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/climate-the-water-cycle" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-1/climate-geography-global-weather-patterns/98" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-3/water-cycle/124" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-2/mixtures-solutions/796" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-1/climate-geography-global-weather-patterns/98" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-2/mixtures-solutions/796" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/earth/mystery-5/natural-disasters-engineering/154" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-4/natural-disasters-engineering/154" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-3/water-cycle/124" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/mystery-4/natural-disasters-engineering/154" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/climate-the-water-cycle" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/water-cycle-tx/climate-the-water-cycle" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rotation-tx/mystery-1/day-night-earth-s-rotation/378" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rotation-tx/mystery-2/earth-s-rotation-daily-shadow-patterns/74" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rotation-tx/mystery-2/earth-s-rotation-daily-shadow-patterns/74" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rotation-tx/earth-s-rotation" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rotation-tx/earth-s-rotation" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rotation-tx/mystery-1/day-night-earth-s-rotation/378" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rotation-tx/mystery-1/day-night-earth-s-rotation/378" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rotation-tx/mystery-2/earth-s-rotation-daily-shadow-patterns/74" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rotation-tx/mystery-2/earth-s-rotation-daily-shadow-patterns/74" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rotation-tx/earth-s-rotation" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rotation-tx/earth-s-rotation" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rotation-tx/mystery-1/day-night-earth-s-rotation/378" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-2/decomposers-matter-cycle/95" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-1/food-webs-flow-of-energy/212" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-4/ecosystems-matter-cycle/216" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-3/decomposers-nutrients-matter-cycle/215" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-1/food-webs-flow-of-energy/212" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-2/decomposers-matter-cycle/95" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-3/decomposers-nutrients-matter-cycle/215" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-4/ecosystems-matter-cycle/216" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/ecosystems-the-food-web" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/ecosystems-the-food-web" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-2/decomposers-matter-cycle/95" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-1/food-webs-flow-of-energy/212" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-4/ecosystems-matter-cycle/216" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-3/decomposers-nutrients-matter-cycle/215" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-1/food-webs-flow-of-energy/212" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-2/decomposers-matter-cycle/95" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-3/decomposers-nutrients-matter-cycle/215" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/mystery-4/ecosystems-matter-cycle/216" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/ecosystems-the-food-web" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/ecosystems-tx/ecosystems-the-food-web" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/fossils" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/mystery-3/fossil-evidence-trace-fossils-animal-behavior/417" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/fossils" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/mystery-1/habitats-fossils-environments-over-time/379" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/animals/mystery-1/habitats-fossils-environments-over-time/379" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/mystery-2/fossil-evidence-classification/32" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/mystery-2/fossil-evidence-classification/32" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/mystery-3/fossil-evidence-trace-fossils-animal-behavior/417" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/mystery-1/habitats-fossils-environments-over-time/379" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/fossils" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/mystery-3/fossil-evidence-trace-fossils-animal-behavior/417" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/fossils" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/mystery-1/habitats-fossils-environments-over-time/379" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/animals/mystery-1/habitats-fossils-environments-over-time/379" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/mystery-2/fossil-evidence-classification/32" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/mystery-2/fossil-evidence-classification/32" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/mystery-3/fossil-evidence-trace-fossils-animal-behavior/417" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/fossils-tx/mystery-1/habitats-fossils-environments-over-time/379" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-3/animal-groups-survival/265" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-2/trait-variation-natural-selection-survival/120" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-4/traits-environmental-variation/267" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-1/trait-variation-inheritance-artificial-selection/30" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-2/trait-variation-natural-selection-survival/120" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-1/trait-variation-inheritance-artificial-selection/30" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/inherited-traits" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/inherited-traits" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-3/animal-groups-survival/265" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-4/traits-environmental-variation/267" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-3/animal-groups-survival/265" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-2/trait-variation-natural-selection-survival/120" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/docs/south-carolina" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-4/traits-environmental-variation/267" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-1/trait-variation-inheritance-artificial-selection/30" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-2/trait-variation-natural-selection-survival/120" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-1/trait-variation-inheritance-artificial-selection/30" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/inherited-traits" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/texas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/inherited-traits" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-3/animal-groups-survival/265" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/traits-tx/mystery-4/traits-environmental-variation/267" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="53" name="Shape 53"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="54" name="Google Shape;54;p13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -7126,51 +7127,51 @@
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="57" name="Google Shape;57;p13"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="448138" y="4754350"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1005175"/>
                 <a:gridCol w="1224100"/>
                 <a:gridCol w="1015475"/>
                 <a:gridCol w="1001450"/>
                 <a:gridCol w="877300"/>
                 <a:gridCol w="1349250"/>
                 <a:gridCol w="1363075"/>
                 <a:gridCol w="1308150"/>
               </a:tblGrid>
               <a:tr h="396200">
                 <a:tc gridSpan="8">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
@@ -9571,51 +9572,51 @@
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="66" name="Google Shape;66;p14"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457188" y="1360960"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="914400"/>
                 <a:gridCol w="1828800"/>
                 <a:gridCol w="1703950"/>
                 <a:gridCol w="1953650"/>
                 <a:gridCol w="2743200"/>
               </a:tblGrid>
               <a:tr h="183700">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
@@ -12943,51 +12944,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="70" name="Google Shape;70;p14"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457188" y="1757185"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="696475"/>
               </a:tblGrid>
               <a:tr h="1051175">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
@@ -13813,51 +13814,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="78" name="Google Shape;78;p15"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="467988" y="1360960"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="903600"/>
                 <a:gridCol w="1730350"/>
                 <a:gridCol w="1688350"/>
                 <a:gridCol w="2796450"/>
                 <a:gridCol w="2025250"/>
               </a:tblGrid>
               <a:tr h="183700">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
@@ -16754,51 +16755,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="81" name="Google Shape;81;p15"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="467988" y="1828810"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="696475"/>
               </a:tblGrid>
               <a:tr h="1139550">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
@@ -17518,51 +17519,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="89" name="Google Shape;89;p15"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="7416675" y="6626135"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1991450"/>
               </a:tblGrid>
               <a:tr h="683125">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
@@ -17767,51 +17768,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="93" name="Google Shape;93;p15"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="6511400" y="6545910"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="822675"/>
               </a:tblGrid>
               <a:tr h="308150">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
@@ -18005,51 +18006,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="97" name="Google Shape;97;p15"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="4063875" y="6626135"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1991450"/>
               </a:tblGrid>
               <a:tr h="683125">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
@@ -18254,51 +18255,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="101" name="Google Shape;101;p15"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3158600" y="6545910"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="822675"/>
               </a:tblGrid>
               <a:tr h="308150">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
@@ -18462,51 +18463,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="107" name="Google Shape;107;p16"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457188" y="1360960"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1010225"/>
                 <a:gridCol w="1732975"/>
                 <a:gridCol w="1571075"/>
                 <a:gridCol w="2562600"/>
                 <a:gridCol w="2267125"/>
               </a:tblGrid>
               <a:tr h="183700">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
@@ -21230,51 +21231,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="116" name="Google Shape;116;p16"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="7416675" y="5635535"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1991450"/>
               </a:tblGrid>
               <a:tr h="683125">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
@@ -21452,51 +21453,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="119" name="Google Shape;119;p16"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="6511400" y="5555310"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="822675"/>
               </a:tblGrid>
               <a:tr h="308150">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
@@ -21769,51 +21770,51 @@
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="124" name="Google Shape;124;p16"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457188" y="1833385"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="696475"/>
               </a:tblGrid>
               <a:tr h="1263000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
@@ -22314,51 +22315,51 @@
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="130" name="Google Shape;130;p17"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457188" y="1360960"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1028700"/>
                 <a:gridCol w="2400300"/>
                 <a:gridCol w="2286000"/>
                 <a:gridCol w="3429000"/>
               </a:tblGrid>
               <a:tr h="183700">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
@@ -24826,51 +24827,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="136" name="Google Shape;136;p17"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457188" y="1757185"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="696475"/>
               </a:tblGrid>
               <a:tr h="1036300">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
@@ -25557,51 +25558,51 @@
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="145" name="Google Shape;145;p18"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="467988" y="1360960"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="979025"/>
                 <a:gridCol w="1764175"/>
                 <a:gridCol w="2187750"/>
                 <a:gridCol w="1820550"/>
                 <a:gridCol w="2392500"/>
               </a:tblGrid>
               <a:tr h="183700">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
@@ -27239,51 +27240,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="149" name="Google Shape;149;p18"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="467988" y="1828835"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="696475"/>
               </a:tblGrid>
               <a:tr h="1184025">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
@@ -27614,51 +27615,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="154" name="Google Shape;154;p18"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="7416675" y="4568735"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1991450"/>
               </a:tblGrid>
               <a:tr h="683125">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
@@ -27836,51 +27837,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="157" name="Google Shape;157;p18"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="6511400" y="4488510"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="822675"/>
               </a:tblGrid>
               <a:tr h="308150">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
@@ -28074,51 +28075,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="161" name="Google Shape;161;p18"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="7416675" y="5940335"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1991450"/>
               </a:tblGrid>
               <a:tr h="683125">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
@@ -28296,51 +28297,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="164" name="Google Shape;164;p18"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="6511400" y="5860110"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="822675"/>
               </a:tblGrid>
               <a:tr h="308150">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
@@ -28534,51 +28535,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="168" name="Google Shape;168;p18"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3911475" y="4568735"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1991450"/>
               </a:tblGrid>
               <a:tr h="683125">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
@@ -28756,51 +28757,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="171" name="Google Shape;171;p18"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3006200" y="4488510"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="822675"/>
               </a:tblGrid>
               <a:tr h="308150">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
@@ -29059,51 +29060,51 @@
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="179" name="Google Shape;179;p19"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457188" y="1360960"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="914400"/>
                 <a:gridCol w="1828800"/>
                 <a:gridCol w="1828800"/>
                 <a:gridCol w="2218975"/>
                 <a:gridCol w="2353025"/>
               </a:tblGrid>
               <a:tr h="183700">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
@@ -32113,51 +32114,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="184" name="Google Shape;184;p19"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457188" y="1848610"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="657125"/>
               </a:tblGrid>
               <a:tr h="1264175">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
@@ -33059,51 +33060,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="192" name="Google Shape;192;p20"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="467988" y="1360960"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="979025"/>
                 <a:gridCol w="1483250"/>
                 <a:gridCol w="1532250"/>
                 <a:gridCol w="2406275"/>
                 <a:gridCol w="2743200"/>
               </a:tblGrid>
               <a:tr h="183700">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
@@ -35240,51 +35241,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="194" name="Google Shape;194;p20"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="467988" y="1828810"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="696475"/>
               </a:tblGrid>
               <a:tr h="1077400">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
@@ -35985,51 +35986,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="202" name="Google Shape;202;p20"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="7416675" y="5483135"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1991450"/>
               </a:tblGrid>
               <a:tr h="683125">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Poppins"/>
@@ -36180,51 +36181,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="204" name="Google Shape;204;p20"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="6500663" y="5406010"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="822675"/>
               </a:tblGrid>
               <a:tr h="308150">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>
@@ -36440,51 +36441,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="211" name="Google Shape;211;p21"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="467988" y="1360960"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1025850"/>
                 <a:gridCol w="1608100"/>
                 <a:gridCol w="2078525"/>
                 <a:gridCol w="1688325"/>
                 <a:gridCol w="2743200"/>
               </a:tblGrid>
               <a:tr h="183700">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
@@ -39216,51 +39217,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="215" name="Google Shape;215;p21"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="467988" y="1828785"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4849FB61-8A18-4C88-9C84-03DF22AC71D2}</a:tableStyleId>
+                <a:tableStyleId>{CF6D4695-437D-4EC0-87AD-2F08706D26E5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="696475"/>
               </a:tblGrid>
               <a:tr h="1019850">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:solidFill>