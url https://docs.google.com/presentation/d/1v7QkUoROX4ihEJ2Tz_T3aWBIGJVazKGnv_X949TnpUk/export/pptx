--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml" PartName="/ppt/tableStyles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide4.xml"/>
@@ -304,52 +305,52 @@
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst>
         <p15:guide id="1" orient="horz" pos="1584">
           <p15:clr>
             <a:srgbClr val="9AA0A6"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2448">
           <p15:clr>
             <a:srgbClr val="747775"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{098E6FDB-C45C-4149-B9C6-1854A757C397}">
-  <a:tblStyle styleId="{098E6FDB-C45C-4149-B9C6-1854A757C397}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{02C2D91B-D41E-45A1-920B-00F7A434816B}">
+  <a:tblStyle styleId="{02C2D91B-D41E-45A1-920B-00F7A434816B}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -6608,87 +6609,87 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/severe-weather" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/getting-started?modal=pacing-guide-modal" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/getting-started?modal=anchor-layer-teacher-guides-modal" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/anchor" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/severe-weather" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/getting-started?modal=pacing-guide-modal" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/getting-started?modal=anchor-layer-teacher-guides-modal" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/anchor" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-3/weather-conditions/704" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-2/wind-storms/713" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-3/weather-conditions/704" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-2/wind-storms/713" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-0/weather-conditions-and-preparation/1138" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-0/weather-conditions-and-preparation/1138" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-1/severe-weather-preparation/717" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-1/severe-weather-preparation/717" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-3/weather-conditions/704" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-2/wind-storms/713" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-3/weather-conditions/704" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-2/wind-storms/713" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-0/weather-conditions-and-preparation/1138" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-0/weather-conditions-and-preparation/1138" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-1/severe-weather-preparation/717" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/storms/mystery-1/severe-weather-preparation/717" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="EAEADF"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="53" name="Shape 53"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -7233,51 +7234,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="188" name="Google Shape;188;p22"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5577800" y="1280160"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{098E6FDB-C45C-4149-B9C6-1854A757C397}</a:tableStyleId>
+                <a:tableStyleId>{02C2D91B-D41E-45A1-920B-00F7A434816B}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1737400"/>
               </a:tblGrid>
               <a:tr h="932300">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
@@ -8957,51 +8958,51 @@
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="71" name="Google Shape;71;p14"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="2971800"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{098E6FDB-C45C-4149-B9C6-1854A757C397}</a:tableStyleId>
+                <a:tableStyleId>{02C2D91B-D41E-45A1-920B-00F7A434816B}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2332375"/>
                 <a:gridCol w="1883800"/>
                 <a:gridCol w="1442150"/>
                 <a:gridCol w="1199675"/>
               </a:tblGrid>
               <a:tr h="183700">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:latin typeface="Poppins"/>
@@ -12532,51 +12533,51 @@
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="110" name="Google Shape;110;p16"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5577800" y="1280185"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{098E6FDB-C45C-4149-B9C6-1854A757C397}</a:tableStyleId>
+                <a:tableStyleId>{02C2D91B-D41E-45A1-920B-00F7A434816B}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1737400"/>
               </a:tblGrid>
               <a:tr h="915150">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
@@ -14486,51 +14487,51 @@
                 <a:schemeClr val="accent6"/>
               </a:highlight>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="125" name="Google Shape;125;p17"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5576925" y="1280160"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{098E6FDB-C45C-4149-B9C6-1854A757C397}</a:tableStyleId>
+                <a:tableStyleId>{02C2D91B-D41E-45A1-920B-00F7A434816B}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1738275"/>
               </a:tblGrid>
               <a:tr h="929175">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
@@ -15876,51 +15877,51 @@
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="139" name="Google Shape;139;p18"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5576925" y="1280160"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{098E6FDB-C45C-4149-B9C6-1854A757C397}</a:tableStyleId>
+                <a:tableStyleId>{02C2D91B-D41E-45A1-920B-00F7A434816B}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1738275"/>
               </a:tblGrid>
               <a:tr h="929175">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
@@ -17431,51 +17432,51 @@
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="150" name="Google Shape;150;p19"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5576925" y="1280160"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{098E6FDB-C45C-4149-B9C6-1854A757C397}</a:tableStyleId>
+                <a:tableStyleId>{02C2D91B-D41E-45A1-920B-00F7A434816B}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1738275"/>
               </a:tblGrid>
               <a:tr h="929175">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
@@ -18650,51 +18651,51 @@
                 <a:schemeClr val="accent6"/>
               </a:highlight>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="164" name="Google Shape;164;p20"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5576925" y="1280160"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{098E6FDB-C45C-4149-B9C6-1854A757C397}</a:tableStyleId>
+                <a:tableStyleId>{02C2D91B-D41E-45A1-920B-00F7A434816B}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1738275"/>
               </a:tblGrid>
               <a:tr h="929175">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
@@ -20204,51 +20205,51 @@
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="180" name="Google Shape;180;p21"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5576925" y="1280160"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{098E6FDB-C45C-4149-B9C6-1854A757C397}</a:tableStyleId>
+                <a:tableStyleId>{02C2D91B-D41E-45A1-920B-00F7A434816B}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1738275"/>
               </a:tblGrid>
               <a:tr h="929175">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>