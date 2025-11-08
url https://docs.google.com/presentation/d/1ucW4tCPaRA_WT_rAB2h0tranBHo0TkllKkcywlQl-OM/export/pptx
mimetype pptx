--- v0 (2025-11-06)
+++ v1 (2025-11-08)
@@ -10084,75 +10084,75 @@
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-GB"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title page 3">
   <p:cSld name="Title page 3">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="16" name="Shape 16"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
@@ -12972,55 +12972,55 @@
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
               <a:defRPr b="0" i="0" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p/>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="9" name="Shape 9"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -14921,227 +14921,227 @@
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide37.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide38.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide39.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide40.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide40.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide41.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide42.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide43.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide43.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide44.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide44.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide45.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide45.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide46.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide46.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide47.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide48.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="56" name="Shape 56"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>