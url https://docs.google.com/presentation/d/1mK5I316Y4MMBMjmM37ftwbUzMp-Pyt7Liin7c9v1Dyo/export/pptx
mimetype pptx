--- v0 (2025-10-14)
+++ v1 (2025-11-08)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout19.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
@@ -842,123 +843,123 @@
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Two things that stood out" type="tx">
   <p:cSld name="TITLE_AND_BODY">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="EF9A9A"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="9" name="Shape 9"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>