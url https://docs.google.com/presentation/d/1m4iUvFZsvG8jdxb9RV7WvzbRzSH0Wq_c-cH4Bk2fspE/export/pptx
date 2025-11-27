--- v0 (2025-10-31)
+++ v1 (2025-11-27)
@@ -326,52 +326,52 @@
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{13118EEA-A3E5-471F-82C3-9CE2B7078C70}">
-  <a:tblStyle styleId="{13118EEA-A3E5-471F-82C3-9CE2B7078C70}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{A98E2F2F-2798-4C72-8CD3-856465A0F5F8}">
+  <a:tblStyle styleId="{A98E2F2F-2798-4C72-8CD3-856465A0F5F8}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
     </a:wholeTbl>
     <a:band1H>
       <a:tcTxStyle/>
     </a:band1H>
     <a:band2H>
       <a:tcTxStyle/>
     </a:band2H>
     <a:band1V>
       <a:tcTxStyle/>
     </a:band1V>
     <a:band2V>
       <a:tcTxStyle/>
     </a:band2V>
     <a:lastCol>
       <a:tcTxStyle/>
     </a:lastCol>
@@ -22220,119 +22220,119 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="110" name="Shape 110"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="111" name="Google Shape;111;p25"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
@@ -22734,51 +22734,51 @@
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Hattie, 2009</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="186" name="Google Shape;186;p34"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="547688" y="1143000"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{13118EEA-A3E5-471F-82C3-9CE2B7078C70}</a:tableStyleId>
+                <a:tableStyleId>{A98E2F2F-2798-4C72-8CD3-856465A0F5F8}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="3889375"/>
                 <a:gridCol w="4137025"/>
               </a:tblGrid>
               <a:tr h="663575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="FFFFFF"/>
                         </a:buClr>
                         <a:buFont typeface="Arial"/>