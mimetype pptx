--- v0 (2025-10-08)
+++ v1 (2025-11-07)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide28.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide25.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide22.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide26.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide19.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide27.xml"/>
@@ -387,52 +388,52 @@
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst>
         <p15:guide id="1" orient="horz" pos="1620">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{3938C9FD-2878-4E6A-9549-E77003A08675}">
-  <a:tblStyle styleId="{3938C9FD-2878-4E6A-9549-E77003A08675}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{906A7ED1-5EA5-4CA2-B9E1-34B22A725F44}">
+  <a:tblStyle styleId="{906A7ED1-5EA5-4CA2-B9E1-34B22A725F44}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -506,51 +507,51 @@
     <a:lastCol>
       <a:tcTxStyle/>
     </a:lastCol>
     <a:firstCol>
       <a:tcTxStyle/>
     </a:firstCol>
     <a:lastRow>
       <a:tcTxStyle/>
     </a:lastRow>
     <a:seCell>
       <a:tcTxStyle/>
     </a:seCell>
     <a:swCell>
       <a:tcTxStyle/>
     </a:swCell>
     <a:firstRow>
       <a:tcTxStyle/>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
     </a:nwCell>
   </a:tblStyle>
-  <a:tblStyle styleId="{D8A4A4C2-FEAA-4347-94F9-EB60169D1993}" styleName="Table_1">
+  <a:tblStyle styleId="{CA65A091-53DD-4122-8684-5ACC38FEC87C}" styleName="Table_1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
     </a:wholeTbl>
     <a:band1H>
       <a:tcTxStyle/>
     </a:band1H>
     <a:band2H>
       <a:tcTxStyle/>
     </a:band2H>
     <a:band1V>
       <a:tcTxStyle/>
     </a:band1V>
     <a:band2V>
       <a:tcTxStyle/>
     </a:band2V>
     <a:lastCol>
       <a:tcTxStyle/>
     </a:lastCol>
@@ -582,51 +583,51 @@
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showComments="0">
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="100" d="100"/>
           <a:sy n="100" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="1620" orient="horz"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Google Shape;3;n"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
@@ -17572,51 +17573,51 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="fr-CA"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout36.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout36.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -20289,159 +20290,159 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipe@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipe@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.gouv.qc.ca/fileadmin/site_web/documents/ministere/Cadre-reference-competence-num.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.gouv.qc.ca/fileadmin/site_web/documents/ministere/Cadre-reference-competence-num.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/?lang=fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/?lang=fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/mod/book/view.php?id=17665&amp;chapterid=1625" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipe@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/poly29janvier" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipe@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/poly29janvier" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/davidporas/status/1625959569246625793" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/polypad/2kDWdCwwhhLKuA" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=rJAVN_jM3Es" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=mrDYhuNkBkI&amp;list=PLbBgLs7mTczAaJibhxItBMLtZCMwtnj6r" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/playlist?list=PLbBgLs7mTczAsVzDTMBwYQOgfShSw7LDA" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/tat1uNg197U6a" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/zmq0qnQUIKhzoQ" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/6uC7al41bIuxA" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/TimBrzezinski/status/1626181056687755266" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/playlist?list=PLbBgLs7mTczCqh5qvQvn_z9X1Q8Z9LQjJ" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/TimBrzezinski/status/1641090811201744898" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/polypad/bxbYffVE1mZGiQ" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/OYBPnQ71EF8VQ" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/fdXW0W3p8DUUng" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/TimBrzezinski/status/1621558101961744387" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/3rV4c7tMNkx7xg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/7HR0YSTCF1tVdA" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p/gSL3w8xbrz4Pzg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/fznETrga2tUjw" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/1p3ziYZ1obZvSg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/task/completing-the-square" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p/QJavwOOKoihKkg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p/3KTKUI3nurPHQ" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/polypad/XssaYsoNUl6DA" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=NUNoks1rwQ0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/TimBrzezinski/status/1624163886428479492" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/davidporas/status/1617648566436237321" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digipad.app/p/394346/3f68a8e55b5ba" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digipad.app/p/438033/1da724af0c8a6" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/mathigon" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/tasks" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://desmosfr.ca/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/collection/6435663eef4ba04f6fcd150d?lang=fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/collection/6435663eef4ba04f6fcd150d?lang=fr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/collection/6435663eef4ba04f6fcd150d?lang=fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/?lang=fr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://desmosfr.ca/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/collection/6435663eef4ba04f6fcd150d?lang=fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/collection/6435663eef4ba04f6fcd150d?lang=fr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/collection/6435663eef4ba04f6fcd150d?lang=fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/?lang=fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/view.php?id=517" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/view.php?id=217" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/view.php?id=217" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/index.php?categoryid=2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/view.php?id=517" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/view.php?id=217" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/view.php?id=217" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/index.php?categoryid=2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.recitmst.qc.ca/ecv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/ecv" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.recitmst.qc.ca/ecv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/ecv" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luc.lagarde@recit.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipemst@recit.qc.ca" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/a09-desmos" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/RECITMST2020/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/c/R%C3%89CITMST" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/RECITMST2020/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/c/R%C3%89CITMST" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luc.lagarde@recit.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipemst@recit.qc.ca" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/a09-desmos" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/RECITMST2020/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/c/R%C3%89CITMST" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/RECITMST2020/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/c/R%C3%89CITMST" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luc.lagarde@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitfga.ca/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luc.lagarde@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitfga.ca/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p/JqfpX1pM7iwbA" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/embed/h5y8Sp5Q7ZRvQ" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p/JqfpX1pM7iwbA" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/embed/h5y8Sp5Q7ZRvQ" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/embed/h5y8Sp5Q7ZRvQ" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/embed/h5y8Sp5Q7ZRvQ" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="196" name="Shape 196"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="197" name="Google Shape;197;p40"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -27238,51 +27239,51 @@
             <a:r>
               <a:rPr lang="fr-CA"/>
               <a:t>accourcis clavier</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="455" name="Google Shape;455;p58"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="665638" y="794275"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:tableStyleId>{D8A4A4C2-FEAA-4347-94F9-EB60169D1993}</a:tableStyleId>
+                <a:tableStyleId>{CA65A091-53DD-4122-8684-5ACC38FEC87C}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1790700"/>
                 <a:gridCol w="6296025"/>
               </a:tblGrid>
               <a:tr h="400050">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fr-CA" sz="1250">
@@ -35064,51 +35065,51 @@
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
           </p:pic>
         </p:grpSp>
       </p:grpSp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="296" name="Google Shape;296;p48"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3549538" y="2231825"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{3938C9FD-2878-4E6A-9549-E77003A08675}</a:tableStyleId>
+                <a:tableStyleId>{906A7ED1-5EA5-4CA2-B9E1-34B22A725F44}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="388725"/>
                 <a:gridCol w="388725"/>
                 <a:gridCol w="388725"/>
                 <a:gridCol w="388725"/>
                 <a:gridCol w="388725"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fr-CA"/>
@@ -36055,88 +36056,88 @@
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Material">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <a:themeElements>
-    <a:clrScheme name="Material">
+    <a:clrScheme name="Default">
       <a:dk1>
-        <a:srgbClr val="4285F4"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="424242"/>
+        <a:srgbClr val="158158"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="737373"/>
+        <a:srgbClr val="F3F3F3"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="0277BD"/>
+        <a:srgbClr val="058DC7"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="0F9D58"/>
+        <a:srgbClr val="50B432"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="DB4437"/>
+        <a:srgbClr val="ED561B"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FAFAFA"/>
+        <a:srgbClr val="EDEF00"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4FC3F7"/>
+        <a:srgbClr val="24CBE5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F4B400"/>
+        <a:srgbClr val="64E572"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="4FC3F7"/>
+        <a:srgbClr val="2200CC"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="4FC3F7"/>
+        <a:srgbClr val="551A8B"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
@@ -36613,88 +36614,88 @@
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Material">
   <a:themeElements>
-    <a:clrScheme name="Default">
+    <a:clrScheme name="Material">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:srgbClr val="4285F4"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="158158"/>
+        <a:srgbClr val="424242"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="F3F3F3"/>
+        <a:srgbClr val="737373"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="058DC7"/>
+        <a:srgbClr val="0277BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="50B432"/>
+        <a:srgbClr val="0F9D58"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="ED561B"/>
+        <a:srgbClr val="DB4437"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="EDEF00"/>
+        <a:srgbClr val="FAFAFA"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="24CBE5"/>
+        <a:srgbClr val="4FC3F7"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="64E572"/>
+        <a:srgbClr val="F4B400"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="2200CC"/>
+        <a:srgbClr val="4FC3F7"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="551A8B"/>
+        <a:srgbClr val="4FC3F7"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>