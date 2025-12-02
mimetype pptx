--- v1 (2025-11-07)
+++ v2 (2025-12-02)
@@ -388,52 +388,52 @@
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst>
         <p15:guide id="1" orient="horz" pos="1620">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{906A7ED1-5EA5-4CA2-B9E1-34B22A725F44}">
-  <a:tblStyle styleId="{906A7ED1-5EA5-4CA2-B9E1-34B22A725F44}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{8CF888EF-D24D-4738-A968-2E63F27EA186}">
+  <a:tblStyle styleId="{8CF888EF-D24D-4738-A968-2E63F27EA186}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -507,51 +507,51 @@
     <a:lastCol>
       <a:tcTxStyle/>
     </a:lastCol>
     <a:firstCol>
       <a:tcTxStyle/>
     </a:firstCol>
     <a:lastRow>
       <a:tcTxStyle/>
     </a:lastRow>
     <a:seCell>
       <a:tcTxStyle/>
     </a:seCell>
     <a:swCell>
       <a:tcTxStyle/>
     </a:swCell>
     <a:firstRow>
       <a:tcTxStyle/>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
     </a:nwCell>
   </a:tblStyle>
-  <a:tblStyle styleId="{CA65A091-53DD-4122-8684-5ACC38FEC87C}" styleName="Table_1">
+  <a:tblStyle styleId="{ECD7B354-84BE-41C6-8C04-3258D6A3D899}" styleName="Table_1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
     </a:wholeTbl>
     <a:band1H>
       <a:tcTxStyle/>
     </a:band1H>
     <a:band2H>
       <a:tcTxStyle/>
     </a:band2H>
     <a:band1V>
       <a:tcTxStyle/>
     </a:band1V>
     <a:band2V>
       <a:tcTxStyle/>
     </a:band2V>
     <a:lastCol>
       <a:tcTxStyle/>
     </a:lastCol>
@@ -579,51 +579,51 @@
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showComments="0">
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="100" d="100"/>
           <a:sy n="100" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="1620" orient="horz"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -17569,55 +17569,55 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="fr-CA"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout36.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout36.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -20290,159 +20290,159 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipe@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipe@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.gouv.qc.ca/fileadmin/site_web/documents/ministere/Cadre-reference-competence-num.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.gouv.qc.ca/fileadmin/site_web/documents/ministere/Cadre-reference-competence-num.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/?lang=fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/?lang=fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/mod/book/view.php?id=17665&amp;chapterid=1625" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipe@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/poly29janvier" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipe@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/poly29janvier" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/davidporas/status/1625959569246625793" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/polypad/2kDWdCwwhhLKuA" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=rJAVN_jM3Es" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=mrDYhuNkBkI&amp;list=PLbBgLs7mTczAaJibhxItBMLtZCMwtnj6r" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/playlist?list=PLbBgLs7mTczAsVzDTMBwYQOgfShSw7LDA" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/tat1uNg197U6a" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/zmq0qnQUIKhzoQ" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/6uC7al41bIuxA" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/TimBrzezinski/status/1626181056687755266" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/playlist?list=PLbBgLs7mTczCqh5qvQvn_z9X1Q8Z9LQjJ" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/TimBrzezinski/status/1641090811201744898" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/polypad/bxbYffVE1mZGiQ" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/OYBPnQ71EF8VQ" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/fdXW0W3p8DUUng" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/TimBrzezinski/status/1621558101961744387" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/3rV4c7tMNkx7xg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/7HR0YSTCF1tVdA" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p/gSL3w8xbrz4Pzg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/fznETrga2tUjw" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/p/1p3ziYZ1obZvSg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/task/completing-the-square" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p/QJavwOOKoihKkg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p/3KTKUI3nurPHQ" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/polypad/XssaYsoNUl6DA" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=NUNoks1rwQ0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/TimBrzezinski/status/1624163886428479492" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/davidporas/status/1617648566436237321" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digipad.app/p/394346/3f68a8e55b5ba" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digipad.app/p/438033/1da724af0c8a6" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/mathigon" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/tasks" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://desmosfr.ca/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/collection/6435663eef4ba04f6fcd150d?lang=fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/collection/6435663eef4ba04f6fcd150d?lang=fr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/collection/6435663eef4ba04f6fcd150d?lang=fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/?lang=fr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://desmosfr.ca/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/collection/6435663eef4ba04f6fcd150d?lang=fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/collection/6435663eef4ba04f6fcd150d?lang=fr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/collection/6435663eef4ba04f6fcd150d?lang=fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/?lang=fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/view.php?id=517" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/view.php?id=217" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/view.php?id=217" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/index.php?categoryid=2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/view.php?id=517" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/view.php?id=217" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/view.php?id=217" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/course/index.php?categoryid=2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.recitmst.qc.ca/ecv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/ecv" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.recitmst.qc.ca/ecv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/ecv" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luc.lagarde@recit.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipemst@recit.qc.ca" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/a09-desmos" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/RECITMST2020/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/c/R%C3%89CITMST" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/RECITMST2020/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/c/R%C3%89CITMST" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luc.lagarde@recit.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipemst@recit.qc.ca" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/a09-desmos" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/RECITMST2020/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/c/R%C3%89CITMST" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/RECITMST2020/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/c/R%C3%89CITMST" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luc.lagarde@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitfga.ca/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luc.lagarde@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitfga.ca/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p/JqfpX1pM7iwbA" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/embed/h5y8Sp5Q7ZRvQ" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/p/JqfpX1pM7iwbA" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/embed/h5y8Sp5Q7ZRvQ" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/embed/h5y8Sp5Q7ZRvQ" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/embed/h5y8Sp5Q7ZRvQ" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polypad.amplify.com/fr/embed/1FoPeBGeIWBxZA" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="196" name="Shape 196"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="197" name="Google Shape;197;p40"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -27239,51 +27239,51 @@
             <a:r>
               <a:rPr lang="fr-CA"/>
               <a:t>accourcis clavier</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="455" name="Google Shape;455;p58"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="665638" y="794275"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:tableStyleId>{CA65A091-53DD-4122-8684-5ACC38FEC87C}</a:tableStyleId>
+                <a:tableStyleId>{ECD7B354-84BE-41C6-8C04-3258D6A3D899}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1790700"/>
                 <a:gridCol w="6296025"/>
               </a:tblGrid>
               <a:tr h="400050">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fr-CA" sz="1250">
@@ -35065,51 +35065,51 @@
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
           </p:pic>
         </p:grpSp>
       </p:grpSp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="296" name="Google Shape;296;p48"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3549538" y="2231825"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{906A7ED1-5EA5-4CA2-B9E1-34B22A725F44}</a:tableStyleId>
+                <a:tableStyleId>{8CF888EF-D24D-4738-A968-2E63F27EA186}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="388725"/>
                 <a:gridCol w="388725"/>
                 <a:gridCol w="388725"/>
                 <a:gridCol w="388725"/>
                 <a:gridCol w="388725"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fr-CA"/>
@@ -36335,50 +36335,329 @@
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Material">
+  <a:themeElements>
+    <a:clrScheme name="Material">
+      <a:dk1>
+        <a:srgbClr val="4285F4"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="424242"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="737373"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="0277BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="0F9D58"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="DB4437"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FAFAFA"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4FC3F7"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F4B400"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="4FC3F7"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="4FC3F7"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Simple Light">
   <a:themeElements>
     <a:clrScheme name="Simple Light">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="595959"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEEEEE"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="212121"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="78909C"/>
       </a:accent3>
       <a:accent4>
@@ -36612,304 +36891,25 @@
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
-
-[...277 lines deleted...]
-</file>