--- v0 (2025-10-09)
+++ v1 (2025-12-15)
@@ -1,70 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/x-fontdata" Extension="fntdata"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide37.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide29.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide32.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide28.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide33.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide41.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide42.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide34.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide38.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide25.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide43.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide30.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide22.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide26.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide35.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide39.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide31.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide36.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide19.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide44.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide27.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide40.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide23.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml" PartName="/ppt/tableStyles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
@@ -88,50 +90,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide42.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide25.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide34.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide33.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide38.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide29.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide32.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide37.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide28.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide41.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide36.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide31.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide23.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide27.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide44.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide40.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml" PartName="/ppt/presentation.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml" PartName="/ppt/viewProps.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" autoCompressPictures="0" embedTrueTypeFonts="1" strictFirstAndLastChars="0" saveSubsetFonts="1" showSpecialPlsOnTitleSld="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId6"/>
   </p:notesMasterIdLst>
@@ -157,65 +160,66 @@
     <p:sldId id="274" r:id="rId25"/>
     <p:sldId id="275" r:id="rId26"/>
     <p:sldId id="276" r:id="rId27"/>
     <p:sldId id="277" r:id="rId28"/>
     <p:sldId id="278" r:id="rId29"/>
     <p:sldId id="279" r:id="rId30"/>
     <p:sldId id="280" r:id="rId31"/>
     <p:sldId id="281" r:id="rId32"/>
     <p:sldId id="282" r:id="rId33"/>
     <p:sldId id="283" r:id="rId34"/>
     <p:sldId id="284" r:id="rId35"/>
     <p:sldId id="285" r:id="rId36"/>
     <p:sldId id="286" r:id="rId37"/>
     <p:sldId id="287" r:id="rId38"/>
     <p:sldId id="288" r:id="rId39"/>
     <p:sldId id="289" r:id="rId40"/>
     <p:sldId id="290" r:id="rId41"/>
     <p:sldId id="291" r:id="rId42"/>
     <p:sldId id="292" r:id="rId43"/>
     <p:sldId id="293" r:id="rId44"/>
     <p:sldId id="294" r:id="rId45"/>
     <p:sldId id="295" r:id="rId46"/>
     <p:sldId id="296" r:id="rId47"/>
     <p:sldId id="297" r:id="rId48"/>
     <p:sldId id="298" r:id="rId49"/>
+    <p:sldId id="299" r:id="rId50"/>
   </p:sldIdLst>
   <p:sldSz cy="5143500" cx="9144000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
       <p:font typeface="Lato"/>
-      <p:regular r:id="rId50"/>
-[...2 lines deleted...]
-      <p:boldItalic r:id="rId53"/>
+      <p:regular r:id="rId51"/>
+      <p:bold r:id="rId52"/>
+      <p:italic r:id="rId53"/>
+      <p:boldItalic r:id="rId54"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Lato Black"/>
-      <p:bold r:id="rId54"/>
-      <p:boldItalic r:id="rId55"/>
+      <p:bold r:id="rId55"/>
+      <p:boldItalic r:id="rId56"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
@@ -419,63 +423,63 @@
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst>
         <p15:guide id="1" orient="horz" pos="1620">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="227">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="GoogleSlidesCustomDataVersion2">
-      <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId56" roundtripDataSignature="AMtx7mgkQtZ6OSo4bgDuwLa3mRYOMuPAlw=="/>
+      <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId57" roundtripDataSignature="AMtx7mjweraDB2yKkiccZpywTKK1la4HMQ=="/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{7D6C0971-1AD1-4903-BE08-4EB4189A6BBD}">
-  <a:tblStyle styleId="{7D6C0971-1AD1-4903-BE08-4EB4189A6BBD}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{3710B68A-2109-4BB2-816C-FDE6F665DFCC}">
+  <a:tblStyle styleId="{3710B68A-2109-4BB2-816C-FDE6F665DFCC}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle b="off" i="off">
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -549,51 +553,51 @@
     <a:lastCol>
       <a:tcTxStyle b="off" i="off"/>
     </a:lastCol>
     <a:firstCol>
       <a:tcTxStyle b="off" i="off"/>
     </a:firstCol>
     <a:lastRow>
       <a:tcTxStyle b="off" i="off"/>
     </a:lastRow>
     <a:seCell>
       <a:tcTxStyle b="off" i="off"/>
     </a:seCell>
     <a:swCell>
       <a:tcTxStyle b="off" i="off"/>
     </a:swCell>
     <a:firstRow>
       <a:tcTxStyle b="off" i="off"/>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle b="off" i="off"/>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle b="off" i="off"/>
     </a:nwCell>
   </a:tblStyle>
-  <a:tblStyle styleId="{CF52D213-A1D3-4409-844D-463B3C868FCC}" styleName="Table_1">
+  <a:tblStyle styleId="{364F7823-ACDE-4E55-BDB4-2F1538B7593C}" styleName="Table_1">
     <a:wholeTbl>
       <a:tcTxStyle b="off" i="off">
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
     </a:wholeTbl>
     <a:band1H>
       <a:tcTxStyle b="off" i="off"/>
     </a:band1H>
     <a:band2H>
       <a:tcTxStyle b="off" i="off"/>
     </a:band2H>
     <a:band1V>
       <a:tcTxStyle b="off" i="off"/>
     </a:band1V>
     <a:band2V>
       <a:tcTxStyle b="off" i="off"/>
     </a:band2V>
     <a:lastCol>
       <a:tcTxStyle b="off" i="off"/>
     </a:lastCol>
@@ -621,55 +625,55 @@
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showComments="0">
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="100" d="100"/>
           <a:sy n="100" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="1620" orient="horz"/>
         <p:guide pos="227"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-bold.fntdata"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-regular.fntdata"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-boldItalic.fntdata"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-italic.fntdata"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoBlack-boldItalic.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoBlack-bold.fntdata"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId56" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-regular.fntdata"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-italic.fntdata"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-bold.fntdata"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoBlack-bold.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-boldItalic.fntdata"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId57" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoBlack-boldItalic.fntdata"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1253,142 +1257,146 @@
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1OhLZkWTlXt6yS48hjehRwSBs_7nEP7Yu/view?usp=share_link" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1OhLZkWTlXt6yS48hjehRwSBs_7nEP7Yu/view?usp=share_link" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/news/uk-61744144" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=KL7V2A190ws" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=669PyOJJohY" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/newsround/63664110" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ft.com/cost-of-living-crisis" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ft.com/content/e6d36b04-5876-4d12-a843-0987fe01e4d0?emailId=15b6c8cd-ac95-4c6d-ab82-659b67ae3809&amp;segmentId=22011ee7-896a-8c4c-22a0-7603348b7f22" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/news/uk-61744144" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=KL7V2A190ws" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=669PyOJJohY" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/newsround/63664110" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ft.com/cost-of-living-crisis" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ft.com/content/e6d36b04-5876-4d12-a843-0987fe01e4d0?emailId=15b6c8cd-ac95-4c6d-ab82-659b67ae3809&amp;segmentId=22011ee7-896a-8c4c-22a0-7603348b7f22" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natwest.mymoneysense.com/teachers/resources-8-12s/topic-8-what-affects-my-choices-about-money/lesson-plan/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ycharts.com/indicators/uk_inflation_rate#:~:text=Basic%20Info,long%20term%20average%20of%202.83%25." TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
@@ -2195,96 +2203,96 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="174" name="Shape 174"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="175" name="Google Shape;175;g2e1217e1b89_0_157:notes"/>
+          <p:cNvPr id="175" name="Google Shape;175;g3a60b924f6e_0_0:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="176" name="Google Shape;176;g2e1217e1b89_0_157:notes"/>
+          <p:cNvPr id="176" name="Google Shape;176;g3a60b924f6e_0_0:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -2462,319 +2470,456 @@
               </a:rPr>
               <a:t>£10 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>in 2010 would be worth </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" lang="en-GB" sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
-              <a:t>£15.10</a:t>
+              <a:t>£15.40</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
-              <a:t> in August 2024</a:t>
+              <a:t> in August 2025</a:t>
             </a:r>
             <a:endParaRPr sz="1000">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="182" name="Shape 182"/>
+        <p:cNvPr id="180" name="Shape 180"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="183" name="Google Shape;183;g2e1217e1b89_0_208:notes"/>
+          <p:cNvPr id="181" name="Google Shape;181;g2e1217e1b89_0_157:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="184" name="Google Shape;184;g2e1217e1b89_0_208:notes"/>
+          <p:cNvPr id="182" name="Google Shape;182;g2e1217e1b89_0_157:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" lang="en-GB">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Delivery instruction</a:t>
             </a:r>
             <a:endParaRPr b="1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:rPr>
               <a:t>Can you guesstimate how much £10 worth of goods (e.g. can of cola, vegetable oil, petrol) and services (e.g. airline ticket, cinema ticket, restaurant meal) cost when you were born compared to now? </a:t>
             </a:r>
             <a:endParaRPr sz="1000">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr sz="1000">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-GB" sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Example answer: </a:t>
+            </a:r>
+            <a:endParaRPr b="1" sz="1000">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-GB" sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>£10 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>in 2010 would be worth </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="en-GB" sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>£15.40</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t> in August 2025</a:t>
+            </a:r>
+            <a:endParaRPr b="1">
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="189" name="Shape 189"/>
+        <p:cNvPr id="187" name="Shape 187"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="190" name="Google Shape;190;g16c5c376a11_0_397:notes"/>
+          <p:cNvPr id="188" name="Google Shape;188;g2e1217e1b89_0_208:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="191" name="Google Shape;191;g16c5c376a11_0_397:notes"/>
+          <p:cNvPr id="189" name="Google Shape;189;g2e1217e1b89_0_208:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -2795,303 +2940,337 @@
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Delivery instruction</a:t>
             </a:r>
             <a:endParaRPr b="1">
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buSzPts val="1100"/>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB">
+              <a:rPr lang="en-GB" sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="56"/>
+                  </a:ext>
+                </a:extLst>
               </a:rPr>
-              <a:t>Encourage less confident students to choose dates to increase engagement and more confident students to work out percentage changes</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr>
+              <a:t>Can you guesstimate how much £10 worth of goods (e.g. can of cola, vegetable oil, petrol) and services (e.g. airline ticket, cinema ticket, restaurant meal) cost when you were born compared to now? </a:t>
+            </a:r>
+            <a:endParaRPr sz="1000">
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="200" name="Shape 200"/>
+        <p:cNvPr id="194" name="Shape 194"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="201" name="Google Shape;201;g14cb79b9a77_0_526:notes"/>
+          <p:cNvPr id="195" name="Google Shape;195;g16c5c376a11_0_397:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="202" name="Google Shape;202;g14cb79b9a77_0_526:notes"/>
+          <p:cNvPr id="196" name="Google Shape;196;g16c5c376a11_0_397:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:t/>
-[...1 lines deleted...]
-            <a:endParaRPr/>
+              <a:rPr b="1" lang="en-GB">
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Delivery instruction</a:t>
+            </a:r>
+            <a:endParaRPr b="1">
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB">
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Encourage less confident students to choose dates to increase engagement and more confident students to work out percentage changes</a:t>
+            </a:r>
+            <a:endParaRPr>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="207" name="Shape 207"/>
+        <p:cNvPr id="205" name="Shape 205"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="208" name="Google Shape;208;g14cb79b9a77_0_497:notes"/>
+          <p:cNvPr id="206" name="Google Shape;206;g14cb79b9a77_0_526:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381300" y="685800"/>
+            <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="209" name="Google Shape;209;g14cb79b9a77_0_497:notes"/>
+          <p:cNvPr id="207" name="Google Shape;207;g14cb79b9a77_0_526:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
-          <a:p>
-[...17 lines deleted...]
-          </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -3213,96 +3392,232 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="212" name="Shape 212"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="213" name="Google Shape;213;g2e1217e1b89_0_291:notes"/>
+          <p:cNvPr id="213" name="Google Shape;213;g14cb79b9a77_0_497:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381300" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="214" name="Google Shape;214;g14cb79b9a77_0_497:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="217" name="Shape 217"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="218" name="Google Shape;218;g2e1217e1b89_0_291:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="214" name="Google Shape;214;g2e1217e1b89_0_291:notes"/>
+          <p:cNvPr id="219" name="Google Shape;219;g2e1217e1b89_0_291:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="457200" rtl="0" algn="l">
@@ -3311,115 +3626,115 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="221" name="Shape 221"/>
+        <p:cNvPr id="226" name="Shape 226"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="222" name="Google Shape;222;g2e1217e1b89_0_300:notes"/>
+          <p:cNvPr id="227" name="Google Shape;227;g2e1217e1b89_0_300:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="223" name="Google Shape;223;g2e1217e1b89_0_300:notes"/>
+          <p:cNvPr id="228" name="Google Shape;228;g2e1217e1b89_0_300:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -3477,115 +3792,115 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="231" name="Shape 231"/>
+        <p:cNvPr id="236" name="Shape 236"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="232" name="Google Shape;232;g2e1217e1b89_0_310:notes"/>
+          <p:cNvPr id="237" name="Google Shape;237;g2e1217e1b89_0_310:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="233" name="Google Shape;233;g2e1217e1b89_0_310:notes"/>
+          <p:cNvPr id="238" name="Google Shape;238;g2e1217e1b89_0_310:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -3616,51 +3931,60 @@
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB">
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
-              <a:t>Gently explain that while the weekly food shop has increased in price, the money coming in (income) likely hasn’t, so people won’t need to be able to afford all of the same things previously bought.</a:t>
+              <a:t>E</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB">
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>xplain that while the weekly food shop has increased in price, the money coming in (income) likely hasn’t, so people won’t need to be able to afford all of the same things previously bought.</a:t>
             </a:r>
             <a:endParaRPr>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
@@ -3702,115 +4026,115 @@
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>https://drive.google.com/file/d/1OhLZkWTlXt6yS48hjehRwSBs_7nEP7Yu/view?usp=share_link</a:t>
             </a:r>
             <a:endParaRPr>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="240" name="Shape 240"/>
+        <p:cNvPr id="245" name="Shape 245"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="241" name="Google Shape;241;g16c5c376a11_0_361:notes"/>
+          <p:cNvPr id="246" name="Google Shape;246;g16c5c376a11_0_361:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="242" name="Google Shape;242;g16c5c376a11_0_361:notes"/>
+          <p:cNvPr id="247" name="Google Shape;247;g16c5c376a11_0_361:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -3824,115 +4148,115 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="250" name="Shape 250"/>
+        <p:cNvPr id="255" name="Shape 255"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="251" name="Google Shape;251;g14cb79b9a77_0_533:notes"/>
+          <p:cNvPr id="256" name="Google Shape;256;g14cb79b9a77_0_533:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="252" name="Google Shape;252;g14cb79b9a77_0_533:notes"/>
+          <p:cNvPr id="257" name="Google Shape;257;g14cb79b9a77_0_533:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -3941,115 +4265,115 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="256" name="Shape 256"/>
+        <p:cNvPr id="261" name="Shape 261"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="257" name="Google Shape;257;g175a4b56ed1_1_28:notes"/>
+          <p:cNvPr id="262" name="Google Shape;262;g175a4b56ed1_1_28:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="258" name="Google Shape;258;g175a4b56ed1_1_28:notes"/>
+          <p:cNvPr id="263" name="Google Shape;263;g175a4b56ed1_1_28:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -4068,115 +4392,115 @@
             <a:r>
               <a:rPr lang="en-GB">
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Ask students to use the images to help them</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="266" name="Shape 266"/>
+        <p:cNvPr id="271" name="Shape 271"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="267" name="Google Shape;267;g175a4b56ed1_1_1:notes"/>
+          <p:cNvPr id="272" name="Google Shape;272;g175a4b56ed1_1_1:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="268" name="Google Shape;268;g175a4b56ed1_1_1:notes"/>
+          <p:cNvPr id="273" name="Google Shape;273;g175a4b56ed1_1_1:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -4226,115 +4550,115 @@
               <a:rPr lang="en-GB">
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>These are some of the core factors that contribute to the cost of living. You may ask students to consider other factors. These may include: taxes, healthcare, entertainment, water and gas.</a:t>
             </a:r>
             <a:endParaRPr>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="281" name="Shape 281"/>
+        <p:cNvPr id="286" name="Shape 286"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="282" name="Google Shape;282;g1e221253de8_0_9:notes"/>
+          <p:cNvPr id="287" name="Google Shape;287;g1e221253de8_0_9:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="283" name="Google Shape;283;g1e221253de8_0_9:notes"/>
+          <p:cNvPr id="288" name="Google Shape;288;g1e221253de8_0_9:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -4343,232 +4667,115 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="290" name="Shape 290"/>
+        <p:cNvPr id="295" name="Shape 295"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="291" name="Google Shape;291;g16c5c376a11_0_469:notes"/>
+          <p:cNvPr id="296" name="Google Shape;296;g16c5c376a11_0_469:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="292" name="Google Shape;292;g16c5c376a11_0_469:notes"/>
-[...116 lines deleted...]
-          <p:cNvPr id="299" name="Google Shape;299;g14cb79b9a77_0_147:notes"/>
+          <p:cNvPr id="297" name="Google Shape;297;g16c5c376a11_0_469:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -4859,110 +5066,227 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="303" name="Shape 303"/>
+        <p:cNvPr id="302" name="Shape 302"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="304" name="Google Shape;304;g25ff3eb6ceb_0_5:notes"/>
+          <p:cNvPr id="303" name="Google Shape;303;g14cb79b9a77_0_147:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381300" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="304" name="Google Shape;304;g14cb79b9a77_0_147:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="308" name="Shape 308"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="309" name="Google Shape;309;g25ff3eb6ceb_0_5:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="305" name="Google Shape;305;g25ff3eb6ceb_0_5:notes"/>
+          <p:cNvPr id="310" name="Google Shape;310;g25ff3eb6ceb_0_5:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -4971,115 +5295,115 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="321" name="Shape 321"/>
+        <p:cNvPr id="326" name="Shape 326"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="322" name="Google Shape;322;g14cb79b9a77_0_153:notes"/>
+          <p:cNvPr id="327" name="Google Shape;327;g14cb79b9a77_0_153:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="323" name="Google Shape;323;g14cb79b9a77_0_153:notes"/>
+          <p:cNvPr id="328" name="Google Shape;328;g14cb79b9a77_0_153:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -5480,115 +5804,115 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr sz="1200">
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="327" name="Shape 327"/>
+        <p:cNvPr id="332" name="Shape 332"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="328" name="Google Shape;328;g175a4b56ed1_1_44:notes"/>
+          <p:cNvPr id="333" name="Google Shape;333;g175a4b56ed1_1_44:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="329" name="Google Shape;329;g175a4b56ed1_1_44:notes"/>
+          <p:cNvPr id="334" name="Google Shape;334;g175a4b56ed1_1_44:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -5597,115 +5921,115 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="334" name="Shape 334"/>
+        <p:cNvPr id="339" name="Shape 339"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="335" name="Google Shape;335;g199d023c245_0_45:notes"/>
+          <p:cNvPr id="340" name="Google Shape;340;g199d023c245_0_45:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="336" name="Google Shape;336;g199d023c245_0_45:notes"/>
+          <p:cNvPr id="341" name="Google Shape;341;g199d023c245_0_45:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -5719,115 +6043,115 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr sz="1200">
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="339" name="Shape 339"/>
+        <p:cNvPr id="344" name="Shape 344"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="340" name="Google Shape;340;g2e1217e1b89_0_506:notes"/>
+          <p:cNvPr id="345" name="Google Shape;345;g2e1217e1b89_0_506:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="341" name="Google Shape;341;g2e1217e1b89_0_506:notes"/>
+          <p:cNvPr id="346" name="Google Shape;346;g2e1217e1b89_0_506:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -5836,115 +6160,115 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="348" name="Shape 348"/>
+        <p:cNvPr id="353" name="Shape 353"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="349" name="Google Shape;349;g2e1217e1b89_0_515:notes"/>
+          <p:cNvPr id="354" name="Google Shape;354;g2e1217e1b89_0_515:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="350" name="Google Shape;350;g2e1217e1b89_0_515:notes"/>
+          <p:cNvPr id="355" name="Google Shape;355;g2e1217e1b89_0_515:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -5953,115 +6277,115 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide36.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="357" name="Shape 357"/>
+        <p:cNvPr id="362" name="Shape 362"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="358" name="Google Shape;358;g2e1217e1b89_0_542:notes"/>
+          <p:cNvPr id="363" name="Google Shape;363;g2e1217e1b89_0_542:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="359" name="Google Shape;359;g2e1217e1b89_0_542:notes"/>
+          <p:cNvPr id="364" name="Google Shape;364;g2e1217e1b89_0_542:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -6070,115 +6394,115 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="366" name="Shape 366"/>
+        <p:cNvPr id="371" name="Shape 371"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="367" name="Google Shape;367;g2e1217e1b89_0_551:notes"/>
+          <p:cNvPr id="372" name="Google Shape;372;g2e1217e1b89_0_551:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="368" name="Google Shape;368;g2e1217e1b89_0_551:notes"/>
+          <p:cNvPr id="373" name="Google Shape;373;g2e1217e1b89_0_551:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -6187,232 +6511,115 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide39.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="375" name="Shape 375"/>
+        <p:cNvPr id="380" name="Shape 380"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="376" name="Google Shape;376;g2e1217e1b89_0_560:notes"/>
+          <p:cNvPr id="381" name="Google Shape;381;g2e1217e1b89_0_560:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="377" name="Google Shape;377;g2e1217e1b89_0_560:notes"/>
-[...116 lines deleted...]
-          <p:cNvPr id="386" name="Google Shape;386;g2e1217e1b89_0_569:notes"/>
+          <p:cNvPr id="382" name="Google Shape;382;g2e1217e1b89_0_560:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -6645,110 +6852,110 @@
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr sz="1200">
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide40.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="393" name="Shape 393"/>
+        <p:cNvPr id="389" name="Shape 389"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="394" name="Google Shape;394;g2e1217e1b89_0_578:notes"/>
+          <p:cNvPr id="390" name="Google Shape;390;g2e1217e1b89_0_569:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="395" name="Google Shape;395;g2e1217e1b89_0_578:notes"/>
+          <p:cNvPr id="391" name="Google Shape;391;g2e1217e1b89_0_569:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -6762,110 +6969,110 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="402" name="Shape 402"/>
+        <p:cNvPr id="398" name="Shape 398"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="403" name="Google Shape;403;g2e1217e1b89_0_587:notes"/>
+          <p:cNvPr id="399" name="Google Shape;399;g2e1217e1b89_0_578:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="404" name="Google Shape;404;g2e1217e1b89_0_587:notes"/>
+          <p:cNvPr id="400" name="Google Shape;400;g2e1217e1b89_0_578:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -6879,110 +7086,110 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="411" name="Shape 411"/>
+        <p:cNvPr id="407" name="Shape 407"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="412" name="Google Shape;412;g2e1217e1b89_0_596:notes"/>
+          <p:cNvPr id="408" name="Google Shape;408;g2e1217e1b89_0_587:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="413" name="Google Shape;413;g2e1217e1b89_0_596:notes"/>
+          <p:cNvPr id="409" name="Google Shape;409;g2e1217e1b89_0_587:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -6996,110 +7203,227 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide43.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="420" name="Shape 420"/>
+        <p:cNvPr id="416" name="Shape 416"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="421" name="Google Shape;421;g2e1217e1b89_0_605:notes"/>
+          <p:cNvPr id="417" name="Google Shape;417;g2e1217e1b89_0_596:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="422" name="Google Shape;422;g2e1217e1b89_0_605:notes"/>
+          <p:cNvPr id="418" name="Google Shape;418;g2e1217e1b89_0_596:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1100"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide44.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="425" name="Shape 425"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="426" name="Google Shape;426;g2e1217e1b89_0_605:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="427" name="Google Shape;427;g2e1217e1b89_0_605:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
@@ -7753,119 +8077,119 @@
               <a:rPr lang="en-GB"/>
               <a:t>UK current inflation rate updated </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>here</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Cover" type="title">
   <p:cSld name="TITLE">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="262A33"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="6" name="Shape 6"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -9934,51 +10258,51 @@
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8055750" y="4325600"/>
             <a:ext cx="835000" cy="643375"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -10678,219 +11002,223 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=dI0MVV5UjKc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=dI0MVV5UjKc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=KL7V2A190ws" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=wbSJBZHYwNY" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=wbSJBZHYwNY&amp;embeds_widget_referrer=https%3A%2F%2Fdocs.google.com%2Fpresentation%2Fd%2F1FnQGRsnNIXp6Tn5MndnQOTN9pQTSiS6v%2Fedit&amp;embeds_referring_euri=https%3A%2F%2Fdocs.google.com%2F&amp;embeds_referring_origin=https%3A%2F%2Fdocs.google.com&amp;source_ve_path=Mjg2NjY&amp;feature=emb_logo" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=wbSJBZHYwNY" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=wbSJBZHYwNY&amp;embeds_widget_referrer=https%3A%2F%2Fdocs.google.com%2Fpresentation%2Fd%2F1FnQGRsnNIXp6Tn5MndnQOTN9pQTSiS6v%2Fedit&amp;embeds_referring_euri=https%3A%2F%2Fdocs.google.com%2F&amp;embeds_referring_origin=https%3A%2F%2Fdocs.google.com&amp;source_ve_path=Mjg2NjY&amp;feature=emb_logo" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy/inflation/inflation-calculator" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=yQqDeash9tw&amp;list=PLc0nCZTu4-Gce8blEdf8nl68o0AWdHL_9&amp;index=3" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=yQqDeash9tw" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy/inflation/inflation-calculator" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy/inflation/inflation-calculator" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=yQqDeash9tw&amp;list=PLc0nCZTu4-Gce8blEdf8nl68o0AWdHL_9&amp;index=3" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=yQqDeash9tw" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy/inflation/inflation-calculator" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=3dwJYArFsVc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=3dwJYArFsVc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=7QZRYNjavnI" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=7QZRYNjavnI" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/newsround/68370090" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/newsround/68370090" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=669PyOJJohY" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/newsround/68370090" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/newsround/68370090" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=669PyOJJohY" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensadvice.org.uk/debt-and-money/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationaldebtline.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.moneyadvicetrust.org/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resources.ftflic.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/articles/howisinflationaffectingyourhouseholdcosts/2022-03-23" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/news/business-12196322" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/newsround/68370090" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensadvice.org.uk/debt-and-money/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationaldebtline.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.moneyadvicetrust.org/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resources.ftflic.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/articles/howisinflationaffectingyourhouseholdcosts/2022-03-23" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/news/business-12196322" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/newsround/68370090" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide37.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide38.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide39.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide40.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide41.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide42.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide43.xml"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide44.xml"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/newsround/59320010" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.co.uk/newsround/59320010" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=zPT9RIAcgWY" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?time_continue=1&amp;v=zPT9RIAcgWY&amp;embeds_widget_referrer=https%3A%2F%2Fdocs.google.com%2Fpresentation%2Fd%2F1FnQGRsnNIXp6Tn5MndnQOTN9pQTSiS6v%2Fedit&amp;embeds_referring_euri=https%3A%2F%2Fdocs.google.com%2F&amp;embeds_referring_origin=https%3A%2F%2Fdocs.google.com&amp;source_ve_path=Mjg2NjY&amp;feature=emb_logo" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=zPT9RIAcgWY" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?time_continue=1&amp;v=zPT9RIAcgWY&amp;embeds_widget_referrer=https%3A%2F%2Fdocs.google.com%2Fpresentation%2Fd%2F1FnQGRsnNIXp6Tn5MndnQOTN9pQTSiS6v%2Fedit&amp;embeds_referring_euri=https%3A%2F%2Fdocs.google.com%2F&amp;embeds_referring_origin=https%3A%2F%2Fdocs.google.com&amp;source_ve_path=Mjg2NjY&amp;feature=emb_logo" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ycharts.com/indicators/uk_inflation_rate#:~:text=Basic%20Info,long%20term%20average%20of%202.83%25." TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ycharts.com/indicators/uk_inflation_rate#:~:text=Basic%20Info,long%20term%20average%20of%202.83%25." TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="262A33"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="55" name="Shape 55"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -11901,63 +12229,63 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
-              <a:t>Generally, prices rise year on year a small amount</a:t>
+              <a:t>Generally, prices rise </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" lang="en-GB" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
-              <a:t>.</a:t>
+              <a:t>every year a small amount. </a:t>
             </a:r>
             <a:endParaRPr b="1" sz="1800">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
@@ -13800,140 +14128,347 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="177" name="Shape 177"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="178" name="Google Shape;178;g2e1217e1b89_0_157"/>
+          <p:cNvPr id="178" name="Google Shape;178;g3a60b924f6e_0_0"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="194200" y="185150"/>
+            <a:ext cx="7676100" cy="631200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="2600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Inflation through the years </a:t>
+            </a:r>
+            <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="179" name="Google Shape;179;g3a60b924f6e_0_0"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="372225" y="1902100"/>
+            <a:ext cx="8399400" cy="1897200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2500">
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="49"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Can you </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="en-GB" sz="2500">
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="50"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>guesstimate</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2500">
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="51"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t> how much </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" lang="en-GB" sz="2500">
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="52"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>£10</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2500">
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="53"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t> worth of goods (e.g. can of cola, vegetable oil, petrol) and services (e.g. airline ticket, cinema ticket, restaurant meal) cost when you were born compared to now? </a:t>
+            </a:r>
+            <a:endParaRPr sz="2500">
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="183" name="Shape 183"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="184" name="Google Shape;184;g2e1217e1b89_0_157"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2175712" y="1002825"/>
             <a:ext cx="4059900" cy="461700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="49"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="54"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Bank of England </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1800" u="sng" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:hlinkClick r:id="rId3"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="50"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="55"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>inflation calculator </a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="179" name="Google Shape;179;g2e1217e1b89_0_157"/>
+          <p:cNvPr id="185" name="Google Shape;185;g2e1217e1b89_0_157"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="194200" y="185150"/>
             <a:ext cx="7676100" cy="631200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -13953,192 +14488,113 @@
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Inflation through the years </a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...77 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="181" name="Google Shape;181;g2e1217e1b89_0_157"/>
+          <p:cNvPr id="186" name="Google Shape;186;g2e1217e1b89_0_157"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2434725" y="1559637"/>
             <a:ext cx="4274550" cy="2686850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="57150" rotWithShape="0" algn="bl" dir="5400000" dist="19050">
               <a:srgbClr val="000000">
                 <a:alpha val="49020"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="185" name="Shape 185"/>
+        <p:cNvPr id="190" name="Shape 190"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="186" name="Google Shape;186;g2e1217e1b89_0_208"/>
+          <p:cNvPr id="191" name="Google Shape;191;g2e1217e1b89_0_208"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="194200" y="185150"/>
             <a:ext cx="7676100" cy="631200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -14160,51 +14616,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Calculating price changes </a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="187" name="Google Shape;187;g2e1217e1b89_0_208"/>
+          <p:cNvPr id="192" name="Google Shape;192;g2e1217e1b89_0_208"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1455875" y="4570200"/>
             <a:ext cx="5850600" cy="323100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
@@ -14245,51 +14701,51 @@
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>How to work out percentage increases</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr descr="This video is a basic introduction to inflation, breaking down how to calculate the percentage increase in the price of a bunch of items over time.&#10;&#10;&#10;&#10;&#10;&#10;Timecodes&#10;0:00 - Intro&#10;0:33 - Example question&#10;2:24 - Example work through&#10;3:42 - Recap&#10;3:59 - Remember" id="188" name="Google Shape;188;g2e1217e1b89_0_208" title="Year 7 Session 4  Inflation - How to work out percentage increases">
+          <p:cNvPr descr="This video is a basic introduction to inflation, breaking down how to calculate the percentage increase in the price of a bunch of items over time.&#10;&#10;&#10;&#10;&#10;&#10;Timecodes&#10;0:00 - Intro&#10;0:33 - Example question&#10;2:24 - Example work through&#10;3:42 - Recap&#10;3:59 - Remember" id="193" name="Google Shape;193;g2e1217e1b89_0_208" title="Year 7 Session 4  Inflation - How to work out percentage increases">
             <a:hlinkClick r:id="rId4"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1455875" y="1131450"/>
             <a:ext cx="5850600" cy="3290963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -14312,211 +14768,211 @@
                     <p:cTn fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn fill="hold" nodeType="clickEffect" presetClass="entr" presetID="10" presetSubtype="0">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="188"/>
+                                          <p:spTgt spid="193"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                     <p:animEffect filter="fade" transition="in">
                                       <p:cBhvr>
                                         <p:cTn dur="1000"/>
                                         <p:tgtEl>
-                                          <p:spTgt spid="188"/>
+                                          <p:spTgt spid="193"/>
                                         </p:tgtEl>
                                       </p:cBhvr>
                                     </p:animEffect>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="192" name="Shape 192"/>
+        <p:cNvPr id="197" name="Shape 197"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="193" name="Google Shape;193;g16c5c376a11_0_397"/>
+          <p:cNvPr id="198" name="Google Shape;198;g16c5c376a11_0_397"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4949288" y="2140646"/>
             <a:ext cx="3798000" cy="431100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="53"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="57"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Bank of England </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1600" u="sng" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:hlinkClick r:id="rId3"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="54"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="58"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>inflation calculator </a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1600" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="194" name="Google Shape;194;g16c5c376a11_0_397"/>
+          <p:cNvPr id="199" name="Google Shape;199;g16c5c376a11_0_397"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="223250"/>
             <a:ext cx="7676100" cy="631200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -14538,187 +14994,187 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Inflation through the years </a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="195" name="Google Shape;195;g16c5c376a11_0_397"/>
+          <p:cNvPr id="200" name="Google Shape;200;g16c5c376a11_0_397"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4894525" y="2556300"/>
             <a:ext cx="4059926" cy="2402125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="57150" rotWithShape="0" algn="bl" dir="5400000" dist="19050">
               <a:srgbClr val="000000">
                 <a:alpha val="49411"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="196" name="Google Shape;196;g16c5c376a11_0_397"/>
+          <p:cNvPr id="201" name="Google Shape;201;g16c5c376a11_0_397"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="257525" y="1140550"/>
             <a:ext cx="8697000" cy="1169700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="55"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="59"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Click on the Inflation Calculator. Can you guesstimate how much £10 worth of goods (e.g. can</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1600">
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="56"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="60"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t> of Coke</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="57"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="61"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>, vegetable oil, petrol) and services (e.g. airline ticket, cinema ticket, restaurant meal) cost when you were born compared to now? Or the cost from when your parent/guardian was born compared to now?</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1500" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="197" name="Google Shape;197;g16c5c376a11_0_397"/>
+          <p:cNvPr id="202" name="Google Shape;202;g16c5c376a11_0_397"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329075" y="2723700"/>
             <a:ext cx="4382700" cy="1185300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
@@ -14804,98 +15260,98 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1300"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1300" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="58"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="62"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Worked example: If goods and services cost £10 in 2007 AND then cost £12.31 in 2016, we calculate the percentage increase as:</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1300" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="198" name="Google Shape;198;g16c5c376a11_0_397"/>
+          <p:cNvPr id="203" name="Google Shape;203;g16c5c376a11_0_397"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="296399" y="185088"/>
             <a:ext cx="690376" cy="690376"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="199" name="Google Shape;199;g16c5c376a11_0_397"/>
+          <p:cNvPr id="204" name="Google Shape;204;g16c5c376a11_0_397"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId6">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="5758"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="220200" y="3962400"/>
             <a:ext cx="4559675" cy="899300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -14915,114 +15371,114 @@
                     <p:cTn fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn fill="hold" nodeType="clickEffect" presetClass="entr" presetID="1" presetSubtype="0">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="199"/>
+                                          <p:spTgt spid="204"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="203" name="Shape 203"/>
+        <p:cNvPr id="208" name="Shape 208"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="204" name="Google Shape;204;g14cb79b9a77_0_526"/>
+          <p:cNvPr id="209" name="Google Shape;209;g14cb79b9a77_0_526"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="439450" y="978750"/>
             <a:ext cx="6212100" cy="400200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="b" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -15035,51 +15491,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="205" name="Google Shape;205;g14cb79b9a77_0_526"/>
+          <p:cNvPr id="210" name="Google Shape;210;g14cb79b9a77_0_526"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="360374" y="629069"/>
             <a:ext cx="6625500" cy="492600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
@@ -15101,51 +15557,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>By the end of the session, I will be able to:</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2000" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="206" name="Google Shape;206;g14cb79b9a77_0_526"/>
+          <p:cNvPr id="211" name="Google Shape;211;g14cb79b9a77_0_526"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="488176" y="1578875"/>
             <a:ext cx="7568700" cy="2697300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="-368300" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
@@ -15327,141 +15783,50 @@
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2200" u="none" cap="none" strike="noStrike">
-              <a:solidFill>
-[...89 lines deleted...]
-            <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="62" name="Shape 62"/>
@@ -15537,51 +15902,51 @@
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="64" name="Google Shape;64;g157707a00a2_0_154"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="871975" y="1721850"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{7D6C0971-1AD1-4903-BE08-4EB4189A6BBD}</a:tableStyleId>
+                <a:tableStyleId>{3710B68A-2109-4BB2-816C-FDE6F665DFCC}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1206500"/>
                 <a:gridCol w="1206500"/>
                 <a:gridCol w="1206500"/>
                 <a:gridCol w="1206500"/>
                 <a:gridCol w="1206500"/>
                 <a:gridCol w="1206500"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
@@ -16613,58 +16978,149 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="215" name="Shape 215"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="216" name="Google Shape;216;g2e1217e1b89_0_291"/>
+          <p:cNvPr id="216" name="Google Shape;216;g14cb79b9a77_0_497"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="616875" y="1534950"/>
+            <a:ext cx="6465900" cy="1036800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="3600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Now over to you to see how food prices have changed over the last few years…</a:t>
+            </a:r>
+            <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="220" name="Shape 220"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="221" name="Google Shape;221;g2e1217e1b89_0_291"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="448800" y="1349693"/>
-            <a:ext cx="4729200" cy="2382600"/>
+            <a:ext cx="4729200" cy="2665800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
@@ -16771,97 +17227,125 @@
               <a:t>Suppose someone is going food shopping and has a </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>£30.00</a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="59"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="63"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>budget for their weekly food shop. </a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr sz="1600">
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Your task is to pick all of the ingredients and items you want to purchase to make meals for a week, sticking to your budget. </a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -16874,84 +17358,84 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="217" name="Google Shape;217;g2e1217e1b89_0_291"/>
+          <p:cNvPr id="222" name="Google Shape;222;g2e1217e1b89_0_291"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5339053" y="1513000"/>
             <a:ext cx="3427325" cy="2382599"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="218" name="Google Shape;218;g2e1217e1b89_0_291"/>
+          <p:cNvPr id="223" name="Google Shape;223;g2e1217e1b89_0_291"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="50650" y="4758675"/>
             <a:ext cx="4028400" cy="338700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -16970,71 +17454,71 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Session 4 Resource 1 | Check in, check </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="60"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="64"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>out</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1000" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="219" name="Google Shape;219;g2e1217e1b89_0_291"/>
+          <p:cNvPr id="224" name="Google Shape;224;g2e1217e1b89_0_291"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1096900" y="253750"/>
             <a:ext cx="3740700" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -17053,162 +17537,162 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Check in, c</a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="61"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="65"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>heck </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>out</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="220" name="Google Shape;220;g2e1217e1b89_0_291"/>
+          <p:cNvPr id="225" name="Google Shape;225;g2e1217e1b89_0_291"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="296399" y="171188"/>
             <a:ext cx="690376" cy="690376"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="224" name="Shape 224"/>
+        <p:cNvPr id="229" name="Shape 229"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="225" name="Google Shape;225;g2e1217e1b89_0_300"/>
+          <p:cNvPr id="230" name="Google Shape;230;g2e1217e1b89_0_300"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5556350" y="1477500"/>
             <a:ext cx="3587649" cy="2397725"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="226" name="Google Shape;226;g2e1217e1b89_0_300"/>
+          <p:cNvPr id="231" name="Google Shape;231;g2e1217e1b89_0_300"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1096900" y="253750"/>
             <a:ext cx="3740700" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -17227,117 +17711,117 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Check in, c</a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="62"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="66"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>heck </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>out</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="227" name="Google Shape;227;g2e1217e1b89_0_300"/>
+          <p:cNvPr id="232" name="Google Shape;232;g2e1217e1b89_0_300"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="296399" y="171188"/>
             <a:ext cx="690376" cy="690376"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="228" name="Google Shape;228;g2e1217e1b89_0_300"/>
+          <p:cNvPr id="233" name="Google Shape;233;g2e1217e1b89_0_300"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="448800" y="1349699"/>
-            <a:ext cx="4729200" cy="1847100"/>
+            <a:ext cx="4729200" cy="2413500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
@@ -17411,150 +17895,221 @@
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buClr>
-[...3 lines deleted...]
-              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>We’ve jumped forward a few years and it’s now </a:t>
             </a:r>
             <a:r>
+              <a:rPr b="1" lang="en-GB" sz="1600">
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>2025</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-GB" sz="1600">
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
-              <a:t>2025</a:t>
-            </a:r>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr sz="1600">
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr sz="1600">
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
-              <a:t>! Using the </a:t>
+              <a:t>Using the </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="1" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>202</a:t>
             </a:r>
             <a:r>
               <a:rPr i="1" lang="en-GB" sz="1600">
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>5</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="1" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t> Grocery Items List</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
-              <a:t>, calculate the total cost of the same shop at the same supermarket using the updated price list.</a:t>
+              <a:t>, calculate the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>total cost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t> of the same shop at the same supermarket using the updated price list.</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="229" name="Google Shape;229;g2e1217e1b89_0_300"/>
+          <p:cNvPr id="234" name="Google Shape;234;g2e1217e1b89_0_300"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="190600" y="4721625"/>
             <a:ext cx="5424300" cy="323100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -17601,51 +18156,51 @@
               <a:rPr b="1" i="1" lang="en-GB" sz="900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr b="1" i="1" sz="900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="230" name="Google Shape;230;g2e1217e1b89_0_300"/>
+          <p:cNvPr id="235" name="Google Shape;235;g2e1217e1b89_0_300"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="190600" y="4382925"/>
             <a:ext cx="4028400" cy="338700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -17664,96 +18219,96 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Session 4 Resource 1 | Check in, check </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="63"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="67"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>out</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1000" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="234" name="Shape 234"/>
+        <p:cNvPr id="239" name="Shape 239"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="235" name="Google Shape;235;g2e1217e1b89_0_310"/>
+          <p:cNvPr id="240" name="Google Shape;240;g2e1217e1b89_0_310"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="289650" y="1343475"/>
             <a:ext cx="4997700" cy="3050700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="FF8022"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
@@ -17780,51 +18335,51 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1500" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>When your shopping lists are completed, answer the following </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1500" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="64"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="68"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>questions</a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1500" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1500" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
@@ -17901,80 +18456,80 @@
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Which items have </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="65"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="69"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>increased</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t> or decreased in price and </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="66"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="70"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>why do you think these changes have taken place?</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-317500" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -17987,139 +18542,139 @@
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>If the cost of products like food </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="67"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="71"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>have </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>gone up, what does this mean for the money people have left to spend on their </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="68"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="72"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>needs </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>and wants or that they want to put away to save or invest?</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1700" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk2"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="236" name="Google Shape;236;g2e1217e1b89_0_310"/>
+          <p:cNvPr id="241" name="Google Shape;241;g2e1217e1b89_0_310"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5556350" y="1629900"/>
             <a:ext cx="3587649" cy="2397725"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="237" name="Google Shape;237;g2e1217e1b89_0_310"/>
+          <p:cNvPr id="242" name="Google Shape;242;g2e1217e1b89_0_310"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="50650" y="4758675"/>
             <a:ext cx="4028400" cy="338700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -18138,71 +18693,71 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Session 4 Resource 1 | Check in, check </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="69"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="73"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>out</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1000" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="238" name="Google Shape;238;g2e1217e1b89_0_310"/>
+          <p:cNvPr id="243" name="Google Shape;243;g2e1217e1b89_0_310"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1096900" y="253750"/>
             <a:ext cx="3740700" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -18221,658 +18776,132 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Check in, c</a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="70"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="74"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>heck </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>out</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="239" name="Google Shape;239;g2e1217e1b89_0_310"/>
+          <p:cNvPr id="244" name="Google Shape;244;g2e1217e1b89_0_310"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="296399" y="171188"/>
             <a:ext cx="690376" cy="690376"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="243" name="Shape 243"/>
+        <p:cNvPr id="248" name="Shape 248"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...524 lines deleted...]
-      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="249" name="Google Shape;249;g16c5c376a11_0_361"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="311700" y="1131150"/>
             <a:ext cx="8746200" cy="4022100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -18900,51 +18929,51 @@
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="accent1"/>
                 </a:highlight>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Watch the video on</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="accent1"/>
                 </a:highlight>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="72"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="75"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t> the rising cost of Freddos. </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Use the video to answer the following questions.</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
@@ -18962,51 +18991,51 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:highlight>
                 <a:schemeClr val="lt2"/>
               </a:highlight>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
               <a:extLst>
                 <a:ext uri="http://customooxmlschemas.google.com/">
-                  <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="73"/>
+                  <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="76"/>
                 </a:ext>
               </a:extLst>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
@@ -19306,207 +19335,733 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Video made in collaboration with Olamide Majekodunmi </a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="250" name="Google Shape;250;g16c5c376a11_0_361"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="360375" y="208250"/>
+            <a:ext cx="7678200" cy="892800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="3600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" lang="en-GB" sz="2900">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Optional video</a:t>
+            </a:r>
+            <a:endParaRPr b="1" sz="2900">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="3600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>What does inflation mean for people’s money?</a:t>
+            </a:r>
+            <a:endParaRPr b="1" i="0" sz="3200" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato Black"/>
+              <a:ea typeface="Lato Black"/>
+              <a:cs typeface="Lato Black"/>
+              <a:sym typeface="Lato Black"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr descr="If you've heard that the rate of inflation is on the rise, this means that the money you have right now, won't buy you as much as it did before.  Inflation is usually quite low - and manageable. It's when it hikes up quickly that you should think about how to protect your money from losing its value and ask your boss for a pay rise!&#10;&#10;&#10;Educators - use this video to show how your buying power can change over time.&#10;&#10;&#10;Video made in collaboration with Olamide Majekodunmi https://allthingsmoney.uk/category/budgeting/" id="251" name="Google Shape;251;g16c5c376a11_0_361" title="What does inflation mean for you?">
+            <a:hlinkClick r:id="rId3"/>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="472675" y="1880950"/>
+            <a:ext cx="3261400" cy="2446050"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="252" name="Google Shape;252;g16c5c376a11_0_361"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4410300" y="1655575"/>
+            <a:ext cx="4581000" cy="2031900"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1500"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="1" i="0" sz="1500" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="-323850" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="lt1"/>
+              </a:buClr>
+              <a:buSzPts val="1500"/>
+              <a:buFont typeface="Lato"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-GB" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Inflation is when the price of things like_________, heating and ____________ go up.</a:t>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1500" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1500"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1500" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="-323850" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="lt1"/>
+              </a:buClr>
+              <a:buSzPts val="1500"/>
+              <a:buFont typeface="Lato"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-GB" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>When inflation goes up quickly, what are some ways to help </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-GB" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="77"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>stretch </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-GB" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>money  further?</a:t>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1500" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1500"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1500" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="-323850" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="lt1"/>
+              </a:buClr>
+              <a:buSzPts val="1500"/>
+              <a:buFont typeface="Lato"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-GB" sz="1500" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>What’s the impact of rising inflation on savings?</a:t>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1500" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="253" name="Google Shape;253;g16c5c376a11_0_361"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8214000" y="1807400"/>
+            <a:ext cx="843900" cy="484800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1950">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>food</a:t>
+            </a:r>
+            <a:endParaRPr sz="1950">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="254" name="Google Shape;254;g16c5c376a11_0_361"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5997175" y="2046250"/>
+            <a:ext cx="921600" cy="342000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="95000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="605"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1972">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>petrol</a:t>
+            </a:r>
+            <a:endParaRPr sz="1972">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn dur="indefinite" nodeType="tmRoot" restart="never">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn dur="indefinite" id="2" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn fill="hold" nodeType="clickEffect" presetClass="entr" presetID="1" presetSubtype="0">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="247"/>
+                                          <p:spTgt spid="253"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn fill="hold" nodeType="clickEffect" presetClass="entr" presetID="1" presetSubtype="0">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="248"/>
+                                          <p:spTgt spid="254"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="253" name="Shape 253"/>
+        <p:cNvPr id="258" name="Shape 258"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="254" name="Google Shape;254;g14cb79b9a77_0_533"/>
+          <p:cNvPr id="259" name="Google Shape;259;g14cb79b9a77_0_533"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="360374" y="629069"/>
             <a:ext cx="6625500" cy="492600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
@@ -19528,51 +20083,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>By the end of the session, I will be able to:</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2000" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="255" name="Google Shape;255;g14cb79b9a77_0_533"/>
+          <p:cNvPr id="260" name="Google Shape;260;g14cb79b9a77_0_533"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="488176" y="1578875"/>
             <a:ext cx="7568700" cy="2666400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="-368300" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
@@ -19773,230 +20328,230 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2000" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="259" name="Shape 259"/>
+        <p:cNvPr id="264" name="Shape 264"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="260" name="Google Shape;260;g175a4b56ed1_1_28"/>
+          <p:cNvPr id="265" name="Google Shape;265;g175a4b56ed1_1_28"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4830999" y="3476950"/>
             <a:ext cx="2123250" cy="1412925"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="57150" rotWithShape="0" algn="bl" dir="5400000" dist="19050">
               <a:srgbClr val="000000">
                 <a:alpha val="49411"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="261" name="Google Shape;261;g175a4b56ed1_1_28"/>
+          <p:cNvPr id="266" name="Google Shape;266;g175a4b56ed1_1_28"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6097100" y="1507900"/>
             <a:ext cx="2857500" cy="1743075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="57150" rotWithShape="0" algn="bl" dir="5400000" dist="19050">
               <a:srgbClr val="000000">
                 <a:alpha val="49411"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="262" name="Google Shape;262;g175a4b56ed1_1_28"/>
+          <p:cNvPr id="267" name="Google Shape;267;g175a4b56ed1_1_28"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3255376" y="1484963"/>
             <a:ext cx="2619375" cy="1743075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="57150" rotWithShape="0" algn="bl" dir="5400000" dist="19050">
               <a:srgbClr val="000000">
                 <a:alpha val="49411"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="263" name="Google Shape;263;g175a4b56ed1_1_28"/>
+          <p:cNvPr id="268" name="Google Shape;268;g175a4b56ed1_1_28"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId6">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="628375" y="1484975"/>
             <a:ext cx="2404675" cy="1743075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="57150" rotWithShape="0" algn="bl" dir="5400000" dist="19050">
               <a:srgbClr val="000000">
                 <a:alpha val="49411"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="264" name="Google Shape;264;g175a4b56ed1_1_28"/>
+          <p:cNvPr id="269" name="Google Shape;269;g175a4b56ed1_1_28"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="442300" y="78800"/>
             <a:ext cx="7814400" cy="1231500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -20070,316 +20625,316 @@
               <a:rPr b="0" i="0" lang="en-GB" sz="2200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>The cost of living is the amount of money a person needs to live</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="2500" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="265" name="Google Shape;265;g175a4b56ed1_1_28"/>
+          <p:cNvPr id="270" name="Google Shape;270;g175a4b56ed1_1_28"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId7">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1695475" y="3476950"/>
             <a:ext cx="2523075" cy="1412925"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="57150" rotWithShape="0" algn="bl" dir="5400000" dist="19050">
               <a:srgbClr val="000000">
                 <a:alpha val="49411"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="269" name="Shape 269"/>
+        <p:cNvPr id="274" name="Shape 274"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="270" name="Google Shape;270;g175a4b56ed1_1_1"/>
+          <p:cNvPr id="275" name="Google Shape;275;g175a4b56ed1_1_1"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4830999" y="3476950"/>
             <a:ext cx="2123250" cy="1412925"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="57150" rotWithShape="0" algn="bl" dir="5400000" dist="19050">
               <a:srgbClr val="000000">
                 <a:alpha val="49410"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="271" name="Google Shape;271;g175a4b56ed1_1_1"/>
+          <p:cNvPr id="276" name="Google Shape;276;g175a4b56ed1_1_1"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6097100" y="1507900"/>
             <a:ext cx="2857500" cy="1743075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="57150" rotWithShape="0" algn="bl" dir="5400000" dist="19050">
               <a:srgbClr val="000000">
                 <a:alpha val="49410"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="272" name="Google Shape;272;g175a4b56ed1_1_1"/>
+          <p:cNvPr id="277" name="Google Shape;277;g175a4b56ed1_1_1"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3255376" y="1484963"/>
             <a:ext cx="2619375" cy="1743075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="57150" rotWithShape="0" algn="bl" dir="5400000" dist="19050">
               <a:srgbClr val="000000">
                 <a:alpha val="49410"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="273" name="Google Shape;273;g175a4b56ed1_1_1"/>
+          <p:cNvPr id="278" name="Google Shape;278;g175a4b56ed1_1_1"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId6">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="628375" y="1484975"/>
             <a:ext cx="2404675" cy="1743075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="57150" rotWithShape="0" algn="bl" dir="5400000" dist="19050">
               <a:srgbClr val="000000">
                 <a:alpha val="49410"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="274" name="Google Shape;274;g175a4b56ed1_1_1"/>
+          <p:cNvPr id="279" name="Google Shape;279;g175a4b56ed1_1_1"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId7">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1695475" y="3476950"/>
             <a:ext cx="2523075" cy="1412925"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="57150" rotWithShape="0" algn="bl" dir="5400000" dist="19050">
               <a:srgbClr val="000000">
                 <a:alpha val="49410"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="275" name="Google Shape;275;g175a4b56ed1_1_1"/>
+          <p:cNvPr id="280" name="Google Shape;280;g175a4b56ed1_1_1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1142100" y="2949825"/>
             <a:ext cx="1430700" cy="225300"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd fmla="val 16667" name="adj"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
@@ -20411,51 +20966,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Transport</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="276" name="Google Shape;276;g175a4b56ed1_1_1"/>
+          <p:cNvPr id="281" name="Google Shape;281;g175a4b56ed1_1_1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3849725" y="3026025"/>
             <a:ext cx="1430700" cy="225300"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd fmla="val 16667" name="adj"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
@@ -20487,51 +21042,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Food</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="277" name="Google Shape;277;g175a4b56ed1_1_1"/>
+          <p:cNvPr id="282" name="Google Shape;282;g175a4b56ed1_1_1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6780900" y="3026025"/>
             <a:ext cx="1430700" cy="225300"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd fmla="val 16667" name="adj"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
@@ -20563,51 +21118,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Fuel</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="278" name="Google Shape;278;g175a4b56ed1_1_1"/>
+          <p:cNvPr id="283" name="Google Shape;283;g175a4b56ed1_1_1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6095100" y="4854825"/>
             <a:ext cx="1430700" cy="225300"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd fmla="val 16667" name="adj"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
@@ -20639,51 +21194,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Electricity</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="279" name="Google Shape;279;g175a4b56ed1_1_1"/>
+          <p:cNvPr id="284" name="Google Shape;284;g175a4b56ed1_1_1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1638200" y="4652375"/>
             <a:ext cx="1945800" cy="414900"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd fmla="val 16667" name="adj"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
@@ -20715,51 +21270,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Rent/ Mortgage repayments</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="280" name="Google Shape;280;g175a4b56ed1_1_1"/>
+          <p:cNvPr id="285" name="Google Shape;285;g175a4b56ed1_1_1"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="442300" y="78800"/>
             <a:ext cx="7814400" cy="1231500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -20827,70 +21382,70 @@
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>The cost of living is the amount of money a person needs to live</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="2500" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="284" name="Shape 284"/>
+        <p:cNvPr id="289" name="Shape 289"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="285" name="Google Shape;285;g1e221253de8_0_9"/>
+          <p:cNvPr id="290" name="Google Shape;290;g1e221253de8_0_9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4267100" y="4575800"/>
             <a:ext cx="4788900" cy="492600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -20995,51 +21550,51 @@
               <a:rPr b="1" i="1" lang="en-GB" sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Cost of Living Questions</a:t>
             </a:r>
             <a:endParaRPr b="1" i="1" sz="1000">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="286" name="Google Shape;286;g1e221253de8_0_9"/>
+          <p:cNvPr id="291" name="Google Shape;291;g1e221253de8_0_9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="223625" y="1734475"/>
             <a:ext cx="8745300" cy="997500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
@@ -21141,51 +21696,51 @@
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="1600">
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>How are Reuben and Jensen helping their mum keep monthly costs down?</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="287" name="Google Shape;287;g1e221253de8_0_9"/>
+          <p:cNvPr id="292" name="Google Shape;292;g1e221253de8_0_9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="253750"/>
             <a:ext cx="7992600" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -21207,51 +21762,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Inflation and the cost of living</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="288" name="Google Shape;288;g1e221253de8_0_9"/>
+          <p:cNvPr id="293" name="Google Shape;293;g1e221253de8_0_9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="298525" y="1109850"/>
             <a:ext cx="8670300" cy="738900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -21377,103 +21932,103 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1900"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="289" name="Google Shape;289;g1e221253de8_0_9"/>
+          <p:cNvPr id="294" name="Google Shape;294;g1e221253de8_0_9"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="696475" y="3013925"/>
             <a:ext cx="2887689" cy="1624325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="293" name="Shape 293"/>
+        <p:cNvPr id="298" name="Shape 298"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="294" name="Google Shape;294;g16c5c376a11_0_469"/>
+          <p:cNvPr id="299" name="Google Shape;299;g16c5c376a11_0_469"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="253750"/>
             <a:ext cx="7992600" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -21495,51 +22050,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Inflation and well-being</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="295" name="Google Shape;295;g16c5c376a11_0_469"/>
+          <p:cNvPr id="300" name="Google Shape;300;g16c5c376a11_0_469"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="360375" y="1408500"/>
             <a:ext cx="8346300" cy="3076800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="-342900" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
@@ -21810,51 +22365,51 @@
                 </a:highlight>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t> for families who are experiencing financial difficulties.</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:highlight>
                 <a:srgbClr val="FFFFFF"/>
               </a:highlight>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="296" name="Google Shape;296;g16c5c376a11_0_469"/>
+          <p:cNvPr id="301" name="Google Shape;301;g16c5c376a11_0_469"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="211725" y="4755300"/>
             <a:ext cx="4983000" cy="323100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
@@ -21949,215 +22504,50 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>   </a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:highlight>
                 <a:schemeClr val="lt1"/>
               </a:highlight>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
-            </a:endParaRPr>
-[...163 lines deleted...]
-              <a:sym typeface="Lato Black"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="68" name="Shape 68"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -22520,65 +22910,230 @@
             <a:endParaRPr b="1" i="0" sz="1600" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="306" name="Shape 306"/>
+        <p:cNvPr id="305" name="Shape 305"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="307" name="Google Shape;307;g25ff3eb6ceb_0_5"/>
+          <p:cNvPr id="306" name="Google Shape;306;g14cb79b9a77_0_147"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="985063"/>
+            <a:ext cx="9144000" cy="960600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="8000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-GB" sz="5600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato Black"/>
+                <a:ea typeface="Lato Black"/>
+                <a:cs typeface="Lato Black"/>
+                <a:sym typeface="Lato Black"/>
+              </a:rPr>
+              <a:t>Any questions?</a:t>
+            </a:r>
+            <a:endParaRPr b="1" i="0" sz="5600" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:latin typeface="Lato Black"/>
+              <a:ea typeface="Lato Black"/>
+              <a:cs typeface="Lato Black"/>
+              <a:sym typeface="Lato Black"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="307" name="Google Shape;307;g14cb79b9a77_0_147"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3806600" y="2159450"/>
+            <a:ext cx="1734900" cy="1483800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FF8022"/>
+          </a:solidFill>
+          <a:ln cap="flat" cmpd="sng" w="19050">
+            <a:solidFill>
+              <a:schemeClr val="dk2"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="9600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-GB" sz="9600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Lato Black"/>
+                <a:ea typeface="Lato Black"/>
+                <a:cs typeface="Lato Black"/>
+                <a:sym typeface="Lato Black"/>
+              </a:rPr>
+              <a:t>?</a:t>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="9600" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Lato Black"/>
+              <a:ea typeface="Lato Black"/>
+              <a:cs typeface="Lato Black"/>
+              <a:sym typeface="Lato Black"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="311" name="Shape 311"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="312" name="Google Shape;312;g25ff3eb6ceb_0_5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6177819" y="1184061"/>
             <a:ext cx="2846400" cy="1995600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
@@ -22597,153 +23152,153 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="308" name="Google Shape;308;g25ff3eb6ceb_0_5"/>
+          <p:cNvPr id="313" name="Google Shape;313;g25ff3eb6ceb_0_5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="110800" y="391125"/>
             <a:ext cx="8489700" cy="461700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="74"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="78"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Services available for people who have concerns about their personal </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="75"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="79"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>finances</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="309" name="Google Shape;309;g25ff3eb6ceb_0_5"/>
+          <p:cNvPr id="314" name="Google Shape;314;g25ff3eb6ceb_0_5"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="151999" y="1183981"/>
             <a:ext cx="2846301" cy="2013582"/>
             <a:chOff x="463400" y="1321175"/>
             <a:chExt cx="2914500" cy="2113109"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="310" name="Google Shape;310;g25ff3eb6ceb_0_5"/>
+            <p:cNvPr id="315" name="Google Shape;315;g25ff3eb6ceb_0_5"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="463400" y="1321175"/>
               <a:ext cx="2914500" cy="2094300"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln cap="flat" cmpd="sng" w="28575">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
               <a:noAutofit/>
@@ -22762,51 +23317,51 @@
                 </a:spcAft>
                 <a:buClr>
                   <a:srgbClr val="000000"/>
                 </a:buClr>
                 <a:buSzPts val="1400"/>
                 <a:buFont typeface="Arial"/>
                 <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:t/>
               </a:r>
               <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="311" name="Google Shape;311;g25ff3eb6ceb_0_5"/>
+            <p:cNvPr id="316" name="Google Shape;316;g25ff3eb6ceb_0_5"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1345676" y="1339984"/>
               <a:ext cx="2032200" cy="2094300"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                 <a:lnSpc>
                   <a:spcPct val="115000"/>
@@ -22847,79 +23402,79 @@
                 <a:rPr b="0" i="0" lang="en-GB" sz="1300" u="none" cap="none" strike="noStrike">
                   <a:solidFill>
                     <a:schemeClr val="lt1"/>
                   </a:solidFill>
                   <a:latin typeface="Lato"/>
                   <a:ea typeface="Lato"/>
                   <a:cs typeface="Lato"/>
                   <a:sym typeface="Lato"/>
                 </a:rPr>
                 <a:t> – This resource contains links to advice on a number of topics, including financial difficulties, cost of living and communicating with creditors.</a:t>
               </a:r>
               <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="312" name="Google Shape;312;g25ff3eb6ceb_0_5"/>
+            <p:cNvPr id="317" name="Google Shape;317;g25ff3eb6ceb_0_5"/>
             <p:cNvPicPr preferRelativeResize="0"/>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
             <a:blip r:embed="rId4">
               <a:alphaModFix/>
             </a:blip>
             <a:srcRect b="0" l="0" r="0" t="0"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="532125" y="1419947"/>
               <a:ext cx="813554" cy="928675"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="313" name="Google Shape;313;g25ff3eb6ceb_0_5"/>
+          <p:cNvPr id="318" name="Google Shape;318;g25ff3eb6ceb_0_5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="152000" y="3312950"/>
             <a:ext cx="8872200" cy="738900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
@@ -22987,51 +23542,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>This could be your form tutor, head of year or the school’s safeguarding officer.</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="314" name="Google Shape;314;g25ff3eb6ceb_0_5"/>
+          <p:cNvPr id="319" name="Google Shape;319;g25ff3eb6ceb_0_5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="3000000" cy="400200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -23044,65 +23599,65 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="315" name="Google Shape;315;g25ff3eb6ceb_0_5"/>
+          <p:cNvPr id="320" name="Google Shape;320;g25ff3eb6ceb_0_5"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="3164819" y="1184021"/>
             <a:ext cx="2846301" cy="1995658"/>
             <a:chOff x="3237025" y="1184050"/>
             <a:chExt cx="2914500" cy="2094300"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="316" name="Google Shape;316;g25ff3eb6ceb_0_5"/>
+            <p:cNvPr id="321" name="Google Shape;321;g25ff3eb6ceb_0_5"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3237025" y="1184050"/>
               <a:ext cx="2914500" cy="2094300"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln cap="flat" cmpd="sng" w="28575">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
               <a:noAutofit/>
@@ -23121,78 +23676,78 @@
                 </a:spcAft>
                 <a:buClr>
                   <a:srgbClr val="000000"/>
                 </a:buClr>
                 <a:buSzPts val="1400"/>
                 <a:buFont typeface="Arial"/>
                 <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:t/>
               </a:r>
               <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="317" name="Google Shape;317;g25ff3eb6ceb_0_5"/>
+            <p:cNvPr id="322" name="Google Shape;322;g25ff3eb6ceb_0_5"/>
             <p:cNvPicPr preferRelativeResize="0"/>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
             <a:blip r:embed="rId5">
               <a:alphaModFix/>
             </a:blip>
             <a:srcRect b="0" l="0" r="0" t="0"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="3344950" y="1434825"/>
               <a:ext cx="666111" cy="400200"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
         </p:pic>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="318" name="Google Shape;318;g25ff3eb6ceb_0_5"/>
+            <p:cNvPr id="323" name="Google Shape;323;g25ff3eb6ceb_0_5"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4068426" y="1358613"/>
               <a:ext cx="2032200" cy="1852800"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                 <a:lnSpc>
                   <a:spcPct val="115000"/>
@@ -23265,78 +23820,78 @@
                   <a:solidFill>
                     <a:schemeClr val="lt1"/>
                   </a:solidFill>
                   <a:latin typeface="Lato"/>
                   <a:ea typeface="Lato"/>
                   <a:cs typeface="Lato"/>
                   <a:sym typeface="Lato"/>
                 </a:rPr>
                 <a:t>, offering a  free and confidential debt advice service.</a:t>
               </a:r>
               <a:endParaRPr b="0" i="0" sz="1300" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="319" name="Google Shape;319;g25ff3eb6ceb_0_5"/>
+          <p:cNvPr id="324" name="Google Shape;324;g25ff3eb6ceb_0_5"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId8">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6341200" y="1426525"/>
             <a:ext cx="876125" cy="680625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="320" name="Google Shape;320;g25ff3eb6ceb_0_5"/>
+          <p:cNvPr id="325" name="Google Shape;325;g25ff3eb6ceb_0_5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7264128" y="1459325"/>
             <a:ext cx="1760100" cy="615000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
@@ -23355,199 +23910,199 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1300" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Childline </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1300" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="76"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="80"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Helpline</a:t>
             </a:r>
             <a:br>
               <a:rPr b="0" i="0" lang="en-GB" sz="1300" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="77"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="81"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1300" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="77"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="81"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>080</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1300" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>0 1111</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="accent1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="324" name="Shape 324"/>
+        <p:cNvPr id="329" name="Shape 329"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="325" name="Google Shape;325;g14cb79b9a77_0_153"/>
+          <p:cNvPr id="330" name="Google Shape;330;g14cb79b9a77_0_153"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="462425" y="1115400"/>
             <a:ext cx="7875600" cy="3205800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black"/>
                 <a:ea typeface="Lato Black"/>
                 <a:cs typeface="Lato Black"/>
                 <a:sym typeface="Lato Black"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="78"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="82"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>Articles </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black"/>
                 <a:ea typeface="Lato Black"/>
                 <a:cs typeface="Lato Black"/>
                 <a:sym typeface="Lato Black"/>
               </a:rPr>
               <a:t>to extend learning</a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="3600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato Black"/>
                 <a:ea typeface="Lato Black"/>
                 <a:cs typeface="Lato Black"/>
@@ -23998,51 +24553,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="326" name="Google Shape;326;g14cb79b9a77_0_153"/>
+          <p:cNvPr id="331" name="Google Shape;331;g14cb79b9a77_0_153"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1640100" y="403675"/>
             <a:ext cx="5863800" cy="631200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
@@ -24070,70 +24625,70 @@
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Links to learn more!</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="330" name="Shape 330"/>
+        <p:cNvPr id="335" name="Shape 335"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="331" name="Google Shape;331;g175a4b56ed1_1_44"/>
+          <p:cNvPr id="336" name="Google Shape;336;g175a4b56ed1_1_44"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="439450" y="978750"/>
             <a:ext cx="6212100" cy="400200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="b" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -24146,51 +24701,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="332" name="Google Shape;332;g175a4b56ed1_1_44"/>
+          <p:cNvPr id="337" name="Google Shape;337;g175a4b56ed1_1_44"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="360374" y="629069"/>
             <a:ext cx="6625500" cy="492600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
@@ -24212,51 +24767,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>By the end of the session, I will be able to:</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2000" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="333" name="Google Shape;333;g175a4b56ed1_1_44"/>
+          <p:cNvPr id="338" name="Google Shape;338;g175a4b56ed1_1_44"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="488176" y="1578875"/>
             <a:ext cx="7568700" cy="2334900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="-368300" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
@@ -24414,173 +24969,173 @@
               </a:buClr>
               <a:buSzPts val="2200"/>
               <a:buFont typeface="Lato"/>
               <a:buChar char="●"/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="2200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="00FF00"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Consider how inflation can impact people's cost of living </a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
-            </a:endParaRPr>
-[...89 lines deleted...]
-              <a:sym typeface="Lato Black"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="342" name="Shape 342"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="343" name="Google Shape;343;g2e1217e1b89_0_506"/>
+          <p:cNvPr id="343" name="Google Shape;343;g199d023c245_0_45"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="576150" y="978750"/>
+            <a:ext cx="7930200" cy="631200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>OPTIONAL MULTIPLE CHOICE QUIZ</a:t>
+            </a:r>
+            <a:endParaRPr b="1" i="1" sz="1500" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato Black"/>
+              <a:ea typeface="Lato Black"/>
+              <a:cs typeface="Lato Black"/>
+              <a:sym typeface="Lato Black"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="347" name="Shape 347"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="348" name="Google Shape;348;g2e1217e1b89_0_506"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="1287575"/>
             <a:ext cx="7661100" cy="861900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="-368300" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -24633,51 +25188,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1500"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="2200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="231F20"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="344" name="Google Shape;344;g2e1217e1b89_0_506"/>
+          <p:cNvPr id="349" name="Google Shape;349;g2e1217e1b89_0_506"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="253750"/>
             <a:ext cx="7992600" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -24699,51 +25254,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Inflation | Multiple choice</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="345" name="Google Shape;345;g2e1217e1b89_0_506"/>
+          <p:cNvPr id="350" name="Google Shape;350;g2e1217e1b89_0_506"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="2471200"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -24756,51 +25311,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="346" name="Google Shape;346;g2e1217e1b89_0_506"/>
+          <p:cNvPr id="351" name="Google Shape;351;g2e1217e1b89_0_506"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="3004600"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -24813,64 +25368,64 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="347" name="Google Shape;347;g2e1217e1b89_0_506"/>
+          <p:cNvPr id="352" name="Google Shape;352;g2e1217e1b89_0_506"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="952500" y="2038350"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{7D6C0971-1AD1-4903-BE08-4EB4189A6BBD}</a:tableStyleId>
+                <a:tableStyleId>{3710B68A-2109-4BB2-816C-FDE6F665DFCC}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
@@ -25142,68 +25697,68 @@
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                         </a:rPr>
                         <a:t>The average in</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                           <a:extLst>
                             <a:ext uri="http://customooxmlschemas.google.com/">
-                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="79"/>
+                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="83"/>
                             </a:ext>
                           </a:extLst>
                         </a:rPr>
                         <a:t>crease </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                           <a:extLst>
                             <a:ext uri="http://customooxmlschemas.google.com/">
-                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="80"/>
+                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="84"/>
                             </a:ext>
                           </a:extLst>
                         </a:rPr>
                         <a:t>in prices of goods and services over time</a:t>
                       </a:r>
                       <a:endParaRPr b="1" sz="1400" u="none" cap="none" strike="noStrike">
                         <a:latin typeface="Lato"/>
                         <a:ea typeface="Lato"/>
                         <a:cs typeface="Lato"/>
                         <a:sym typeface="Lato"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
@@ -25285,68 +25840,68 @@
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                         </a:rPr>
                         <a:t>The de</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                           <a:extLst>
                             <a:ext uri="http://customooxmlschemas.google.com/">
-                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="81"/>
+                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="85"/>
                             </a:ext>
                           </a:extLst>
                         </a:rPr>
                         <a:t>crease </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                           <a:extLst>
                             <a:ext uri="http://customooxmlschemas.google.com/">
-                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="82"/>
+                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="86"/>
                             </a:ext>
                           </a:extLst>
                         </a:rPr>
                         <a:t>in prices of goods and services over time</a:t>
                       </a:r>
                       <a:endParaRPr b="1" sz="1400" u="none" cap="none" strike="noStrike">
                         <a:latin typeface="Lato"/>
                         <a:ea typeface="Lato"/>
                         <a:cs typeface="Lato"/>
                         <a:sym typeface="Lato"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
@@ -25428,51 +25983,51 @@
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                         </a:rPr>
                         <a:t>When prices of </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                           <a:extLst>
                             <a:ext uri="http://customooxmlschemas.google.com/">
-                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="83"/>
+                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="87"/>
                             </a:ext>
                           </a:extLst>
                         </a:rPr>
                         <a:t>goods and services remain the same over time</a:t>
                       </a:r>
                       <a:endParaRPr b="1" sz="1400" u="none" cap="none" strike="noStrike">
                         <a:latin typeface="Lato"/>
                         <a:ea typeface="Lato"/>
                         <a:cs typeface="Lato"/>
                         <a:sym typeface="Lato"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
@@ -25522,70 +26077,70 @@
                     </a:lnT>
                     <a:lnB cap="flat" cmpd="sng" w="28575">
                       <a:solidFill>
                         <a:schemeClr val="accent2"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd len="sm" w="sm" type="none"/>
                       <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="351" name="Shape 351"/>
+        <p:cNvPr id="356" name="Shape 356"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="352" name="Google Shape;352;g2e1217e1b89_0_515"/>
+          <p:cNvPr id="357" name="Google Shape;357;g2e1217e1b89_0_515"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="1287575"/>
             <a:ext cx="7661100" cy="861900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="-368300" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -25638,51 +26193,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1500"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="2200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="231F20"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="353" name="Google Shape;353;g2e1217e1b89_0_515"/>
+          <p:cNvPr id="358" name="Google Shape;358;g2e1217e1b89_0_515"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="253750"/>
             <a:ext cx="7992600" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -25704,51 +26259,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Inflation | Multiple choice</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="354" name="Google Shape;354;g2e1217e1b89_0_515"/>
+          <p:cNvPr id="359" name="Google Shape;359;g2e1217e1b89_0_515"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="2471200"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -25761,51 +26316,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="355" name="Google Shape;355;g2e1217e1b89_0_515"/>
+          <p:cNvPr id="360" name="Google Shape;360;g2e1217e1b89_0_515"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="3004600"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -25818,64 +26373,64 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="356" name="Google Shape;356;g2e1217e1b89_0_515"/>
+          <p:cNvPr id="361" name="Google Shape;361;g2e1217e1b89_0_515"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="952500" y="2038350"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{7D6C0971-1AD1-4903-BE08-4EB4189A6BBD}</a:tableStyleId>
+                <a:tableStyleId>{3710B68A-2109-4BB2-816C-FDE6F665DFCC}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
@@ -26147,68 +26702,68 @@
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                         </a:rPr>
                         <a:t>The average in</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                           <a:extLst>
                             <a:ext uri="http://customooxmlschemas.google.com/">
-                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="84"/>
+                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="88"/>
                             </a:ext>
                           </a:extLst>
                         </a:rPr>
                         <a:t>crease </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                           <a:extLst>
                             <a:ext uri="http://customooxmlschemas.google.com/">
-                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="85"/>
+                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="89"/>
                             </a:ext>
                           </a:extLst>
                         </a:rPr>
                         <a:t>in prices of goods and services over time</a:t>
                       </a:r>
                       <a:endParaRPr b="1" sz="1400" u="none" cap="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="231F20"/>
                         </a:solidFill>
                         <a:latin typeface="Lato"/>
                         <a:ea typeface="Lato"/>
                         <a:cs typeface="Lato"/>
                         <a:sym typeface="Lato"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
@@ -26293,68 +26848,68 @@
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                         </a:rPr>
                         <a:t>The de</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                           <a:extLst>
                             <a:ext uri="http://customooxmlschemas.google.com/">
-                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="86"/>
+                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="90"/>
                             </a:ext>
                           </a:extLst>
                         </a:rPr>
                         <a:t>crease </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                           <a:extLst>
                             <a:ext uri="http://customooxmlschemas.google.com/">
-                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="87"/>
+                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="91"/>
                             </a:ext>
                           </a:extLst>
                         </a:rPr>
                         <a:t>in prices of goods and services over time</a:t>
                       </a:r>
                       <a:endParaRPr b="1" sz="1400" u="none" cap="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="231F20"/>
                         </a:solidFill>
                         <a:latin typeface="Lato"/>
                         <a:ea typeface="Lato"/>
                         <a:cs typeface="Lato"/>
                         <a:sym typeface="Lato"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
@@ -26439,51 +26994,51 @@
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                         </a:rPr>
                         <a:t>When prices of </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:srgbClr val="231F20"/>
                           </a:solidFill>
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
                           <a:sym typeface="Lato"/>
                           <a:extLst>
                             <a:ext uri="http://customooxmlschemas.google.com/">
-                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="88"/>
+                              <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="92"/>
                             </a:ext>
                           </a:extLst>
                         </a:rPr>
                         <a:t>goods and services remain the same over time</a:t>
                       </a:r>
                       <a:endParaRPr b="1" sz="1400" u="none" cap="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="231F20"/>
                         </a:solidFill>
                         <a:latin typeface="Lato"/>
                         <a:ea typeface="Lato"/>
                         <a:cs typeface="Lato"/>
                         <a:sym typeface="Lato"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
@@ -26536,70 +27091,70 @@
                     </a:lnT>
                     <a:lnB cap="flat" cmpd="sng" w="28575">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd len="sm" w="sm" type="none"/>
                       <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="360" name="Shape 360"/>
+        <p:cNvPr id="365" name="Shape 365"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="361" name="Google Shape;361;g2e1217e1b89_0_542"/>
+          <p:cNvPr id="366" name="Google Shape;366;g2e1217e1b89_0_542"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="1287575"/>
             <a:ext cx="8297400" cy="1200600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -26676,51 +27231,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1500"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="2200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="231F20"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="362" name="Google Shape;362;g2e1217e1b89_0_542"/>
+          <p:cNvPr id="367" name="Google Shape;367;g2e1217e1b89_0_542"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="253750"/>
             <a:ext cx="7992600" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -26742,51 +27297,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Inflation | Multiple choice</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="363" name="Google Shape;363;g2e1217e1b89_0_542"/>
+          <p:cNvPr id="368" name="Google Shape;368;g2e1217e1b89_0_542"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="2471200"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -26799,51 +27354,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="364" name="Google Shape;364;g2e1217e1b89_0_542"/>
+          <p:cNvPr id="369" name="Google Shape;369;g2e1217e1b89_0_542"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="3004600"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -26856,64 +27411,64 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="365" name="Google Shape;365;g2e1217e1b89_0_542"/>
+          <p:cNvPr id="370" name="Google Shape;370;g2e1217e1b89_0_542"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="952500" y="2419350"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{7D6C0971-1AD1-4903-BE08-4EB4189A6BBD}</a:tableStyleId>
+                <a:tableStyleId>{3710B68A-2109-4BB2-816C-FDE6F665DFCC}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
@@ -27548,70 +28103,70 @@
                     </a:lnT>
                     <a:lnB cap="flat" cmpd="sng" w="28575">
                       <a:solidFill>
                         <a:schemeClr val="accent2"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd len="sm" w="sm" type="none"/>
                       <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="369" name="Shape 369"/>
+        <p:cNvPr id="374" name="Shape 374"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="370" name="Google Shape;370;g2e1217e1b89_0_551"/>
+          <p:cNvPr id="375" name="Google Shape;375;g2e1217e1b89_0_551"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="1287575"/>
             <a:ext cx="8297400" cy="1200600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -27688,51 +28243,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1500"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="2200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="231F20"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="371" name="Google Shape;371;g2e1217e1b89_0_551"/>
+          <p:cNvPr id="376" name="Google Shape;376;g2e1217e1b89_0_551"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="253750"/>
             <a:ext cx="7992600" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -27754,51 +28309,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Inflation | Multiple choice</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="372" name="Google Shape;372;g2e1217e1b89_0_551"/>
+          <p:cNvPr id="377" name="Google Shape;377;g2e1217e1b89_0_551"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="2471200"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -27811,51 +28366,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="373" name="Google Shape;373;g2e1217e1b89_0_551"/>
+          <p:cNvPr id="378" name="Google Shape;378;g2e1217e1b89_0_551"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="3004600"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -27868,64 +28423,64 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="374" name="Google Shape;374;g2e1217e1b89_0_551"/>
+          <p:cNvPr id="379" name="Google Shape;379;g2e1217e1b89_0_551"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="952500" y="2419350"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{7D6C0971-1AD1-4903-BE08-4EB4189A6BBD}</a:tableStyleId>
+                <a:tableStyleId>{3710B68A-2109-4BB2-816C-FDE6F665DFCC}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
@@ -28560,70 +29115,70 @@
                     </a:lnT>
                     <a:lnB cap="flat" cmpd="sng" w="28575">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd len="sm" w="sm" type="none"/>
                       <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="378" name="Shape 378"/>
+        <p:cNvPr id="383" name="Shape 383"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="379" name="Google Shape;379;g2e1217e1b89_0_560"/>
+          <p:cNvPr id="384" name="Google Shape;384;g2e1217e1b89_0_560"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="1287575"/>
             <a:ext cx="8297400" cy="1539300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -28707,51 +29262,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1500"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="231F20"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="380" name="Google Shape;380;g2e1217e1b89_0_560"/>
+          <p:cNvPr id="385" name="Google Shape;385;g2e1217e1b89_0_560"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="253750"/>
             <a:ext cx="7992600" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -28773,51 +29328,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Inflation | Multiple choice</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="381" name="Google Shape;381;g2e1217e1b89_0_560"/>
+          <p:cNvPr id="386" name="Google Shape;386;g2e1217e1b89_0_560"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="2471200"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -28830,51 +29385,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="382" name="Google Shape;382;g2e1217e1b89_0_560"/>
+          <p:cNvPr id="387" name="Google Shape;387;g2e1217e1b89_0_560"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="3004600"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -28887,64 +29442,64 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="383" name="Google Shape;383;g2e1217e1b89_0_560"/>
+          <p:cNvPr id="388" name="Google Shape;388;g2e1217e1b89_0_560"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="952500" y="2419350"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{7D6C0971-1AD1-4903-BE08-4EB4189A6BBD}</a:tableStyleId>
+                <a:tableStyleId>{3710B68A-2109-4BB2-816C-FDE6F665DFCC}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
@@ -29613,70 +30168,225 @@
                     </a:lnT>
                     <a:lnB cap="flat" cmpd="sng" w="28575">
                       <a:solidFill>
                         <a:schemeClr val="accent2"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd len="sm" w="sm" type="none"/>
                       <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="387" name="Shape 387"/>
+        <p:cNvPr id="75" name="Shape 75"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="388" name="Google Shape;388;g2e1217e1b89_0_569"/>
+          <p:cNvPr id="76" name="Google Shape;76;g199d023c245_0_0"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1491150"/>
+            <a:ext cx="9144000" cy="1385400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="8000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-GB" sz="2400" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Session</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-GB" sz="2400" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>4:</a:t>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="2400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="8000"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-GB" sz="5600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato Black"/>
+                <a:ea typeface="Lato Black"/>
+                <a:cs typeface="Lato Black"/>
+                <a:sym typeface="Lato Black"/>
+              </a:rPr>
+              <a:t>The impact of inflation</a:t>
+            </a:r>
+            <a:endParaRPr b="1" i="0" sz="5600" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:latin typeface="Lato Black"/>
+              <a:ea typeface="Lato Black"/>
+              <a:cs typeface="Lato Black"/>
+              <a:sym typeface="Lato Black"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="392" name="Shape 392"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="393" name="Google Shape;393;g2e1217e1b89_0_569"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="1287575"/>
             <a:ext cx="8297400" cy="1539300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -29760,51 +30470,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1500"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="231F20"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="389" name="Google Shape;389;g2e1217e1b89_0_569"/>
+          <p:cNvPr id="394" name="Google Shape;394;g2e1217e1b89_0_569"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="253750"/>
             <a:ext cx="7992600" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -29826,51 +30536,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Inflation | Multiple choice</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="390" name="Google Shape;390;g2e1217e1b89_0_569"/>
+          <p:cNvPr id="395" name="Google Shape;395;g2e1217e1b89_0_569"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="2471200"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -29883,51 +30593,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="391" name="Google Shape;391;g2e1217e1b89_0_569"/>
+          <p:cNvPr id="396" name="Google Shape;396;g2e1217e1b89_0_569"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="3004600"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -29940,64 +30650,64 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="392" name="Google Shape;392;g2e1217e1b89_0_569"/>
+          <p:cNvPr id="397" name="Google Shape;397;g2e1217e1b89_0_569"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="952500" y="2419350"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{7D6C0971-1AD1-4903-BE08-4EB4189A6BBD}</a:tableStyleId>
+                <a:tableStyleId>{3710B68A-2109-4BB2-816C-FDE6F665DFCC}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
@@ -30666,225 +31376,70 @@
                     </a:lnT>
                     <a:lnB cap="flat" cmpd="sng" w="28575">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd len="sm" w="sm" type="none"/>
                       <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="75" name="Shape 75"/>
+        <p:cNvPr id="401" name="Shape 401"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="76" name="Google Shape;76;g199d023c245_0_0"/>
-[...154 lines deleted...]
-          <p:cNvPr id="397" name="Google Shape;397;g2e1217e1b89_0_578"/>
+          <p:cNvPr id="402" name="Google Shape;402;g2e1217e1b89_0_578"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="1287575"/>
             <a:ext cx="8297400" cy="1877700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -30999,51 +31554,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1500"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="231F20"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="398" name="Google Shape;398;g2e1217e1b89_0_578"/>
+          <p:cNvPr id="403" name="Google Shape;403;g2e1217e1b89_0_578"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="253750"/>
             <a:ext cx="7992600" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -31065,51 +31620,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Inflation | Multiple choice</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="399" name="Google Shape;399;g2e1217e1b89_0_578"/>
+          <p:cNvPr id="404" name="Google Shape;404;g2e1217e1b89_0_578"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="2471200"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -31122,51 +31677,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="400" name="Google Shape;400;g2e1217e1b89_0_578"/>
+          <p:cNvPr id="405" name="Google Shape;405;g2e1217e1b89_0_578"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="3004600"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -31179,64 +31734,64 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="401" name="Google Shape;401;g2e1217e1b89_0_578"/>
+          <p:cNvPr id="406" name="Google Shape;406;g2e1217e1b89_0_578"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="952500" y="2419350"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{7D6C0971-1AD1-4903-BE08-4EB4189A6BBD}</a:tableStyleId>
+                <a:tableStyleId>{3710B68A-2109-4BB2-816C-FDE6F665DFCC}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
@@ -31905,70 +32460,70 @@
                     </a:lnT>
                     <a:lnB cap="flat" cmpd="sng" w="28575">
                       <a:solidFill>
                         <a:schemeClr val="accent2"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd len="sm" w="sm" type="none"/>
                       <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="405" name="Shape 405"/>
+        <p:cNvPr id="410" name="Shape 410"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="406" name="Google Shape;406;g2e1217e1b89_0_587"/>
+          <p:cNvPr id="411" name="Google Shape;411;g2e1217e1b89_0_587"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="1287575"/>
             <a:ext cx="8297400" cy="1877700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -32083,51 +32638,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1500"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="231F20"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="407" name="Google Shape;407;g2e1217e1b89_0_587"/>
+          <p:cNvPr id="412" name="Google Shape;412;g2e1217e1b89_0_587"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="253750"/>
             <a:ext cx="7992600" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -32149,51 +32704,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Inflation | Multiple choice</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="408" name="Google Shape;408;g2e1217e1b89_0_587"/>
+          <p:cNvPr id="413" name="Google Shape;413;g2e1217e1b89_0_587"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="2471200"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -32206,51 +32761,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="409" name="Google Shape;409;g2e1217e1b89_0_587"/>
+          <p:cNvPr id="414" name="Google Shape;414;g2e1217e1b89_0_587"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="3004600"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -32263,64 +32818,64 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="410" name="Google Shape;410;g2e1217e1b89_0_587"/>
+          <p:cNvPr id="415" name="Google Shape;415;g2e1217e1b89_0_587"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="952500" y="2419350"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{7D6C0971-1AD1-4903-BE08-4EB4189A6BBD}</a:tableStyleId>
+                <a:tableStyleId>{3710B68A-2109-4BB2-816C-FDE6F665DFCC}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
@@ -32958,70 +33513,70 @@
                     </a:lnT>
                     <a:lnB cap="flat" cmpd="sng" w="28575">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd len="sm" w="sm" type="none"/>
                       <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="414" name="Shape 414"/>
+        <p:cNvPr id="419" name="Shape 419"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="415" name="Google Shape;415;g2e1217e1b89_0_596"/>
+          <p:cNvPr id="420" name="Google Shape;420;g2e1217e1b89_0_596"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="1287575"/>
             <a:ext cx="8297400" cy="1539300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -33040,51 +33595,51 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="2200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="231F20"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>5</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="2200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="231F20"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="89"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="93"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>. The ……………………….. is measured by taking a sample ‘shopping basket’ of goods and services across the UK </a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="2200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="231F20"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -33122,51 +33677,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1500"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="231F20"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="416" name="Google Shape;416;g2e1217e1b89_0_596"/>
+          <p:cNvPr id="421" name="Google Shape;421;g2e1217e1b89_0_596"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="253750"/>
             <a:ext cx="7992600" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -33188,51 +33743,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Inflation | Multiple choice</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="417" name="Google Shape;417;g2e1217e1b89_0_596"/>
+          <p:cNvPr id="422" name="Google Shape;422;g2e1217e1b89_0_596"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="2471200"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -33245,51 +33800,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="418" name="Google Shape;418;g2e1217e1b89_0_596"/>
+          <p:cNvPr id="423" name="Google Shape;423;g2e1217e1b89_0_596"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="3004600"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -33302,64 +33857,64 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="419" name="Google Shape;419;g2e1217e1b89_0_596"/>
+          <p:cNvPr id="424" name="Google Shape;424;g2e1217e1b89_0_596"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="952500" y="2647950"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{7D6C0971-1AD1-4903-BE08-4EB4189A6BBD}</a:tableStyleId>
+                <a:tableStyleId>{3710B68A-2109-4BB2-816C-FDE6F665DFCC}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
               </a:tblGrid>
               <a:tr h="384700">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
@@ -33904,70 +34459,70 @@
                     </a:lnT>
                     <a:lnB cap="flat" cmpd="sng" w="28575">
                       <a:solidFill>
                         <a:schemeClr val="accent2"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd len="sm" w="sm" type="none"/>
                       <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="423" name="Shape 423"/>
+        <p:cNvPr id="428" name="Shape 428"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="424" name="Google Shape;424;g2e1217e1b89_0_605"/>
+          <p:cNvPr id="429" name="Google Shape;429;g2e1217e1b89_0_605"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="253750"/>
             <a:ext cx="7992600" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -33989,51 +34544,51 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Inflation | Multiple choice</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="425" name="Google Shape;425;g2e1217e1b89_0_605"/>
+          <p:cNvPr id="430" name="Google Shape;430;g2e1217e1b89_0_605"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="2471200"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -34046,51 +34601,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="426" name="Google Shape;426;g2e1217e1b89_0_605"/>
+          <p:cNvPr id="431" name="Google Shape;431;g2e1217e1b89_0_605"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="455575" y="3004600"/>
             <a:ext cx="4581000" cy="369300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -34103,64 +34658,64 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="427" name="Google Shape;427;g2e1217e1b89_0_605"/>
+          <p:cNvPr id="432" name="Google Shape;432;g2e1217e1b89_0_605"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="952500" y="2647950"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{7D6C0971-1AD1-4903-BE08-4EB4189A6BBD}</a:tableStyleId>
+                <a:tableStyleId>{3710B68A-2109-4BB2-816C-FDE6F665DFCC}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
                 <a:gridCol w="2413000"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
@@ -34730,51 +35285,51 @@
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd len="sm" w="sm" type="none"/>
                       <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
                     <a:lnB cap="flat" cmpd="sng" w="28575">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd len="sm" w="sm" type="none"/>
                       <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="428" name="Google Shape;428;g2e1217e1b89_0_605"/>
+          <p:cNvPr id="433" name="Google Shape;433;g2e1217e1b89_0_605"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="379375" y="1287575"/>
             <a:ext cx="8297400" cy="1539300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -34793,85 +35348,85 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="2200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="231F20"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>5</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="2200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="231F20"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="90"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="94"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>. The ……………………….. is measured by taking a sample ‘shopping bas</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2200">
                 <a:solidFill>
                   <a:srgbClr val="231F20"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="91"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="95"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>ket</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="2200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="231F20"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
                 <a:extLst>
                   <a:ext uri="http://customooxmlschemas.google.com/">
-                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="92"/>
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="96"/>
                   </a:ext>
                 </a:extLst>
               </a:rPr>
               <a:t>’ of goods and services across the UK </a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="2200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="231F20"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -35459,51 +36014,51 @@
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="90" name="Google Shape;90;g28fa0d73cbd_0_3"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1194200" y="4199300"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{CF52D213-A1D3-4409-844D-463B3C868FCC}</a:tableStyleId>
+                <a:tableStyleId>{364F7823-ACDE-4E55-BDB4-2F1538B7593C}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2264225"/>
               </a:tblGrid>
               <a:tr h="309300">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
                         <a:buSzPts val="1200"/>
                         <a:buFont typeface="Arial"/>
@@ -36012,51 +36567,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="94" name="Google Shape;94;g28fa0d73cbd_0_3"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5217225" y="4233418"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{CF52D213-A1D3-4409-844D-463B3C868FCC}</a:tableStyleId>
+                <a:tableStyleId>{364F7823-ACDE-4E55-BDB4-2F1538B7593C}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2264225"/>
               </a:tblGrid>
               <a:tr h="346925">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
                         <a:buSzPts val="1200"/>
                         <a:buFont typeface="Arial"/>
@@ -36369,51 +36924,51 @@
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Lato Black"/>
               <a:ea typeface="Lato Black"/>
               <a:cs typeface="Lato Black"/>
               <a:sym typeface="Lato Black"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="98" name="Google Shape;98;g28fa0d73cbd_0_3"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="387500" y="4199300"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{CF52D213-A1D3-4409-844D-463B3C868FCC}</a:tableStyleId>
+                <a:tableStyleId>{364F7823-ACDE-4E55-BDB4-2F1538B7593C}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="806700"/>
               </a:tblGrid>
               <a:tr h="309300">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
                         <a:buSzPts val="1200"/>
                         <a:buFont typeface="Arial"/>
@@ -36482,51 +37037,51 @@
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="99" name="Google Shape;99;g28fa0d73cbd_0_3"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="4420150" y="4233775"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{CF52D213-A1D3-4409-844D-463B3C868FCC}</a:tableStyleId>
+                <a:tableStyleId>{364F7823-ACDE-4E55-BDB4-2F1538B7593C}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="806700"/>
               </a:tblGrid>
               <a:tr h="346925">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
                         <a:buSzPts val="1200"/>
                         <a:buFont typeface="Arial"/>
@@ -38520,50 +39075,329 @@
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <a:themeElements>
+    <a:clrScheme name="Default">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="158158"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="F3F3F3"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="058DC7"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="50B432"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="ED561B"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="EDEF00"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="24CBE5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="64E572"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="2200CC"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="551A8B"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FLIC_Presentation_No_pages">
   <a:themeElements>
     <a:clrScheme name="Simple Light">
       <a:dk1>
         <a:srgbClr val="262A33"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="262A33"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="262A33"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="0543B3"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="FF8022"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="51FF00"/>
       </a:accent3>
       <a:accent4>
@@ -38798,309 +39632,30 @@
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-[...277 lines deleted...]
-
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Charlotte Jessop</dc:creator>
 </cp:coreProperties>
 </file>