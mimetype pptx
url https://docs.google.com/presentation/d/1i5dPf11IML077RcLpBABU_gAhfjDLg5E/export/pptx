--- v0 (2026-02-12)
+++ v1 (2026-03-30)
@@ -1,93 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="281" r:id="rId3"/>
-    <p:sldId id="297" r:id="rId4"/>
-[...11 lines deleted...]
-    <p:sldId id="322" r:id="rId16"/>
+    <p:sldId id="307" r:id="rId4"/>
+    <p:sldId id="311" r:id="rId5"/>
+    <p:sldId id="308" r:id="rId6"/>
+    <p:sldId id="312" r:id="rId7"/>
+    <p:sldId id="309" r:id="rId8"/>
+    <p:sldId id="313" r:id="rId9"/>
+    <p:sldId id="310" r:id="rId10"/>
+    <p:sldId id="314" r:id="rId11"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -144,112 +134,123 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns=""/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
-      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="0"/>
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="220"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr showOutlineIcons="0" horzBarState="maximized">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+  <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="64" d="100"/>
-          <a:sy n="64" d="100"/>
+          <a:sx n="121" d="100"/>
+          <a:sy n="121" d="100"/>
         </p:scale>
-        <p:origin x="-108" y="-252"/>
+        <p:origin x="523" y="91"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="73736200" cy="73736200"/>
+  <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -322,147 +323,175 @@
               </a:duotone>
             </a:blip>
             <a:srcRect/>
             <a:tile tx="-44450" ty="38100" sx="85000" sy="85000" flip="none" algn="tl"/>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Rectangle 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1307870" y="1267730"/>
             <a:ext cx="9576262" cy="4307950"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
             <a:noFill/>
             <a:prstDash val="solid"/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="50800" algn="ctr" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="66000"/>
               </a:prstClr>
             </a:outerShdw>
             <a:softEdge rad="0"/>
           </a:effectLst>
         </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Rectangle 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1447801" y="1411615"/>
             <a:ext cx="9296400" cy="4034770"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="6350" cap="sq" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="75000"/>
                 <a:lumOff val="25000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Rectangle 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5135880" y="1267730"/>
             <a:ext cx="1920240" cy="731520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="4" name="Group 3"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="5250180" y="1267730"/>
             <a:ext cx="1691640" cy="645295"/>
             <a:chOff x="5318306" y="1386268"/>
             <a:chExt cx="1567331" cy="645295"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="17" name="Straight Connector 16"/>
             <p:cNvCxnSpPr/>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5318306" y="1386268"/>
               <a:ext cx="0" cy="640080"/>
@@ -715,51 +744,51 @@
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5318760" y="1341255"/>
             <a:ext cx="1554480" cy="527213"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="1300" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{AD7E106F-7802-44BF-8423-B0A8940F00D7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/9/2025</a:t>
+              <a:t>3/21/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Footer Placeholder 20"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1453896" y="5211060"/>
             <a:ext cx="5905500" cy="228600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
@@ -799,51 +828,51 @@
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{66359D93-DF82-4750-A60B-D676CA638800}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2160255112"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2160255112"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -919,51 +948,51 @@
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AD7E106F-7802-44BF-8423-B0A8940F00D7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/9/2025</a:t>
+              <a:t>3/21/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -971,51 +1000,51 @@
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{66359D93-DF82-4750-A60B-D676CA638800}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="975961073"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="975961073"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1101,51 +1130,51 @@
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AD7E106F-7802-44BF-8423-B0A8940F00D7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/9/2025</a:t>
+              <a:t>3/21/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1153,51 +1182,51 @@
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{66359D93-DF82-4750-A60B-D676CA638800}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3305849239"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3305849239"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1273,51 +1302,51 @@
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AD7E106F-7802-44BF-8423-B0A8940F00D7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/9/2025</a:t>
+              <a:t>3/21/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1325,51 +1354,51 @@
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{66359D93-DF82-4750-A60B-D676CA638800}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3072567881"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3072567881"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="secHead" preserve="1">
   <p:cSld name="Section Header">
     <p:bg>
       <p:bgRef idx="1002">
         <a:schemeClr val="bg2"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -1846,51 +1875,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5321808" y="1344502"/>
             <a:ext cx="1554480" cy="530352"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr lang="en-US" sz="1300" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{AD7E106F-7802-44BF-8423-B0A8940F00D7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/9/2025</a:t>
+              <a:t>3/21/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1453553" y="5211060"/>
             <a:ext cx="5907024" cy="228600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
@@ -1912,51 +1941,51 @@
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8604504" y="5211060"/>
             <a:ext cx="2112264" cy="228600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{66359D93-DF82-4750-A60B-D676CA638800}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4281430979"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4281430979"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2150,51 +2179,51 @@
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AD7E106F-7802-44BF-8423-B0A8940F00D7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/9/2025</a:t>
+              <a:t>3/21/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2202,51 +2231,51 @@
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{66359D93-DF82-4750-A60B-D676CA638800}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1638190887"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1638190887"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2589,51 +2618,51 @@
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AD7E106F-7802-44BF-8423-B0A8940F00D7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/9/2025</a:t>
+              <a:t>3/21/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2641,51 +2670,51 @@
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{66359D93-DF82-4750-A60B-D676CA638800}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3015996215"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3015996215"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2709,51 +2738,51 @@
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AD7E106F-7802-44BF-8423-B0A8940F00D7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/9/2025</a:t>
+              <a:t>3/21/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2761,96 +2790,96 @@
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{66359D93-DF82-4750-A60B-D676CA638800}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="748630468"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="748630468"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AD7E106F-7802-44BF-8423-B0A8940F00D7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/9/2025</a:t>
+              <a:t>3/21/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2858,51 +2887,51 @@
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{66359D93-DF82-4750-A60B-D676CA638800}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4099094432"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4099094432"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="objTx" preserve="1">
   <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3190,51 +3219,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Date Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{AD7E106F-7802-44BF-8423-B0A8940F00D7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/9/2025</a:t>
+              <a:t>3/21/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Footer Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="en-US"/>
@@ -3298,51 +3327,51 @@
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:miter lim="800000"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2298716921"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2298716921"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="picTx" preserve="1">
   <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3586,51 +3615,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="12700" dist="6350" dir="2700000" algn="tl" rotWithShape="0">
                     <a:prstClr val="black">
                       <a:alpha val="40000"/>
                     </a:prstClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{AD7E106F-7802-44BF-8423-B0A8940F00D7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/9/2025</a:t>
+              <a:t>3/21/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr lang="en-US" sz="1000" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst>
@@ -3708,51 +3737,51 @@
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:miter lim="800000"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2901956669"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2901956669"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
@@ -3772,50 +3801,57 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="234696" y="237744"/>
             <a:ext cx="11722608" cy="6382512"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg2"/>
           </a:solidFill>
           <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
             <a:noFill/>
             <a:prstDash val="solid"/>
           </a:ln>
           <a:effectLst>
             <a:softEdge rad="0"/>
           </a:effectLst>
         </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1066800" y="642594"/>
             <a:ext cx="10058400" cy="1371600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -3905,51 +3941,51 @@
             <a:off x="274320" y="6307672"/>
             <a:ext cx="2743200" cy="274320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{AD7E106F-7802-44BF-8423-B0A8940F00D7}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/9/2025</a:t>
+              <a:t>3/21/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3489960" y="6307672"/>
             <a:ext cx="5212080" cy="274320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3995,51 +4031,51 @@
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{66359D93-DF82-4750-A60B-D676CA638800}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3807439103"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3807439103"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483661" r:id="rId1"/>
     <p:sldLayoutId id="2147483662" r:id="rId2"/>
     <p:sldLayoutId id="2147483663" r:id="rId3"/>
     <p:sldLayoutId id="2147483664" r:id="rId4"/>
     <p:sldLayoutId id="2147483665" r:id="rId5"/>
     <p:sldLayoutId id="2147483666" r:id="rId6"/>
     <p:sldLayoutId id="2147483667" r:id="rId7"/>
     <p:sldLayoutId id="2147483668" r:id="rId8"/>
     <p:sldLayoutId id="2147483669" r:id="rId9"/>
     <p:sldLayoutId id="2147483670" r:id="rId10"/>
     <p:sldLayoutId id="2147483671" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
@@ -4365,70 +4401,50 @@
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...18 lines deleted...]
-
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -4450,1033 +4466,281 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr sz="4000" b="1" smtClean="0">
+              <a:rPr sz="4000" b="1">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>NHÂN TRẦN VUI LÊN</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7300194" y="3902582"/>
             <a:ext cx="2578308" cy="457201"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l"/>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Trần</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0" err="1">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Mừng</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" b="1" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2469530015"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469530015"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E04133D8-422B-3BF1-29BD-479C8546FFA1}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F358D4E6-BE1D-5BCA-5124-13B688F1D331}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2"/>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC06CF61-AD15-434B-7F0B-5AE22BCB9FF9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-282756" y="-146443"/>
             <a:ext cx="12575567" cy="7109717"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Rectangle 5"/>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E6543E4-AD2E-E68A-C797-12E733448143}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="374754" y="382788"/>
-            <a:ext cx="11308415" cy="5632311"/>
+            <a:off x="447449" y="321787"/>
+            <a:ext cx="11115155" cy="5632311"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="en-US" sz="6000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>3</a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>ĐK: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>.</a:t>
-[...70 lines deleted...]
-              <a:t>hôm nay Ngài giải phóng nhân loại. Qua biển tội dìu về Thiên Quốc vinh quang.</a:t>
+              <a:t>Nhân trần ơi vui lên, Chúa đã sống lại thật! Alleluia. Alleluia. Alleluia. Đức Ki-tô đập tan thần chết cùng tội đời. Ngài thông ban nguồn sống mới Alleluia. Alleluia.</a:t>
             </a:r>
             <a:endParaRPr lang="vi-VN" sz="6000" b="1" i="0" dirty="0">
-              <a:solidFill>
-[...1 lines deleted...]
-              </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="549401786"/>
-[...698 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="549401786"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4019691959"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5490,177 +4754,122 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-282756" y="-146443"/>
             <a:ext cx="12575567" cy="7109717"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Rectangle 3"/>
+          <p:cNvPr id="6" name="Rectangle 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2908091" y="320328"/>
-            <a:ext cx="6190939" cy="646331"/>
+            <a:off x="447449" y="321787"/>
+            <a:ext cx="11115155" cy="5632311"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="en-US" sz="3600" b="1" dirty="0" smtClean="0">
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>NHÂN TRẦN VUI LÊN</a:t>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:t>ĐK: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Nhân trần ơi vui lên, Chúa đã sống lại thật! Alleluia. Alleluia. Alleluia. Đức Ki-tô đập tan thần chết cùng tội đời. Ngài thông ban nguồn sống mới Alleluia. Alleluia.</a:t>
+            </a:r>
+            <a:endParaRPr lang="vi-VN" sz="6000" b="1" i="0" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...58 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="549401786"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="549401786"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5674,941 +4883,1040 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-282756" y="-146443"/>
             <a:ext cx="12575567" cy="7109717"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="374754" y="382788"/>
-            <a:ext cx="11308415" cy="3785652"/>
+            <a:ext cx="11308415" cy="5632311"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Đức Ki-tô đập tan thần chết cùng tội đời. Ngài thông ban nguồn sống mới Ha-le-lui-a. Ha-le-lui-a</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0" smtClean="0">
+              <a:t>1. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>.</a:t>
+              <a:t>Đức Ki-tô Chiên vượt qua là Cứu Chúa. Đã hy sinh chịu chết thay tội nhân. Và từ nay Ngài chiến thắng tử thần. Cho đất trời hài hòa chan chứa thiên ân.</a:t>
             </a:r>
             <a:endParaRPr lang="vi-VN" sz="6000" b="1" i="0" dirty="0">
-              <a:solidFill>
-[...1 lines deleted...]
-              </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="549401786"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="549401786"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB099349-FC1A-F2AD-30DD-733BAE41BA6B}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB8A6A7D-CEFE-9F78-C7AC-29CDF06E3C6D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2"/>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7A72565-9F4D-BC3D-D072-3E2FAD04BDAD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-282756" y="-146443"/>
             <a:ext cx="12575567" cy="7109717"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Rectangle 5"/>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{354C038D-00C4-C656-0DC0-5AE48E35102B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="374754" y="382788"/>
-            <a:ext cx="11308415" cy="5632311"/>
+            <a:off x="447449" y="321787"/>
+            <a:ext cx="11115155" cy="5632311"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="en-US" sz="6000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>1</a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>ĐK: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>.</a:t>
-[...14 lines deleted...]
-              <a:t>Đức Ki-tô Chiên vượt qua là cứu Chúa. Đã hy sinh chịu chết thay tội nhân.Và từ nay Ngài chiến thắng tử thần. Cho đất trời hài hòa chan chứa thiên ân.</a:t>
+              <a:t>Nhân trần ơi vui lên, Chúa đã sống lại thật! Alleluia. Alleluia. Alleluia. Đức Ki-tô đập tan thần chết cùng tội đời. Ngài thông ban nguồn sống mới Alleluia. Alleluia.</a:t>
             </a:r>
             <a:endParaRPr lang="vi-VN" sz="6000" b="1" i="0" dirty="0">
-              <a:solidFill>
-[...1 lines deleted...]
-              </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="549401786"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1323773201"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EA89A7B-627A-D25B-2D48-306CEAB53C12}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2080EA6-48AA-8FE0-4A91-DE15348244CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2"/>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A60AE4B-F2F8-F351-026C-215C40DE2001}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-282756" y="-146443"/>
             <a:ext cx="12575567" cy="7109717"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Rectangle 5"/>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49DD5BF7-54BB-A59C-A39E-5891ACFDE86D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="374754" y="502708"/>
-            <a:ext cx="11308415" cy="2862322"/>
+            <a:off x="374754" y="382788"/>
+            <a:ext cx="11308415" cy="5632311"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="en-US" sz="6000" b="1" smtClean="0">
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ĐK.</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="6000" b="1" smtClean="0">
+              <a:t>2. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:t>Nhân trần ơi vui lên, Chúa đã sống lại thật rồi! Ha-le-lui-a. Ha-le-lui-a. Ha-le-lui-a.</a:t>
+              <a:t>Chúa Ki-tô nên niềm tin của nhân thế. Phá tan đi tội ác trong trần gian. Hò reo lên nào Chư Thánh, nhân trần. Vua khải hoàn ngàn đời vinh thắng Sa tan.</a:t>
             </a:r>
             <a:endParaRPr lang="vi-VN" sz="6000" b="1" i="0" dirty="0">
-              <a:solidFill>
-[...1 lines deleted...]
-              </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="549401786"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1352135939"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C635113E-74B3-7C18-A649-C94A557DCC64}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B089D1A-AFD0-D991-CB1B-0E615C547DD5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2"/>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDE2B21B-64E2-DDC0-DDCF-72BDE426EF7F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-282756" y="-146443"/>
             <a:ext cx="12575567" cy="7109717"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Rectangle 5"/>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86A3B328-5E2F-0A1C-20EE-DFD7FD68C4D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="374754" y="382788"/>
-            <a:ext cx="11308415" cy="3785652"/>
+            <a:off x="447449" y="321787"/>
+            <a:ext cx="11115155" cy="5632311"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Đức Ki-tô đập tan thần chết cùng tội đời. Ngài thông ban nguồn sống mới Ha-le-lui-a. Ha-le-lui-a</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0" smtClean="0">
+              <a:t>ĐK: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>.</a:t>
+              <a:t>Nhân trần ơi vui lên, Chúa đã sống lại thật! Alleluia. Alleluia. Alleluia. Đức Ki-tô đập tan thần chết cùng tội đời. Ngài thông ban nguồn sống mới Alleluia. Alleluia.</a:t>
             </a:r>
             <a:endParaRPr lang="vi-VN" sz="6000" b="1" i="0" dirty="0">
-              <a:solidFill>
-[...1 lines deleted...]
-              </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="549401786"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2518978254"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AC59A82-9D8E-29A7-EC63-3289DFA209B4}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67291DB2-E63C-75DD-4090-619C4318A2E4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2"/>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A20E5F8-AAD5-268F-73EC-CEB8B805F87B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-282756" y="-146443"/>
             <a:ext cx="12575567" cy="7109717"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Rectangle 5"/>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EA0CA98-ACB7-C3B2-DB72-9165A5378C2A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="374754" y="382788"/>
             <a:ext cx="11308415" cy="5632311"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="en-US" sz="6000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>2.</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="6000" b="1" dirty="0" smtClean="0">
+              <a:t>3. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:t>Chúa Ki-tô nên niềm tin của nhân thế. Phá tan đi tội ác trong trần gian.Hò reo lên nào Chư Thánh nhân trần. Vua khải hoàn ngàn đời vinh thắng Sa tan.</a:t>
+              <a:t>Nhớ năm xưa dân vượt qua lòng Biển Đỏ. Chúa dẫn đưa từng bước trong bình an. Ngày hôm nay Ngài giải phóng nhân loại. Qua biển tội dìu về Thiên Quốc vinh quang.</a:t>
             </a:r>
             <a:endParaRPr lang="vi-VN" sz="6000" b="1" i="0" dirty="0">
-              <a:solidFill>
-[...1 lines deleted...]
-              </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="549401786"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="307515037"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87D1C27D-B756-B817-5004-F21C82F73552}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56817B36-6CFD-28C2-C8E3-15CD6CECC7C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2"/>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A424D1A9-D3EE-019E-3DA5-34190A35E70E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-282756" y="-146443"/>
             <a:ext cx="12575567" cy="7109717"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Rectangle 5"/>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0916DC4A-F23B-BC09-1506-489B8BF5EDE0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="374754" y="502708"/>
-            <a:ext cx="11308415" cy="2862322"/>
+            <a:off x="447449" y="321787"/>
+            <a:ext cx="11115155" cy="5632311"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="en-US" sz="6000" b="1" smtClean="0">
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ĐK.</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="6000" b="1" smtClean="0">
+              <a:t>ĐK: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:t>Nhân trần ơi vui lên, Chúa đã sống lại thật rồi! Ha-le-lui-a. Ha-le-lui-a. Ha-le-lui-a.</a:t>
+              <a:t>Nhân trần ơi vui lên, Chúa đã sống lại thật! Alleluia. Alleluia. Alleluia. Đức Ki-tô đập tan thần chết cùng tội đời. Ngài thông ban nguồn sống mới Alleluia. Alleluia.</a:t>
             </a:r>
             <a:endParaRPr lang="vi-VN" sz="6000" b="1" i="0" dirty="0">
-              <a:solidFill>
-[...1 lines deleted...]
-              </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="549401786"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1529793491"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C36CB24D-CC33-FA03-0F4A-07F72D4498A7}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F96F08BB-F0A7-1667-180F-9985A8F1D0F9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2"/>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DC83C82-F3E6-5E0D-91B2-B17B999695C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-282756" y="-146443"/>
             <a:ext cx="12575567" cy="7109717"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Rectangle 5"/>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19126D68-AA7B-A941-5F95-6C5F6AC6D742}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="374754" y="382788"/>
-            <a:ext cx="11308415" cy="3785652"/>
+            <a:ext cx="11308415" cy="5632311"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Đức Ki-tô đập tan thần chết cùng tội đời. Ngài thông ban nguồn sống mới Ha-le-lui-a. Ha-le-lui-a</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0" smtClean="0">
+              <a:t>4. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="6000" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>.</a:t>
+              <a:t>Lắng tai nghe trong trời đêm rộn tinh tú. Cất âm vang ngợi chúc Vua toàn năng. Mừng reo lên nào Hiền Mẫu, Giáo Hội. Mang y phục rực mầu nghênh đón Tân Vương.</a:t>
             </a:r>
             <a:endParaRPr lang="vi-VN" sz="6000" b="1" i="0" dirty="0">
-              <a:solidFill>
-[...1 lines deleted...]
-              </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="549401786"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="865285768"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Savon">
   <a:themeElements>
     <a:clrScheme name="Savon">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1485A4"/>
@@ -6853,98 +6161,102 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:blipFill rotWithShape="1">
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:duotone>
               <a:schemeClr val="phClr">
                 <a:tint val="95000"/>
               </a:schemeClr>
               <a:schemeClr val="phClr">
                 <a:shade val="92000"/>
                 <a:satMod val="115000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:tile tx="0" ty="0" sx="60000" sy="60000" flip="none" algn="tl"/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Savon" id="{1306E473-ED32-493B-A2D0-240A757EDD34}" vid="{C20BADFE-D095-436F-9677-9264042809F0}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Savon" id="{1306E473-ED32-493B-A2D0-240A757EDD34}" vid="{C20BADFE-D095-436F-9677-9264042809F0}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Savon</Template>
   <TotalTime></TotalTime>
-  <Words>371</Words>
+  <Words>366</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Custom</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>15</Slides>
+  <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>11</Paragraphs>
+  <Slides>10</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="16" baseType="lpstr">
+    <vt:vector size="14" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Century Gothic</vt:lpstr>
+      <vt:lpstr>Garamond</vt:lpstr>
       <vt:lpstr>Savon</vt:lpstr>
       <vt:lpstr>NHÂN TRẦN VUI LÊN</vt:lpstr>
-      <vt:lpstr>Slide 2</vt:lpstr>
-[...12 lines deleted...]
-      <vt:lpstr>Slide 15</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>TỪ PHƯƠNG ĐÔNG</dc:title>
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>