--- v0 (2025-10-31)
+++ v1 (2025-11-25)
@@ -19441,67 +19441,67 @@
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="88" name="Shape 88"/>
         <p:cNvGrpSpPr/>