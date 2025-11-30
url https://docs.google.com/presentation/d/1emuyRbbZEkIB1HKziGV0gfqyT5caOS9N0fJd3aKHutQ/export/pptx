--- v0 (2025-10-17)
+++ v1 (2025-11-30)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml" PartName="/ppt/presentation.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>