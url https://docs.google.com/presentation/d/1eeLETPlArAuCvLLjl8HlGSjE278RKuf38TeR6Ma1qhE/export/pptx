--- v0 (2025-11-19)
+++ v1 (2025-11-27)
@@ -312,52 +312,52 @@
           <p15:clr>
             <a:srgbClr val="9AA0A6"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2448">
           <p15:clr>
             <a:srgbClr val="9AA0A6"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="3" orient="horz" pos="3842">
           <p15:clr>
             <a:srgbClr val="747775"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{BB433C6A-5067-48AE-8474-2A53749F9243}">
-  <a:tblStyle styleId="{BB433C6A-5067-48AE-8474-2A53749F9243}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{1BB79EB6-79C5-4502-B3F3-910AC721AF74}">
+  <a:tblStyle styleId="{1BB79EB6-79C5-4502-B3F3-910AC721AF74}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -6720,91 +6720,91 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/solarsystem/stars-planets" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/getting-started?modal=pacing-guide-modal" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/getting-started?modal=anchor-layer-teacher-guides-modal" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/anchor" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/solarsystem/stars-planets" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/getting-started?modal=pacing-guide-modal" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/getting-started?modal=anchor-layer-teacher-guides-modal" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mysteryscience.com/anchor" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/solarsystem/mystery-3/star-brightness-habitable-planets/294" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/solarsystem/mystery-2/gravity/290" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/solarsystem/mystery-3/star-brightness-habitable-planets/294" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/solarsystem/mystery-2/gravity/290" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/solarsystem/mystery-1/solar-system-sun-brightness/908" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/solarsystem/mystery-1/solar-system-sun-brightness/908" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/solarsystem/mystery-3/star-brightness-habitable-planets/294" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/solarsystem/mystery-2/gravity/290" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/solarsystem/mystery-3/star-brightness-habitable-planets/294" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/solarsystem/mystery-2/gravity/290" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/solarsystem/mystery-1/solar-system-sun-brightness/908" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/solarsystem/mystery-1/solar-system-sun-brightness/908" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="EAEADF"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="53" name="Shape 53"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -8058,51 +8058,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="201" name="Google Shape;201;p22"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5576925" y="1280160"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{BB433C6A-5067-48AE-8474-2A53749F9243}</a:tableStyleId>
+                <a:tableStyleId>{1BB79EB6-79C5-4502-B3F3-910AC721AF74}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1738275"/>
               </a:tblGrid>
               <a:tr h="915175">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
@@ -8867,51 +8867,51 @@
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="209" name="Google Shape;209;p23"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5577800" y="1280160"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{BB433C6A-5067-48AE-8474-2A53749F9243}</a:tableStyleId>
+                <a:tableStyleId>{1BB79EB6-79C5-4502-B3F3-910AC721AF74}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1737400"/>
               </a:tblGrid>
               <a:tr h="932300">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
@@ -10683,51 +10683,51 @@
             </a:r>
             <a:endParaRPr sz="800">
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="74" name="Google Shape;74;p14"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="2514600"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{BB433C6A-5067-48AE-8474-2A53749F9243}</a:tableStyleId>
+                <a:tableStyleId>{1BB79EB6-79C5-4502-B3F3-910AC721AF74}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2341250"/>
                 <a:gridCol w="1955700"/>
                 <a:gridCol w="1301475"/>
                 <a:gridCol w="1259575"/>
               </a:tblGrid>
               <a:tr h="183700">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="800">
                           <a:latin typeface="Poppins"/>
@@ -14069,51 +14069,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="109" name="Google Shape;109;p16"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5577800" y="1280185"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{BB433C6A-5067-48AE-8474-2A53749F9243}</a:tableStyleId>
+                <a:tableStyleId>{1BB79EB6-79C5-4502-B3F3-910AC721AF74}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1737400"/>
               </a:tblGrid>
               <a:tr h="915150">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
@@ -16901,51 +16901,51 @@
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="129" name="Google Shape;129;p17"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5576925" y="1280160"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{BB433C6A-5067-48AE-8474-2A53749F9243}</a:tableStyleId>
+                <a:tableStyleId>{1BB79EB6-79C5-4502-B3F3-910AC721AF74}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1738275"/>
               </a:tblGrid>
               <a:tr h="915175">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
@@ -18940,51 +18940,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="147" name="Google Shape;147;p18"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5576925" y="1280160"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{BB433C6A-5067-48AE-8474-2A53749F9243}</a:tableStyleId>
+                <a:tableStyleId>{1BB79EB6-79C5-4502-B3F3-910AC721AF74}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1738275"/>
               </a:tblGrid>
               <a:tr h="915175">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
@@ -20283,51 +20283,51 @@
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="156" name="Google Shape;156;p19"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5576925" y="1280160"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{BB433C6A-5067-48AE-8474-2A53749F9243}</a:tableStyleId>
+                <a:tableStyleId>{1BB79EB6-79C5-4502-B3F3-910AC721AF74}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1738275"/>
               </a:tblGrid>
               <a:tr h="915175">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
@@ -22376,51 +22376,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="174" name="Google Shape;174;p20"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5576925" y="1280160"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{BB433C6A-5067-48AE-8474-2A53749F9243}</a:tableStyleId>
+                <a:tableStyleId>{1BB79EB6-79C5-4502-B3F3-910AC721AF74}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1738275"/>
               </a:tblGrid>
               <a:tr h="915175">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>
@@ -23762,51 +23762,51 @@
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Poppins"/>
               <a:ea typeface="Poppins"/>
               <a:cs typeface="Poppins"/>
               <a:sym typeface="Poppins"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="183" name="Google Shape;183;p21"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5576925" y="1280160"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{BB433C6A-5067-48AE-8474-2A53749F9243}</a:tableStyleId>
+                <a:tableStyleId>{1BB79EB6-79C5-4502-B3F3-910AC721AF74}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1738275"/>
               </a:tblGrid>
               <a:tr h="915175">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="171450" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr b="1" sz="800">
                         <a:latin typeface="Poppins"/>
                         <a:ea typeface="Poppins"/>