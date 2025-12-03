--- v0 (2025-10-04)
+++ v1 (2025-12-03)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide19.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml" PartName="/ppt/tableStyles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout18.xml"/>
@@ -331,52 +332,52 @@
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{4B7D127A-2E42-4160-A7D7-8BA3437544AF}">
-  <a:tblStyle styleId="{4B7D127A-2E42-4160-A7D7-8BA3437544AF}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{68581AB0-5D2B-4F0E-B213-5069BC73699E}">
+  <a:tblStyle styleId="{68581AB0-5D2B-4F0E-B213-5069BC73699E}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle b="off" i="off">
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
@@ -555,55 +556,55 @@
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -19975,51 +19976,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -22703,123 +22704,123 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="110" name="Shape 110"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -23710,51 +23711,51 @@
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="292" name="Google Shape;292;p36"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="381000" y="882650"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1" firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{4B7D127A-2E42-4160-A7D7-8BA3437544AF}</a:tableStyleId>
+                <a:tableStyleId>{68581AB0-5D2B-4F0E-B213-5069BC73699E}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="3657600"/>
                 <a:gridCol w="1371600"/>
                 <a:gridCol w="990600"/>
                 <a:gridCol w="1143000"/>
                 <a:gridCol w="1295400"/>
               </a:tblGrid>
               <a:tr h="377750">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
@@ -27873,51 +27874,51 @@
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="335" name="Google Shape;335;p37"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="304800" y="1219200"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1" firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{4B7D127A-2E42-4160-A7D7-8BA3437544AF}</a:tableStyleId>
+                <a:tableStyleId>{68581AB0-5D2B-4F0E-B213-5069BC73699E}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="3276600"/>
                 <a:gridCol w="1143000"/>
                 <a:gridCol w="1371600"/>
                 <a:gridCol w="1600200"/>
                 <a:gridCol w="1066800"/>
               </a:tblGrid>
               <a:tr h="640150">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800">
@@ -31205,51 +31206,51 @@
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="378" name="Google Shape;378;p40"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="381000" y="2286000"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1" firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{4B7D127A-2E42-4160-A7D7-8BA3437544AF}</a:tableStyleId>
+                <a:tableStyleId>{68581AB0-5D2B-4F0E-B213-5069BC73699E}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="3276600"/>
                 <a:gridCol w="1143000"/>
                 <a:gridCol w="1219200"/>
                 <a:gridCol w="1524000"/>
                 <a:gridCol w="1219200"/>
               </a:tblGrid>
               <a:tr h="700975">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="2000">
@@ -33055,51 +33056,51 @@
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="412" name="Google Shape;412;p43"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="381000" y="1600200"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1" firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{4B7D127A-2E42-4160-A7D7-8BA3437544AF}</a:tableStyleId>
+                <a:tableStyleId>{68581AB0-5D2B-4F0E-B213-5069BC73699E}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="3200400"/>
                 <a:gridCol w="1524000"/>
                 <a:gridCol w="1143000"/>
                 <a:gridCol w="1371600"/>
                 <a:gridCol w="1143000"/>
               </a:tblGrid>
               <a:tr h="593025">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="2200">
@@ -40677,51 +40678,51 @@
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="230" name="Google Shape;230;p33"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="228600" y="838200"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1" firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{4B7D127A-2E42-4160-A7D7-8BA3437544AF}</a:tableStyleId>
+                <a:tableStyleId>{68581AB0-5D2B-4F0E-B213-5069BC73699E}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="4069500"/>
                 <a:gridCol w="1408675"/>
                 <a:gridCol w="1017375"/>
                 <a:gridCol w="1173900"/>
                 <a:gridCol w="1017375"/>
               </a:tblGrid>
               <a:tr h="383800">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
@@ -44789,88 +44790,88 @@
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Default - Title Slide">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <a:themeElements>
-    <a:clrScheme name="">
+    <a:clrScheme name="Default">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="000000"/>
+        <a:srgbClr val="158158"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="808080"/>
+        <a:srgbClr val="F3F3F3"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="BBE0E3"/>
+        <a:srgbClr val="058DC7"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="333399"/>
+        <a:srgbClr val="50B432"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="AAAAFF"/>
+        <a:srgbClr val="ED561B"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="000000"/>
+        <a:srgbClr val="EDEF00"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="DAEDEF"/>
+        <a:srgbClr val="24CBE5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="2D2D8A"/>
+        <a:srgbClr val="64E572"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="009999"/>
+        <a:srgbClr val="2200CC"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="99CC00"/>
+        <a:srgbClr val="551A8B"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
@@ -45347,88 +45348,88 @@
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Default - Title Slide">
   <a:themeElements>
-    <a:clrScheme name="Default">
+    <a:clrScheme name="">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:srgbClr val="0000FF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="158158"/>
+        <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="F3F3F3"/>
+        <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="058DC7"/>
+        <a:srgbClr val="BBE0E3"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="50B432"/>
+        <a:srgbClr val="333399"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="ED561B"/>
+        <a:srgbClr val="AAAAFF"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="EDEF00"/>
+        <a:srgbClr val="000000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="24CBE5"/>
+        <a:srgbClr val="DAEDEF"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="64E572"/>
+        <a:srgbClr val="2D2D8A"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="2200CC"/>
+        <a:srgbClr val="009999"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="551A8B"/>
+        <a:srgbClr val="99CC00"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>