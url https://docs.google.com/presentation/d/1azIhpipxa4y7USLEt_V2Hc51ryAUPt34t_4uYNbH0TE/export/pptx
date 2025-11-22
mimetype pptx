--- v0 (2025-10-30)
+++ v1 (2025-11-22)
@@ -289,52 +289,52 @@
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{44B41914-B973-4FCE-97AF-F1E84B37609F}">
-  <a:tblStyle styleId="{44B41914-B973-4FCE-97AF-F1E84B37609F}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{706E8B61-9C02-4426-B38A-E984C693C432}">
+  <a:tblStyle styleId="{706E8B61-9C02-4426-B38A-E984C693C432}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle b="off" i="off">
         <a:font>
           <a:latin typeface="Century Gothic"/>
           <a:ea typeface="Century Gothic"/>
           <a:cs typeface="Century Gothic"/>
         </a:font>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
@@ -454,51 +454,51 @@
       </a:tcStyle>
     </a:lastRow>
     <a:seCell>
       <a:tcTxStyle/>
     </a:seCell>
     <a:swCell>
       <a:tcTxStyle/>
     </a:swCell>
     <a:firstRow>
       <a:tcTxStyle b="on" i="off"/>
       <a:tcStyle>
         <a:fill>
           <a:solidFill>
             <a:srgbClr val="F0F5E7"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
     </a:nwCell>
   </a:tblStyle>
-  <a:tblStyle styleId="{76693BF8-2E21-441B-A9FF-2A31DC606454}" styleName="Table_1">
+  <a:tblStyle styleId="{3B67B006-AC59-424A-93DE-241CC824606C}" styleName="Table_1">
     <a:wholeTbl>
       <a:tcTxStyle b="off" i="off">
         <a:font>
           <a:latin typeface="Century Gothic"/>
           <a:ea typeface="Century Gothic"/>
           <a:cs typeface="Century Gothic"/>
         </a:font>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
@@ -677,55 +677,55 @@
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -21715,51 +21715,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="9" name="Shape 9"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -24982,51 +24982,51 @@
                 <a:ea typeface="Questrial"/>
                 <a:cs typeface="Questrial"/>
                 <a:sym typeface="Questrial"/>
               </a:rPr>
               <a:t>Assessment Domains</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="163" name="Google Shape;163;p22"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="788988" y="2352675"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1" firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{44B41914-B973-4FCE-97AF-F1E84B37609F}</a:tableStyleId>
+                <a:tableStyleId>{706E8B61-9C02-4426-B38A-E984C693C432}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2057925"/>
                 <a:gridCol w="5878000"/>
               </a:tblGrid>
               <a:tr h="975125">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike"/>
                         <a:t>Instructional Practices</a:t>
                       </a:r>
                       <a:endParaRPr b="1" sz="1800"/>
@@ -25294,51 +25294,51 @@
                 <a:ea typeface="Questrial"/>
                 <a:cs typeface="Questrial"/>
                 <a:sym typeface="Questrial"/>
               </a:rPr>
               <a:t>Effective Teaching Domains</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="170" name="Google Shape;170;p23"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="460375" y="2341563"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1" firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{76693BF8-2E21-441B-A9FF-2A31DC606454}</a:tableStyleId>
+                <a:tableStyleId>{3B67B006-AC59-424A-93DE-241CC824606C}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2035175"/>
                 <a:gridCol w="2035175"/>
                 <a:gridCol w="2035175"/>
                 <a:gridCol w="2035175"/>
               </a:tblGrid>
               <a:tr h="983675">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en-US" sz="2000">
                           <a:latin typeface="Questrial"/>
@@ -26116,51 +26116,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="175" name="Google Shape;175;p24"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="627063" y="646113"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1" firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{76693BF8-2E21-441B-A9FF-2A31DC606454}</a:tableStyleId>
+                <a:tableStyleId>{3B67B006-AC59-424A-93DE-241CC824606C}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2525600"/>
                 <a:gridCol w="5084875"/>
               </a:tblGrid>
               <a:tr h="741400">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800"/>
                         <a:t>Non-Verbal Interactions</a:t>
                       </a:r>
                       <a:endParaRPr sz="1800"/>
@@ -27382,50 +27382,329 @@
             <a:r>
               <a:rPr b="0" i="0" lang="en-US" sz="1665" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Questrial"/>
                 <a:ea typeface="Questrial"/>
                 <a:cs typeface="Questrial"/>
                 <a:sym typeface="Questrial"/>
               </a:rPr>
               <a:t>How should multiple data sources be treated? </a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Perception">
+  <a:themeElements>
+    <a:clrScheme name="Perception">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="333333"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="BBC0AC"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="A2C816"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="E07602"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="E4C402"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="7DC1EF"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="21449B"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="A2B170"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="8DA440"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="4C4F3F"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <a:themeElements>
     <a:clrScheme name="Default">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="158158"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F3F3F3"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="058DC7"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="50B432"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="ED561B"/>
       </a:accent3>
       <a:accent4>
@@ -27659,304 +27938,25 @@
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
-
-[...277 lines deleted...]
-</file>