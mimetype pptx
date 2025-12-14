--- v1 (2025-11-22)
+++ v2 (2025-12-14)
@@ -289,52 +289,52 @@
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{706E8B61-9C02-4426-B38A-E984C693C432}">
-  <a:tblStyle styleId="{706E8B61-9C02-4426-B38A-E984C693C432}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{DA9AA0F1-809A-4D6C-A796-33630623F181}">
+  <a:tblStyle styleId="{DA9AA0F1-809A-4D6C-A796-33630623F181}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle b="off" i="off">
         <a:font>
           <a:latin typeface="Century Gothic"/>
           <a:ea typeface="Century Gothic"/>
           <a:cs typeface="Century Gothic"/>
         </a:font>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
@@ -454,51 +454,51 @@
       </a:tcStyle>
     </a:lastRow>
     <a:seCell>
       <a:tcTxStyle/>
     </a:seCell>
     <a:swCell>
       <a:tcTxStyle/>
     </a:swCell>
     <a:firstRow>
       <a:tcTxStyle b="on" i="off"/>
       <a:tcStyle>
         <a:fill>
           <a:solidFill>
             <a:srgbClr val="F0F5E7"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
     </a:nwCell>
   </a:tblStyle>
-  <a:tblStyle styleId="{3B67B006-AC59-424A-93DE-241CC824606C}" styleName="Table_1">
+  <a:tblStyle styleId="{08487249-0DE5-40C5-8C61-DC34C3A4A7CF}" styleName="Table_1">
     <a:wholeTbl>
       <a:tcTxStyle b="off" i="off">
         <a:font>
           <a:latin typeface="Century Gothic"/>
           <a:ea typeface="Century Gothic"/>
           <a:cs typeface="Century Gothic"/>
         </a:font>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
@@ -24982,51 +24982,51 @@
                 <a:ea typeface="Questrial"/>
                 <a:cs typeface="Questrial"/>
                 <a:sym typeface="Questrial"/>
               </a:rPr>
               <a:t>Assessment Domains</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="163" name="Google Shape;163;p22"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="788988" y="2352675"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1" firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{706E8B61-9C02-4426-B38A-E984C693C432}</a:tableStyleId>
+                <a:tableStyleId>{DA9AA0F1-809A-4D6C-A796-33630623F181}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2057925"/>
                 <a:gridCol w="5878000"/>
               </a:tblGrid>
               <a:tr h="975125">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike"/>
                         <a:t>Instructional Practices</a:t>
                       </a:r>
                       <a:endParaRPr b="1" sz="1800"/>
@@ -25294,51 +25294,51 @@
                 <a:ea typeface="Questrial"/>
                 <a:cs typeface="Questrial"/>
                 <a:sym typeface="Questrial"/>
               </a:rPr>
               <a:t>Effective Teaching Domains</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="170" name="Google Shape;170;p23"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="460375" y="2341563"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1" firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{3B67B006-AC59-424A-93DE-241CC824606C}</a:tableStyleId>
+                <a:tableStyleId>{08487249-0DE5-40C5-8C61-DC34C3A4A7CF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2035175"/>
                 <a:gridCol w="2035175"/>
                 <a:gridCol w="2035175"/>
                 <a:gridCol w="2035175"/>
               </a:tblGrid>
               <a:tr h="983675">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en-US" sz="2000">
                           <a:latin typeface="Questrial"/>
@@ -26116,51 +26116,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="175" name="Google Shape;175;p24"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="627063" y="646113"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1" firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{3B67B006-AC59-424A-93DE-241CC824606C}</a:tableStyleId>
+                <a:tableStyleId>{08487249-0DE5-40C5-8C61-DC34C3A4A7CF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2525600"/>
                 <a:gridCol w="5084875"/>
               </a:tblGrid>
               <a:tr h="741400">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800"/>
                         <a:t>Non-Verbal Interactions</a:t>
                       </a:r>
                       <a:endParaRPr sz="1800"/>