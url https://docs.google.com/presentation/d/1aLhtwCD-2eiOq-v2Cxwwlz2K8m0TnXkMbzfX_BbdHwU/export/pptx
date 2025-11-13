--- v0 (2025-11-10)
+++ v1 (2025-11-13)
@@ -357,55 +357,55 @@
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showComments="0">
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="100" d="100"/>
           <a:sy n="100" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="2160" orient="horz"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -13573,51 +13573,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="tr-TR"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="9" name="Shape 9"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -15456,131 +15456,131 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="90" name="Shape 90"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="91" name="Google Shape;91;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
@@ -28188,51 +28188,51 @@
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office 主题​​">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Summer Time Presentation Template - GoogleSlides.org">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -28467,51 +28467,51 @@
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Summer Time Presentation Template - GoogleSlides.org">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office 主题​​">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>