--- v0 (2025-10-01)
+++ v1 (2025-11-14)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml" PartName="/ppt/tableStyles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml" PartName="/ppt/presentation.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml" PartName="/ppt/viewProps.xml"/>
 </Types>
 </file>
 
@@ -276,52 +277,52 @@
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst>
         <p15:guide id="1" orient="horz" pos="3168">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2448">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{9FAE6DF4-2589-40ED-A4BB-373E7485B9E6}">
-  <a:tblStyle styleId="{9FAE6DF4-2589-40ED-A4BB-373E7485B9E6}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{DD265E61-1D29-4523-BFF4-B343D87907D6}">
+  <a:tblStyle styleId="{DD265E61-1D29-4523-BFF4-B343D87907D6}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -6739,51 +6740,51 @@
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="75" name="Google Shape;75;p13"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3658750" y="1139550"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{9FAE6DF4-2589-40ED-A4BB-373E7485B9E6}</a:tableStyleId>
+                <a:tableStyleId>{DD265E61-1D29-4523-BFF4-B343D87907D6}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="750550"/>
               </a:tblGrid>
               <a:tr h="674275">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="2400">
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>
@@ -8491,51 +8492,51 @@
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="100" name="Google Shape;100;p13"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3658750" y="6218700"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{9FAE6DF4-2589-40ED-A4BB-373E7485B9E6}</a:tableStyleId>
+                <a:tableStyleId>{DD265E61-1D29-4523-BFF4-B343D87907D6}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="750550"/>
               </a:tblGrid>
               <a:tr h="674275">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="2400">
                           <a:latin typeface="Poppins"/>
                           <a:ea typeface="Poppins"/>
                           <a:cs typeface="Poppins"/>
                           <a:sym typeface="Poppins"/>