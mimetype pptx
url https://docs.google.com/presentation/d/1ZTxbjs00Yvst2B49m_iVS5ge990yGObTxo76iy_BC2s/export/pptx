--- v0 (2025-10-09)
+++ v1 (2025-11-06)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml" PartName="/ppt/tableStyles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml" PartName="/ppt/presentation.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml" PartName="/ppt/viewProps.xml"/>
 </Types>
 </file>
 
@@ -286,52 +287,52 @@
           <p15:clr>
             <a:srgbClr val="EAD1DC"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="3" pos="144">
           <p15:clr>
             <a:srgbClr val="EAD1DC"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="4" orient="horz" pos="144">
           <p15:clr>
             <a:srgbClr val="EAD1DC"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{EC3294C4-6045-4B9B-B47B-4A320978D5F6}">
-  <a:tblStyle styleId="{EC3294C4-6045-4B9B-B47B-4A320978D5F6}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{3C6F5609-87BC-4BF2-AF76-5DD737DF4916}">
+  <a:tblStyle styleId="{3C6F5609-87BC-4BF2-AF76-5DD737DF4916}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -5899,51 +5900,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="58" name="Google Shape;58;p13"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="755800" y="2050225"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{EC3294C4-6045-4B9B-B47B-4A320978D5F6}</a:tableStyleId>
+                <a:tableStyleId>{3C6F5609-87BC-4BF2-AF76-5DD737DF4916}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1388825"/>
                 <a:gridCol w="4882625"/>
               </a:tblGrid>
               <a:tr h="87575">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en" sz="1200">