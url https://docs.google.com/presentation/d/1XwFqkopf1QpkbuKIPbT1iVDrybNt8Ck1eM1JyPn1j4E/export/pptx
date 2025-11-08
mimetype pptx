--- v0 (2025-10-17)
+++ v1 (2025-11-08)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide25.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide22.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide26.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide19.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide23.xml"/>
@@ -20486,151 +20487,151 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="87" name="Shape 87"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="88" name="Google Shape;88;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>