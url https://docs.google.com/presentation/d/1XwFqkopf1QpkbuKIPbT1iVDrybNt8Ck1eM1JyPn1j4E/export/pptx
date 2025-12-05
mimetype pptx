--- v1 (2025-11-08)
+++ v2 (2025-12-05)
@@ -20487,151 +20487,151 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="87" name="Shape 87"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="88" name="Google Shape;88;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>