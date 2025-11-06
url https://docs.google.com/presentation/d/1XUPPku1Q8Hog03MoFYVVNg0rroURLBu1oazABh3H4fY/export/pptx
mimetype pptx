--- v0 (2025-10-13)
+++ v1 (2025-11-06)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml" PartName="/ppt/tableStyles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout22.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout19.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
@@ -305,100 +306,100 @@
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst>
         <p15:guide id="1" orient="horz" pos="3168">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2448">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{57BA7647-F231-4F6F-8CC6-4190066BCADA}">
-  <a:tblStyle styleId="{57BA7647-F231-4F6F-8CC6-4190066BCADA}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{DB8CE327-0F13-496C-88F7-CBBFFFD67242}">
+  <a:tblStyle styleId="{DB8CE327-0F13-496C-88F7-CBBFFFD67242}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
     </a:wholeTbl>
     <a:band1H>
       <a:tcTxStyle/>
     </a:band1H>
     <a:band2H>
       <a:tcTxStyle/>
     </a:band2H>
     <a:band1V>
       <a:tcTxStyle/>
     </a:band1V>
     <a:band2V>
       <a:tcTxStyle/>
     </a:band2V>
     <a:lastCol>
       <a:tcTxStyle/>
     </a:lastCol>
     <a:firstCol>
       <a:tcTxStyle/>
     </a:firstCol>
     <a:lastRow>
       <a:tcTxStyle/>
     </a:lastRow>
     <a:seCell>
       <a:tcTxStyle/>
     </a:seCell>
     <a:swCell>
       <a:tcTxStyle/>
     </a:swCell>
     <a:firstRow>
       <a:tcTxStyle/>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
     </a:nwCell>
   </a:tblStyle>
-  <a:tblStyle styleId="{BD744E81-F428-4512-A635-005A531666E7}" styleName="Table_1">
+  <a:tblStyle styleId="{3F09A9A5-64C3-4DDB-A3A5-2711003EA28E}" styleName="Table_1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -496,51 +497,51 @@
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showComments="0">
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="100" d="100"/>
           <a:sy n="100" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="3168" orient="horz"/>
         <p:guide pos="2448"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -1511,135 +1512,135 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1100"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Défis Kreocode" type="title">
   <p:cSld name="TITLE">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="9" name="Shape 9"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Google Shape;10;p2"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
@@ -20827,59 +20828,59 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="fr-CA"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -24761,63 +24762,63 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="307" name="Shape 307"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -26532,51 +26533,51 @@
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Fira Sans"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="340" name="Google Shape;340;p28"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="354291" y="2483350"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{57BA7647-F231-4F6F-8CC6-4190066BCADA}</a:tableStyleId>
+                <a:tableStyleId>{DB8CE327-0F13-496C-88F7-CBBFFFD67242}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2480375"/>
                 <a:gridCol w="970075"/>
                 <a:gridCol w="2480375"/>
                 <a:gridCol w="970075"/>
               </a:tblGrid>
               <a:tr h="401700">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="106999"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="800"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
@@ -29254,51 +29255,51 @@
                 <a:srgbClr val="2A71FF"/>
               </a:solidFill>
               <a:latin typeface="Century Gothic"/>
               <a:ea typeface="Century Gothic"/>
               <a:cs typeface="Century Gothic"/>
               <a:sym typeface="Century Gothic"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="348" name="Google Shape;348;p29"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1033500" y="4746263"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{BD744E81-F428-4512-A635-005A531666E7}</a:tableStyleId>
+                <a:tableStyleId>{3F09A9A5-64C3-4DDB-A3A5-2711003EA28E}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="476250"/>
                 <a:gridCol w="5229150"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fr-CA">
                           <a:latin typeface="Century Gothic"/>
                           <a:ea typeface="Century Gothic"/>
                           <a:cs typeface="Century Gothic"/>
@@ -29966,51 +29967,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="357" name="Google Shape;357;p30"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="923200" y="1203850"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{BD744E81-F428-4512-A635-005A531666E7}</a:tableStyleId>
+                <a:tableStyleId>{3F09A9A5-64C3-4DDB-A3A5-2711003EA28E}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="476250"/>
                 <a:gridCol w="5095875"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fr-CA">
                           <a:latin typeface="Century Gothic"/>
                           <a:ea typeface="Century Gothic"/>
                           <a:cs typeface="Century Gothic"/>
@@ -30533,51 +30534,51 @@
                 <a:srgbClr val="2A71FF"/>
               </a:solidFill>
               <a:latin typeface="Century Gothic"/>
               <a:ea typeface="Century Gothic"/>
               <a:cs typeface="Century Gothic"/>
               <a:sym typeface="Century Gothic"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="359" name="Google Shape;359;p30"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="923200" y="5113400"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{BD744E81-F428-4512-A635-005A531666E7}</a:tableStyleId>
+                <a:tableStyleId>{3F09A9A5-64C3-4DDB-A3A5-2711003EA28E}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="486025"/>
                 <a:gridCol w="5200400"/>
               </a:tblGrid>
               <a:tr h="396200">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fr-CA">
                           <a:latin typeface="Century Gothic"/>
                           <a:ea typeface="Century Gothic"/>
                           <a:cs typeface="Century Gothic"/>