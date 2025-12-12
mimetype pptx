--- v0 (2025-11-06)
+++ v1 (2025-12-12)
@@ -288,52 +288,52 @@
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{B2E2574A-F3E2-4E55-A15C-F28F128EB230}">
-  <a:tblStyle styleId="{B2E2574A-F3E2-4E55-A15C-F28F128EB230}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{AB961392-26AD-4C83-93D9-9FDD3F839AC3}">
+  <a:tblStyle styleId="{AB961392-26AD-4C83-93D9-9FDD3F839AC3}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
     </a:wholeTbl>
     <a:band1H>
       <a:tcTxStyle/>
     </a:band1H>
     <a:band2H>
       <a:tcTxStyle/>
     </a:band2H>
     <a:band1V>
       <a:tcTxStyle/>
     </a:band1V>
     <a:band2V>
       <a:tcTxStyle/>
     </a:band2V>
     <a:lastCol>
       <a:tcTxStyle/>
     </a:lastCol>
@@ -20229,51 +20229,51 @@
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Cabin"/>
               <a:ea typeface="Cabin"/>
               <a:cs typeface="Cabin"/>
               <a:sym typeface="Cabin"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="131" name="Google Shape;131;p16"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1752600" y="2708275"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{B2E2574A-F3E2-4E55-A15C-F28F128EB230}</a:tableStyleId>
+                <a:tableStyleId>{AB961392-26AD-4C83-93D9-9FDD3F839AC3}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1549400"/>
                 <a:gridCol w="1422400"/>
                 <a:gridCol w="1676400"/>
               </a:tblGrid>
               <a:tr h="370675">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800" u="none" cap="none" strike="noStrike"/>
                         <a:t>Evidence</a:t>
                       </a:r>