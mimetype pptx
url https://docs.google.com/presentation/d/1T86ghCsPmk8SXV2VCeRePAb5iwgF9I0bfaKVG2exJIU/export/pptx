--- v0 (2025-11-08)
+++ v1 (2026-02-12)
@@ -5705,59 +5705,59 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="53" name="Shape 53"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="54" name="Google Shape;54;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>