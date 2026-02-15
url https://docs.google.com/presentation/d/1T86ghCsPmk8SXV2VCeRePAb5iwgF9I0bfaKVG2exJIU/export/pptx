--- v1 (2026-02-12)
+++ v2 (2026-02-15)
@@ -5705,59 +5705,59 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="53" name="Shape 53"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="54" name="Google Shape;54;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>