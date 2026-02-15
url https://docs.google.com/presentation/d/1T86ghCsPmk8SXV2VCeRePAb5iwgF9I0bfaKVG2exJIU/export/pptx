--- v2 (2026-02-15)
+++ v3 (2026-02-15)
@@ -265,55 +265,55 @@
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Google Shape;3;n"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
@@ -4440,51 +4440,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5705,55 +5705,55 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="53" name="Shape 53"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
@@ -13223,50 +13223,329 @@
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="3075675" y="9363788"/>
               <a:ext cx="1763323" cy="328500"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
         </p:pic>
       </p:grpSp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Simple Light">
+  <a:themeElements>
+    <a:clrScheme name="Simple Light">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="595959"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEEEEE"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="FFAB40"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="212121"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="78909C"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFAB40"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="0097A7"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="EEFF41"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0097A7"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="0097A7"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <a:themeElements>
     <a:clrScheme name="Default">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="158158"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F3F3F3"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="058DC7"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="50B432"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="ED561B"/>
       </a:accent3>
       <a:accent4>
@@ -13500,304 +13779,25 @@
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
-
-[...277 lines deleted...]
-</file>