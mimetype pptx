--- v3 (2026-02-15)
+++ v4 (2026-02-19)
@@ -5705,59 +5705,59 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="53" name="Shape 53"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="54" name="Google Shape;54;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>