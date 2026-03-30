--- v4 (2026-02-19)
+++ v5 (2026-03-30)
@@ -265,55 +265,55 @@
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Google Shape;3;n"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
@@ -4440,51 +4440,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5705,89 +5705,89 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="53" name="Shape 53"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="54" name="Google Shape;54;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="32394" l="8073" r="11352" t="13417"/>
+          <a:srcRect b="32394" l="8073" r="11353" t="13417"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="2720927">
             <a:off x="5662350" y="7064478"/>
             <a:ext cx="1294005" cy="868419"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="55" name="Google Shape;55;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
@@ -5826,105 +5826,105 @@
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="-230524">
             <a:off x="3571138" y="1670502"/>
             <a:ext cx="1869120" cy="1718070"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="57" name="Google Shape;57;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId6">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="20611" l="29911" r="21013" t="30207"/>
+          <a:srcRect b="20612" l="29911" r="21014" t="30207"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2279250" y="3570450"/>
             <a:ext cx="1197425" cy="1095881"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="58" name="Google Shape;58;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId7">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="21242" l="36795" r="4649" t="25967"/>
+          <a:srcRect b="21243" l="36796" r="4649" t="25967"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="-470904">
             <a:off x="3957138" y="3475170"/>
             <a:ext cx="1305651" cy="1077092"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="59" name="Google Shape;59;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId8">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="6931" l="13854" r="6931" t="13854"/>
+          <a:srcRect b="6931" l="13855" r="6931" t="13855"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5568150" y="3351925"/>
             <a:ext cx="1305650" cy="1194999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="60" name="Google Shape;60;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId9">
             <a:alphaModFix/>
@@ -5963,51 +5963,51 @@
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2204489" y="6896895"/>
             <a:ext cx="1480562" cy="1349150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="62" name="Google Shape;62;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId11">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="0" l="0" r="10249" t="0"/>
+          <a:srcRect b="0" l="0" r="10250" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3862200" y="6440725"/>
             <a:ext cx="1305650" cy="1992776"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="63" name="Google Shape;63;p13"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="754950" y="673400"/>
@@ -7225,51 +7225,51 @@
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en" sz="900"/>
                 <a:t>Why do the stars change with the seasons?</a:t>
               </a:r>
               <a:endParaRPr sz="900"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="88" name="Google Shape;88;p13"/>
             <p:cNvPicPr preferRelativeResize="0"/>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
             <a:blip r:embed="rId13">
               <a:alphaModFix/>
             </a:blip>
-            <a:srcRect b="-34811" l="0" r="-3852" t="-11579"/>
+            <a:srcRect b="-34812" l="0" r="-3853" t="-11580"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="3075675" y="9363788"/>
               <a:ext cx="1763323" cy="328500"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
         </p:pic>
       </p:grpSp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
@@ -11400,325 +11400,325 @@
         </p:grpSp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="203" name="Google Shape;203;p14"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm rot="10800000">
               <a:off x="2733067" y="6831913"/>
               <a:ext cx="2094418" cy="1409815"/>
               <a:chOff x="2700888" y="6953108"/>
               <a:chExt cx="2094418" cy="1409815"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:pic>
             <p:nvPicPr>
               <p:cNvPr id="204" name="Google Shape;204;p14"/>
               <p:cNvPicPr preferRelativeResize="0"/>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill rotWithShape="1">
               <a:blip r:embed="rId3">
                 <a:alphaModFix/>
               </a:blip>
-              <a:srcRect b="16588" l="24073" r="54343" t="57443"/>
+              <a:srcRect b="16588" l="24074" r="54344" t="57444"/>
               <a:stretch/>
             </p:blipFill>
             <p:spPr>
               <a:xfrm rot="10800000">
                 <a:off x="3937144" y="7063450"/>
                 <a:ext cx="655501" cy="445800"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
           </p:pic>
           <p:pic>
             <p:nvPicPr>
               <p:cNvPr id="205" name="Google Shape;205;p14"/>
               <p:cNvPicPr preferRelativeResize="0"/>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill rotWithShape="1">
               <a:blip r:embed="rId3">
                 <a:alphaModFix/>
               </a:blip>
-              <a:srcRect b="0" l="48674" r="18390" t="40026"/>
+              <a:srcRect b="0" l="48674" r="18391" t="40026"/>
               <a:stretch/>
             </p:blipFill>
             <p:spPr>
               <a:xfrm rot="10577990">
                 <a:off x="2733068" y="6984312"/>
                 <a:ext cx="1000274" cy="1029600"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
           </p:pic>
           <p:pic>
             <p:nvPicPr>
               <p:cNvPr id="206" name="Google Shape;206;p14"/>
               <p:cNvPicPr preferRelativeResize="0"/>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill rotWithShape="1">
               <a:blip r:embed="rId3">
                 <a:alphaModFix/>
               </a:blip>
-              <a:srcRect b="67171" l="21646" r="63675" t="0"/>
+              <a:srcRect b="67171" l="21646" r="63676" t="0"/>
               <a:stretch/>
             </p:blipFill>
             <p:spPr>
               <a:xfrm rot="10653450">
                 <a:off x="4337700" y="7790081"/>
                 <a:ext cx="445799" cy="563599"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
           </p:pic>
         </p:grpSp>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="207" name="Google Shape;207;p14"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="2865225" y="1624879"/>
               <a:ext cx="2095847" cy="1514708"/>
               <a:chOff x="2865225" y="1624879"/>
               <a:chExt cx="2095847" cy="1514708"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:pic>
             <p:nvPicPr>
               <p:cNvPr id="208" name="Google Shape;208;p14"/>
               <p:cNvPicPr preferRelativeResize="0"/>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill rotWithShape="1">
               <a:blip r:embed="rId4">
                 <a:alphaModFix/>
               </a:blip>
-              <a:srcRect b="0" l="13023" r="64533" t="77974"/>
+              <a:srcRect b="0" l="13023" r="64534" t="77975"/>
               <a:stretch/>
             </p:blipFill>
             <p:spPr>
               <a:xfrm rot="-10743007">
                 <a:off x="4263423" y="1630610"/>
                 <a:ext cx="694500" cy="385799"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
           </p:pic>
           <p:pic>
             <p:nvPicPr>
               <p:cNvPr id="209" name="Google Shape;209;p14"/>
               <p:cNvPicPr preferRelativeResize="0"/>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill rotWithShape="1">
               <a:blip r:embed="rId4">
                 <a:alphaModFix/>
               </a:blip>
-              <a:srcRect b="19305" l="33673" r="29224" t="2819"/>
+              <a:srcRect b="19305" l="33673" r="29225" t="2819"/>
               <a:stretch/>
             </p:blipFill>
             <p:spPr>
               <a:xfrm rot="10800000">
                 <a:off x="2865225" y="1775513"/>
                 <a:ext cx="1148149" cy="1364074"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
           </p:pic>
         </p:grpSp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="210" name="Google Shape;210;p14"/>
             <p:cNvPicPr preferRelativeResize="0"/>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
             <a:blip r:embed="rId5">
               <a:alphaModFix/>
             </a:blip>
-            <a:srcRect b="4651" l="19666" r="34233" t="47887"/>
+            <a:srcRect b="4651" l="19666" r="34234" t="47888"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm rot="-5378016">
               <a:off x="5881179" y="4704525"/>
               <a:ext cx="1417050" cy="842375"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="211" name="Google Shape;211;p14"/>
             <p:cNvPicPr preferRelativeResize="0"/>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
             <a:blip r:embed="rId6">
               <a:alphaModFix/>
             </a:blip>
-            <a:srcRect b="36250" l="31948" r="32509" t="35831"/>
+            <a:srcRect b="36251" l="31948" r="32510" t="35832"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="2482527" y="3595277"/>
               <a:ext cx="2763649" cy="2811847"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
         </p:pic>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="212" name="Google Shape;212;p14"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="513100" y="3657134"/>
               <a:ext cx="1532923" cy="2736457"/>
               <a:chOff x="603237" y="3669664"/>
               <a:chExt cx="1442751" cy="2736457"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:pic>
             <p:nvPicPr>
               <p:cNvPr id="213" name="Google Shape;213;p14"/>
               <p:cNvPicPr preferRelativeResize="0"/>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill rotWithShape="1">
               <a:blip r:embed="rId7">
                 <a:alphaModFix/>
               </a:blip>
-              <a:srcRect b="2750" l="1235" r="76628" t="52301"/>
+              <a:srcRect b="2751" l="1235" r="76629" t="52301"/>
               <a:stretch/>
             </p:blipFill>
             <p:spPr>
               <a:xfrm rot="7374347">
                 <a:off x="935862" y="3769037"/>
                 <a:ext cx="675900" cy="807275"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
           </p:pic>
           <p:pic>
             <p:nvPicPr>
               <p:cNvPr id="214" name="Google Shape;214;p14"/>
               <p:cNvPicPr preferRelativeResize="0"/>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill rotWithShape="1">
               <a:blip r:embed="rId7">
                 <a:alphaModFix/>
               </a:blip>
-              <a:srcRect b="8475" l="64962" r="1181" t="30414"/>
+              <a:srcRect b="8476" l="64963" r="1182" t="30414"/>
               <a:stretch/>
             </p:blipFill>
             <p:spPr>
               <a:xfrm rot="6984339">
                 <a:off x="807738" y="5150363"/>
                 <a:ext cx="1033750" cy="1097525"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
           </p:pic>
         </p:grpSp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="215" name="Google Shape;215;p14"/>
             <p:cNvPicPr preferRelativeResize="0"/>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
             <a:blip r:embed="rId5">
               <a:alphaModFix/>
             </a:blip>
-            <a:srcRect b="40654" l="62574" r="15250" t="20407"/>
+            <a:srcRect b="40655" l="62575" r="15250" t="20407"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm rot="-5392877">
               <a:off x="5495655" y="3848818"/>
               <a:ext cx="681643" cy="691089"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
         </p:pic>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="216" name="Google Shape;216;p14"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="2562300" y="8791563"/>
@@ -11757,51 +11757,51 @@
                     <a:spcPts val="0"/>
                   </a:spcBef>
                   <a:spcAft>
                     <a:spcPts val="0"/>
                   </a:spcAft>
                   <a:buNone/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="en" sz="900"/>
                   <a:t>Why do the stars change with the seasons?</a:t>
                 </a:r>
                 <a:endParaRPr sz="900"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:pic>
             <p:nvPicPr>
               <p:cNvPr id="218" name="Google Shape;218;p14"/>
               <p:cNvPicPr preferRelativeResize="0"/>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill rotWithShape="1">
               <a:blip r:embed="rId8">
                 <a:alphaModFix/>
               </a:blip>
-              <a:srcRect b="-34811" l="0" r="-3852" t="-11579"/>
+              <a:srcRect b="-34812" l="0" r="-3853" t="-11580"/>
               <a:stretch/>
             </p:blipFill>
             <p:spPr>
               <a:xfrm>
                 <a:off x="3075675" y="9363788"/>
                 <a:ext cx="1763323" cy="328500"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
           </p:pic>
         </p:grpSp>
       </p:grpSp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
@@ -13196,77 +13196,356 @@
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en" sz="900"/>
                 <a:t>Why do the stars change with the seasons?</a:t>
               </a:r>
               <a:endParaRPr sz="900"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="263" name="Google Shape;263;p15"/>
             <p:cNvPicPr preferRelativeResize="0"/>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
             <a:blip r:embed="rId4">
               <a:alphaModFix/>
             </a:blip>
-            <a:srcRect b="-34811" l="0" r="-3852" t="-11579"/>
+            <a:srcRect b="-34812" l="0" r="-3853" t="-11580"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="3075675" y="9363788"/>
               <a:ext cx="1763323" cy="328500"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
         </p:pic>
       </p:grpSp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <a:themeElements>
+    <a:clrScheme name="Default">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="158158"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="F3F3F3"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="058DC7"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="50B432"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="ED561B"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="EDEF00"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="24CBE5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="64E572"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="2200CC"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="551A8B"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Simple Light">
   <a:themeElements>
     <a:clrScheme name="Simple Light">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="595959"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEEEEE"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FFAB40"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="212121"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="78909C"/>
       </a:accent3>
       <a:accent4>
@@ -13500,304 +13779,25 @@
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
-
-[...277 lines deleted...]
-</file>