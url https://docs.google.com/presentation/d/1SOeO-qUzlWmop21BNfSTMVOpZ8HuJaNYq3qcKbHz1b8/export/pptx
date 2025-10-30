--- v0 (2025-10-28)
+++ v1 (2025-10-30)
@@ -3069,51 +3069,51 @@
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://slidesmania.com/questions-powerpoint-google-slides/can-i-use-these-templates/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/SlidesManiaSM/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/slidesmania/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/SlidesManiaSM/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pinterest.com/slidesmania/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://slidesmania.com/questions-powerpoint-google-slides/can-i-use-these-templates/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/SlidesManiaSM/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/slidesmania/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/SlidesManiaSM/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pinterest.com/slidesmania/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title slide" type="title">
   <p:cSld name="TITLE">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="50" name="Shape 50"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="51" name="Google Shape;51;p2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -9740,51 +9740,51 @@
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="125075" y="493725"/>
             <a:ext cx="8239800" cy="2071125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>