--- v1 (2025-10-30)
+++ v2 (2025-11-29)
@@ -3069,51 +3069,51 @@
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://slidesmania.com/questions-powerpoint-google-slides/can-i-use-these-templates/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/SlidesManiaSM/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/slidesmania/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/SlidesManiaSM/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pinterest.com/slidesmania/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://slidesmania.com/questions-powerpoint-google-slides/can-i-use-these-templates/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/SlidesManiaSM/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/slidesmania/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/SlidesManiaSM/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pinterest.com/slidesmania/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title slide" type="title">
   <p:cSld name="TITLE">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="50" name="Shape 50"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="51" name="Google Shape;51;p2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>