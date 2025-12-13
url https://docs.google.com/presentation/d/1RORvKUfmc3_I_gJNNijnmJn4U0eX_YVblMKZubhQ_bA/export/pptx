--- v0 (2025-11-12)
+++ v1 (2025-12-13)
@@ -333,52 +333,52 @@
           <p15:clr>
             <a:srgbClr val="9AA0A6"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="8" orient="horz" pos="1214">
           <p15:clr>
             <a:srgbClr val="9AA0A6"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="9" orient="horz" pos="4347">
           <p15:clr>
             <a:srgbClr val="9AA0A6"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{CA1B5367-46E6-47C7-82A6-8142A3BD462B}">
-  <a:tblStyle styleId="{CA1B5367-46E6-47C7-82A6-8142A3BD462B}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{FDF6A0D5-6415-4A7A-84D2-6EF752461DF7}">
+  <a:tblStyle styleId="{FDF6A0D5-6415-4A7A-84D2-6EF752461DF7}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
@@ -6456,79 +6456,79 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide5.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide5.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/body/human-body-senses-the-brain" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/body/human-body-senses-the-brain" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rocks/rock-cycle-earth-s-processes" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rocks/rock-cycle-earth-s-processes" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rocks/rock-cycle-earth-s-processes" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/rocks/rock-cycle-earth-s-processes" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/waves/sound-waves-communication" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/waves/mystery-2/sound-vibrations/51?r=2199211#slide-id-1864" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/waves/mystery-2/sound-vibrations/51?r=2199211#slide-id-1864" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/waves/mystery-3/sound-waves-wavelength/52?r=2199211#slide-id-1905" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/waves/mystery-3/sound-waves-wavelength/52?r=2199211#slide-id-1905" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/waves/sound-waves-communication" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/waves/mystery-2/sound-vibrations/51?r=2199211#slide-id-1864" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/waves/mystery-2/sound-vibrations/51?r=2199211#slide-id-1864" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/waves/mystery-3/sound-waves-wavelength/52?r=2199211#slide-id-1905" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/waves/mystery-3/sound-waves-wavelength/52?r=2199211#slide-id-1905" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/energy/energy-motion-electricity" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.wistia.com/medias/qto20e58xj" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.wistia.com/medias/8yyx2jfrzc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.wistia.com/medias/qto20e58xj" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.wistia.com/medias/s9bgl35rso" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.wistia.com/medias/s9bgl35rso" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.wistia.com/medias/s9bgl35rso" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.wistia.com/medias/8yyx2jfrzc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/energy/energy-motion-electricity" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.wistia.com/medias/qto20e58xj" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.wistia.com/medias/8yyx2jfrzc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.wistia.com/medias/qto20e58xj" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.wistia.com/medias/s9bgl35rso" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.wistia.com/medias/s9bgl35rso" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.wistia.com/medias/s9bgl35rso" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.wistia.com/medias/8yyx2jfrzc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/energy/energy-motion-electricity" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/energy/mystery-5/energy-transfer-engineering/36?r=2199211#slide-id-2638" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/energy/mystery-5/energy-transfer-engineering/36?r=2199211#slide-id-2639" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/energy/mystery-5/energy-transfer-engineering/36?r=2199211#slide-id-2638" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/energy/mystery-5/energy-transfer-engineering/36?r=2199211#slide-id-2639" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/energy/energy-motion-electricity" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/energy/mystery-5/energy-transfer-engineering/36?r=2199211#slide-id-2638" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/energy/mystery-5/energy-transfer-engineering/36?r=2199211#slide-id-2639" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/energy/mystery-5/energy-transfer-engineering/36?r=2199211#slide-id-2638" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/energy/mystery-5/energy-transfer-engineering/36?r=2199211#slide-id-2639" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/114" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/printouts" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/printouts" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/docs/114" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/printouts" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/printouts" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/packs" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mysteryscience.com/packs" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="53" name="Shape 53"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -8328,51 +8328,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="84" name="Google Shape;84;p14"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="813825" y="1234440"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{CA1B5367-46E6-47C7-82A6-8142A3BD462B}</a:tableStyleId>
+                <a:tableStyleId>{FDF6A0D5-6415-4A7A-84D2-6EF752461DF7}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1846675"/>
                 <a:gridCol w="3291950"/>
                 <a:gridCol w="3291950"/>
               </a:tblGrid>
               <a:tr h="357775">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1000">
                           <a:latin typeface="Poppins Medium"/>
                           <a:ea typeface="Poppins Medium"/>
@@ -11251,51 +11251,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="106" name="Google Shape;106;p15"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="813825" y="1234440"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{CA1B5367-46E6-47C7-82A6-8142A3BD462B}</a:tableStyleId>
+                <a:tableStyleId>{FDF6A0D5-6415-4A7A-84D2-6EF752461DF7}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1846675"/>
                 <a:gridCol w="3291950"/>
                 <a:gridCol w="3291950"/>
               </a:tblGrid>
               <a:tr h="357775">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1000">
                           <a:latin typeface="Poppins Medium"/>
                           <a:ea typeface="Poppins Medium"/>
@@ -14302,51 +14302,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="128" name="Google Shape;128;p16"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="813825" y="1234440"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{CA1B5367-46E6-47C7-82A6-8142A3BD462B}</a:tableStyleId>
+                <a:tableStyleId>{FDF6A0D5-6415-4A7A-84D2-6EF752461DF7}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1846675"/>
                 <a:gridCol w="3291950"/>
                 <a:gridCol w="3291950"/>
               </a:tblGrid>
               <a:tr h="357775">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1000">
                           <a:latin typeface="Poppins Medium"/>
                           <a:ea typeface="Poppins Medium"/>
@@ -16750,51 +16750,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="146" name="Google Shape;146;p17"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="813825" y="1234440"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{CA1B5367-46E6-47C7-82A6-8142A3BD462B}</a:tableStyleId>
+                <a:tableStyleId>{FDF6A0D5-6415-4A7A-84D2-6EF752461DF7}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1846675"/>
                 <a:gridCol w="3291950"/>
                 <a:gridCol w="3291950"/>
               </a:tblGrid>
               <a:tr h="357775">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1000">
                           <a:latin typeface="Poppins Medium"/>
                           <a:ea typeface="Poppins Medium"/>
@@ -20038,51 +20038,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="168" name="Google Shape;168;p18"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="813825" y="1234440"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{CA1B5367-46E6-47C7-82A6-8142A3BD462B}</a:tableStyleId>
+                <a:tableStyleId>{FDF6A0D5-6415-4A7A-84D2-6EF752461DF7}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1846675"/>
                 <a:gridCol w="3291950"/>
                 <a:gridCol w="3291950"/>
               </a:tblGrid>
               <a:tr h="357775">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en" sz="1000">
                           <a:latin typeface="Poppins Medium"/>
                           <a:ea typeface="Poppins Medium"/>