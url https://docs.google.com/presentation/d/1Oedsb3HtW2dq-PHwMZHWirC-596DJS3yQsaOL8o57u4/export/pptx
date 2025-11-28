--- v0 (2025-10-17)
+++ v1 (2025-11-28)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml" PartName="/ppt/tableStyles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml" PartName="/ppt/presentation.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml" PartName="/ppt/viewProps.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
@@ -275,52 +276,52 @@
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst>
         <p15:guide id="1" orient="horz" pos="3168">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2448">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{DD7B2548-1BF6-4774-A90A-669831D1E4FE}">
-  <a:tblStyle styleId="{DD7B2548-1BF6-4774-A90A-669831D1E4FE}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{D3D52EE1-B9F3-4A23-ABCA-685ED8E43F89}">
+  <a:tblStyle styleId="{D3D52EE1-B9F3-4A23-ABCA-685ED8E43F89}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -1067,75 +1068,75 @@
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Défis Kreocode" type="title">
   <p:cSld name="TITLE">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="9" name="Shape 9"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Google Shape;10;p2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -6627,51 +6628,51 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="78" name="Shape 78"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -6858,51 +6859,51 @@
                 <a:srgbClr val="2A71FF"/>
               </a:solidFill>
               <a:latin typeface="Century Gothic"/>
               <a:ea typeface="Century Gothic"/>
               <a:cs typeface="Century Gothic"/>
               <a:sym typeface="Century Gothic"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="81" name="Google Shape;81;p9"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1090650" y="4573625"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{DD7B2548-1BF6-4774-A90A-669831D1E4FE}</a:tableStyleId>
+                <a:tableStyleId>{D3D52EE1-B9F3-4A23-ABCA-685ED8E43F89}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="476250"/>
                 <a:gridCol w="5229150"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fr-CA">
                           <a:latin typeface="Century Gothic"/>
                           <a:ea typeface="Century Gothic"/>
                           <a:cs typeface="Century Gothic"/>
@@ -7239,51 +7240,51 @@
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Century Gothic"/>
               <a:ea typeface="Century Gothic"/>
               <a:cs typeface="Century Gothic"/>
               <a:sym typeface="Century Gothic"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="83" name="Google Shape;83;p9"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1147800" y="7205647"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{DD7B2548-1BF6-4774-A90A-669831D1E4FE}</a:tableStyleId>
+                <a:tableStyleId>{D3D52EE1-B9F3-4A23-ABCA-685ED8E43F89}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="476250"/>
                 <a:gridCol w="5229225"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fr-CA">
                           <a:latin typeface="Century Gothic"/>
                           <a:ea typeface="Century Gothic"/>
                           <a:cs typeface="Century Gothic"/>
@@ -7824,51 +7825,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="93" name="Google Shape;93;p10"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="923200" y="1727250"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{DD7B2548-1BF6-4774-A90A-669831D1E4FE}</a:tableStyleId>
+                <a:tableStyleId>{D3D52EE1-B9F3-4A23-ABCA-685ED8E43F89}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="590550"/>
                 <a:gridCol w="4981575"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fr-CA">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>