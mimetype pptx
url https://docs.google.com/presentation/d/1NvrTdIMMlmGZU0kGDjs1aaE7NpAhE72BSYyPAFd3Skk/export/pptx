--- v0 (2025-10-31)
+++ v1 (2025-11-27)
@@ -273,51 +273,51 @@
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -7674,55 +7674,55 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>