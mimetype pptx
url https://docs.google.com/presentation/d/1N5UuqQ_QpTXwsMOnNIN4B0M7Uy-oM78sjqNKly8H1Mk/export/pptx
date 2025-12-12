--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout29.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout33.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout25.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
@@ -360,51 +361,51 @@
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showComments="0">
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="100" d="100"/>
           <a:sy n="100" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="1620" orient="horz"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -12429,59 +12430,59 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-GB"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -16445,99 +16446,99 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="151" name="Shape 151"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="152" name="Google Shape;152;p37"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>