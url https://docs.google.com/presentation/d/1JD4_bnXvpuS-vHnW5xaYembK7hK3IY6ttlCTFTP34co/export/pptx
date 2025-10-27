--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml" PartName="/ppt/presentation.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml" PartName="/ppt/viewProps.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" autoCompressPictures="0" strictFirstAndLastChars="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483649" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId5"/>