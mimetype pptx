--- v0 (2025-11-07)
+++ v1 (2025-12-15)
@@ -4762,59 +4762,59 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="tr-TR"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Slide 3" type="blank">
   <p:cSld name="BLANK">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="15" name="Shape 15"/>
         <p:cNvGrpSpPr/>
@@ -8306,123 +8306,123 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="39" name="Shape 39"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:grpSp>
         <p:nvGrpSpPr>