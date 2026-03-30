--- v0 (2026-02-12)
+++ v1 (2026-03-30)
@@ -1,74 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483678" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="288" r:id="rId3"/>
-    <p:sldId id="270" r:id="rId4"/>
-[...1 lines deleted...]
-    <p:sldId id="283" r:id="rId6"/>
+    <p:sldId id="292" r:id="rId4"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -161,73 +157,73 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="74" d="100"/>
-          <a:sy n="74" d="100"/>
+          <a:sx n="121" d="100"/>
+          <a:sy n="121" d="100"/>
         </p:scale>
-        <p:origin x="576" y="96"/>
+        <p:origin x="523" y="24"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -300,147 +296,175 @@
               </a:duotone>
             </a:blip>
             <a:srcRect/>
             <a:tile tx="-44450" ty="38100" sx="85000" sy="85000" flip="none" algn="tl"/>
           </a:blipFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Rectangle 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1307870" y="1267730"/>
             <a:ext cx="9576262" cy="4307950"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
             <a:noFill/>
             <a:prstDash val="solid"/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="50800" algn="ctr" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="66000"/>
               </a:prstClr>
             </a:outerShdw>
             <a:softEdge rad="0"/>
           </a:effectLst>
         </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Rectangle 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1447801" y="1411615"/>
             <a:ext cx="9296400" cy="4034770"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="6350" cap="sq" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="75000"/>
                 <a:lumOff val="25000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Rectangle 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5135880" y="1267730"/>
             <a:ext cx="1920240" cy="731520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="4" name="Group 3"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="5250180" y="1267730"/>
             <a:ext cx="1691640" cy="645295"/>
             <a:chOff x="5318306" y="1386268"/>
             <a:chExt cx="1567331" cy="645295"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="17" name="Straight Connector 16"/>
             <p:cNvCxnSpPr/>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5318306" y="1386268"/>
               <a:ext cx="0" cy="640080"/>
@@ -580,51 +604,51 @@
         <p:txBody>
           <a:bodyPr tIns="45720" bIns="45720" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="83000"/>
               </a:lnSpc>
               <a:defRPr lang="en-US" sz="7200" b="0" kern="1200" cap="all" spc="-100" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1562100" y="4682062"/>
             <a:ext cx="9070848" cy="457201"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
@@ -654,89 +678,89 @@
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Date Placeholder 19"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5318760" y="1341255"/>
             <a:ext cx="1554480" cy="527213"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="1300" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1C117F1E-1D99-4417-802F-A385372B50DD}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>31/03/2025</a:t>
+              <a:t>3/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Footer Placeholder 20"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1453896" y="5211060"/>
             <a:ext cx="5905500" cy="228600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
@@ -818,127 +842,127 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C117F1E-1D99-4417-802F-A385372B50DD}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>31/03/2025</a:t>
+              <a:t>3/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -993,132 +1017,132 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8991600" y="762000"/>
             <a:ext cx="2362200" cy="5257800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="762000"/>
             <a:ext cx="8077200" cy="5257800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C117F1E-1D99-4417-802F-A385372B50DD}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>31/03/2025</a:t>
+              <a:t>3/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1168,127 +1192,127 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C117F1E-1D99-4417-802F-A385372B50DD}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>31/03/2025</a:t>
+              <a:t>3/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1655,51 +1679,51 @@
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="83000"/>
               </a:lnSpc>
               <a:defRPr lang="en-US" sz="7200" kern="1200" cap="all" spc="-100" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="85000"/>
                     <a:lumOff val="15000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1563624" y="4682062"/>
             <a:ext cx="9070848" cy="457200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
@@ -1776,90 +1800,90 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5321808" y="1344502"/>
             <a:ext cx="1554480" cy="530352"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr lang="en-US" sz="1300" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1C117F1E-1D99-4417-802F-A385372B50DD}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>31/03/2025</a:t>
+              <a:t>3/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1453553" y="5211060"/>
             <a:ext cx="5907024" cy="228600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
@@ -1923,51 +1947,51 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Title 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1066800" y="2103120"/>
             <a:ext cx="4754880" cy="3749040"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -1980,79 +2004,79 @@
             <a:lvl3pPr>
               <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1400"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1400"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1400"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1400"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1400"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6370320" y="2103120"/>
             <a:ext cx="4754880" cy="3749040"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -2065,103 +2089,103 @@
             <a:lvl3pPr>
               <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1400"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1400"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1400"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1400"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1400"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C117F1E-1D99-4417-802F-A385372B50DD}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>31/03/2025</a:t>
+              <a:t>3/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2211,51 +2235,51 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1069848" y="2074334"/>
             <a:ext cx="4754880" cy="640080"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
@@ -2287,51 +2311,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1069848" y="2755898"/>
             <a:ext cx="4754880" cy="3200400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -2343,79 +2367,79 @@
             <a:lvl3pPr>
               <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1400"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1400"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1400"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1400"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1400"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6373368" y="2074334"/>
             <a:ext cx="4754880" cy="640080"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:normAutofit/>
@@ -2446,51 +2470,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6373368" y="2756581"/>
             <a:ext cx="4754880" cy="3200400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -2502,103 +2526,103 @@
             <a:lvl3pPr>
               <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1400"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1400"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1400"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1400"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1400"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C117F1E-1D99-4417-802F-A385372B50DD}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>31/03/2025</a:t>
+              <a:t>3/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2648,75 +2672,75 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C117F1E-1D99-4417-802F-A385372B50DD}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>31/03/2025</a:t>
+              <a:t>3/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2767,51 +2791,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C117F1E-1D99-4417-802F-A385372B50DD}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>31/03/2025</a:t>
+              <a:t>3/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2963,51 +2987,51 @@
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr lang="en-US" sz="2800" b="0" kern="1200" cap="none" spc="0" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="609600"/>
             <a:ext cx="7772400" cy="5334000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -3020,79 +3044,79 @@
             <a:lvl3pPr>
               <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1400"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1400"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1400"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1400"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1400"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9296400" y="2286000"/>
             <a:ext cx="2430780" cy="3505200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
@@ -3126,74 +3150,74 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Date Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1C117F1E-1D99-4417-802F-A385372B50DD}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>31/03/2025</a:t>
+              <a:t>3/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Footer Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="en-US"/>
@@ -3353,51 +3377,51 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9296400" y="603504"/>
             <a:ext cx="2432304" cy="1645920"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2800" b="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="228599" y="237744"/>
             <a:ext cx="8531352" cy="6382512"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:lumMod val="60000"/>
               <a:lumOff val="40000"/>
@@ -3427,51 +3451,51 @@
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click icon to add picture</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9296400" y="2286000"/>
             <a:ext cx="2432304" cy="3502152"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
@@ -3505,89 +3529,89 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="12700" dist="6350" dir="2700000" algn="tl" rotWithShape="0">
                     <a:prstClr val="black">
                       <a:alpha val="40000"/>
                     </a:prstClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1C117F1E-1D99-4417-802F-A385372B50DD}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>31/03/2025</a:t>
+              <a:t>3/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr lang="en-US" sz="1000" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst>
@@ -3728,183 +3752,190 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="234696" y="237744"/>
             <a:ext cx="11722608" cy="6382512"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg2"/>
           </a:solidFill>
           <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
             <a:noFill/>
             <a:prstDash val="solid"/>
           </a:ln>
           <a:effectLst>
             <a:softEdge rad="0"/>
           </a:effectLst>
         </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1066800" y="642594"/>
             <a:ext cx="10058400" cy="1371600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1066800" y="2103120"/>
             <a:ext cx="10058400" cy="3931920"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="274320" y="6307672"/>
             <a:ext cx="2743200" cy="274320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1C117F1E-1D99-4417-802F-A385372B50DD}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>31/03/2025</a:t>
+              <a:t>3/18/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3489960" y="6307672"/>
             <a:ext cx="5212080" cy="274320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -4320,1021 +4351,504 @@
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dieuca.net/2018/02/haytrove-mt.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
-[...6 lines deleted...]
-<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="5400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="5400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>NỮ VƯƠNG THIÊN ĐÀNG</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="5400" b="1" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="441096776"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-205483" y="-133564"/>
             <a:ext cx="12575567" cy="7109717"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="425027" y="642593"/>
+            <a:off x="513020" y="412778"/>
             <a:ext cx="11165959" cy="5170646"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="vi-VN" sz="6600" b="1" dirty="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="vi-VN" sz="6600" dirty="0"/>
+              <a:rPr lang="vi-VN" sz="5500" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Lạy Nữ Vương thiêng đàng hãy vui mừng. Alleluia. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="5500" b="1" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="5500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Vì Đức Mẹ đã đáng cưu mang trong lòng. Alleluia.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="5500" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="vi-VN" sz="6600" b="1" dirty="0">
+            <a:r>
+              <a:rPr lang="vi-VN" sz="5500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="5500" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="333333"/>
+                <a:srgbClr val="C00000"/>
               </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="5500" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ngư</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="5500" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ờ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="5500" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i đã sống lại thật như lời đã phán hứa. Alleluia. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="5500" b="1" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="695008791"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C032BE4-7F4C-B5FA-3D90-FC53FA69900F}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F56B9C97-91BD-C536-55C9-E6E81750D8CC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2"/>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1894925E-93BA-70F2-9B19-E724209B656C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-205483" y="-133564"/>
             <a:ext cx="12575567" cy="7109717"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Rectangle 3"/>
+          <p:cNvPr id="4" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A706B77-5D43-783F-5341-07632874780F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="425027" y="522011"/>
-            <a:ext cx="11314545" cy="1754326"/>
+            <a:off x="513020" y="412778"/>
+            <a:ext cx="11165959" cy="6017032"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="en-US" sz="7200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="vi-VN" sz="5500" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Xin cầu cùng Chúa cho chúng </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="5500" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>con</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="5500" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. Alleluia. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="5500" b="1" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="5500" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="FF0000"/>
+                  <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>1</a:t>
-[...6 lines deleted...]
-                <a:effectLst/>
+              <a:t>Lạy Thánh Nữ đồng trinh Ma-ri-a hãy hỉ hoan vui mừng. Alleluia. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="5500" b="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>. </a:t>
-[...14 lines deleted...]
-              </a:solidFill>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="5500" b="1" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...50 lines deleted...]
-          <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="vi-VN" sz="7200" b="1" dirty="0" smtClean="0">
-[...3 lines deleted...]
-                <a:effectLst/>
+              <a:rPr lang="vi-VN" sz="5500" b="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...35 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Vì Chúa đã sống lại thật, vì Chúa đã sống lại thật</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="5500" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="5500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Alleluia. Alleluia. Alleluia.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="878064424"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3277760441"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...523 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Savon">
   <a:themeElements>
     <a:clrScheme name="Savon">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1485A4"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E3DED1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="1CADE4"/>
@@ -5583,88 +5097,85 @@
               <a:schemeClr val="phClr">
                 <a:shade val="92000"/>
                 <a:satMod val="115000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:tile tx="0" ty="0" sx="60000" sy="60000" flip="none" algn="tl"/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Savon" id="{1306E473-ED32-493B-A2D0-240A757EDD34}" vid="{C20BADFE-D095-436F-9677-9264042809F0}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Savon</Template>
   <TotalTime></TotalTime>
-  <Words>75</Words>
+  <Words>88</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>8</Paragraphs>
-  <Slides>5</Slides>
+  <Paragraphs>10</Paragraphs>
+  <Slides>3</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Century Gothic</vt:lpstr>
       <vt:lpstr>Garamond</vt:lpstr>
-      <vt:lpstr>Verdana</vt:lpstr>
       <vt:lpstr>Savon</vt:lpstr>
       <vt:lpstr>NỮ VƯƠNG THIÊN ĐÀNG</vt:lpstr>
       <vt:lpstr>.</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>.</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MÙA ĐÔNG NĂM ẤY</dc:title>
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>