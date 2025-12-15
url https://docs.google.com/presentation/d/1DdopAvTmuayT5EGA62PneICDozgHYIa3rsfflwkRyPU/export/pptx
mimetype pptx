--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml" PartName="/ppt/presentation.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml" PartName="/ppt/viewProps.xml"/>
 </Types>
 </file>
@@ -299,55 +300,55 @@
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showComments="0">
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="100" d="100"/>
           <a:sy n="100" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="3168" orient="horz"/>
         <p:guide pos="2448"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Google Shape;3;n"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
@@ -4371,51 +4372,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5636,55 +5637,55 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="53" name="Shape 53"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="54" name="Google Shape;54;p13"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
@@ -19910,50 +19911,329 @@
             <a:r>
               <a:rPr i="1" lang="en" sz="1100">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>The desert habitat provides the bighorn sheep with more places to hide from predators, like coyotes or cougars. When they sleep at night, it’s more important for the bighorn sheep to be in a habitat that provides safety. </a:t>
             </a:r>
             <a:endParaRPr i="1" sz="1100">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <a:themeElements>
+    <a:clrScheme name="Default">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="158158"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="F3F3F3"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="058DC7"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="50B432"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="ED561B"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="EDEF00"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="24CBE5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="64E572"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="2200CC"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="551A8B"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Simple Light">
   <a:themeElements>
     <a:clrScheme name="Simple Light">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="595959"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEEEEE"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FFAB40"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="212121"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="78909C"/>
       </a:accent3>
       <a:accent4>
@@ -20187,304 +20467,25 @@
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
-
-[...277 lines deleted...]
-</file>