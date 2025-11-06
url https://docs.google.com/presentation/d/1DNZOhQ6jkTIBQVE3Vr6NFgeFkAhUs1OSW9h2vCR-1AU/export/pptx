--- v0 (2025-10-14)
+++ v1 (2025-11-06)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide19.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout29.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
@@ -353,51 +354,51 @@
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster5.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Google Shape;3;n"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
@@ -2746,151 +2747,151 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>Image source - </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB"/>
               <a:t>https://www.google.co.uk/url?sa=i&amp;source=images&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwi-5OeDy9_cAhUCJhoKHa12DGcQjB16BAgBEAQ&amp;url=https%3A%2F%2Fpixabay.com%2Fen%2Fcommunication-internet-1927697%2F&amp;psig=AOvVaw2S6G0rqJObmDYYmIOlCbNw&amp;ust=1533890821414751</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -19952,63 +19953,63 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -26253,123 +26254,123 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=Wuza5WXiMkc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://microbit.org/code/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://microbit.org/code/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=rZ6xoAtdF3o&amp;spfreload=5" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=rZ6xoAtdF3o%26spfreload%3D5" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=rZ6xoAtdF3o&amp;spfreload=5" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=rZ6xoAtdF3o%26spfreload%3D5" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ga86GgfLkzI" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ga86GgfLkzI" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ga86GgfLkzI" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=ga86GgfLkzI" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ga86GgfLkzI" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ga86GgfLkzI" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ga86GgfLkzI" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=ga86GgfLkzI" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=sgMG7zRrcPk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=sgMG7zRrcPk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=sgMG7zRrcPk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=sgMG7zRrcPk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="258" name="Shape 258"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="259" name="Google Shape;259;p41"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
@@ -35503,88 +35504,88 @@
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Simple Light">
   <a:themeElements>
-    <a:clrScheme name="Default">
+    <a:clrScheme name="Simple Light">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="158158"/>
+        <a:srgbClr val="595959"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="F3F3F3"/>
+        <a:srgbClr val="EEEEEE"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="058DC7"/>
+        <a:srgbClr val="FFAB40"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="50B432"/>
+        <a:srgbClr val="212121"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="ED561B"/>
+        <a:srgbClr val="78909C"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="EDEF00"/>
+        <a:srgbClr val="FFAB40"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="24CBE5"/>
+        <a:srgbClr val="0097A7"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="64E572"/>
+        <a:srgbClr val="EEFF41"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="2200CC"/>
+        <a:srgbClr val="0097A7"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="551A8B"/>
+        <a:srgbClr val="0097A7"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
@@ -36061,88 +36062,88 @@
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme4.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Simple Light">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <a:themeElements>
-    <a:clrScheme name="Simple Light">
+    <a:clrScheme name="Default">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="595959"/>
+        <a:srgbClr val="158158"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEEEEE"/>
+        <a:srgbClr val="F3F3F3"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="FFAB40"/>
+        <a:srgbClr val="058DC7"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="212121"/>
+        <a:srgbClr val="50B432"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="78909C"/>
+        <a:srgbClr val="ED561B"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFAB40"/>
+        <a:srgbClr val="EDEF00"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="0097A7"/>
+        <a:srgbClr val="24CBE5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="EEFF41"/>
+        <a:srgbClr val="64E572"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0097A7"/>
+        <a:srgbClr val="2200CC"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="0097A7"/>
+        <a:srgbClr val="551A8B"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>