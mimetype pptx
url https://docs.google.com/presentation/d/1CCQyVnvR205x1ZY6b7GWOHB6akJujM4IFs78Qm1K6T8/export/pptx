--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -260,52 +260,52 @@
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{10A0D996-ECEB-4A85-A48D-D7F2522C855E}">
-  <a:tblStyle styleId="{10A0D996-ECEB-4A85-A48D-D7F2522C855E}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{C9B5A935-4513-4FCA-8BE1-029C6D7FF46A}">
+  <a:tblStyle styleId="{C9B5A935-4513-4FCA-8BE1-029C6D7FF46A}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -1003,51 +1003,51 @@
             <a:r>
               <a:rPr lang="en"/>
               <a:t> from FPPT.com</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.free-power-point-templates.com/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.free-power-point-templates.com/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -5722,51 +5722,51 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.free-power-point-templates.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.free-power-point-templates.com/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.free-power-point-templates.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.free-power-point-templates.com/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="434343"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="54" name="Shape 54"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -9019,51 +9019,51 @@
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="83" name="Google Shape;83;p13"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="26518700" y="12700750"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{10A0D996-ECEB-4A85-A48D-D7F2522C855E}</a:tableStyleId>
+                <a:tableStyleId>{C9B5A935-4513-4FCA-8BE1-029C6D7FF46A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="3196225"/>
                 <a:gridCol w="3196225"/>
                 <a:gridCol w="3196225"/>
               </a:tblGrid>
               <a:tr h="791900">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr/>