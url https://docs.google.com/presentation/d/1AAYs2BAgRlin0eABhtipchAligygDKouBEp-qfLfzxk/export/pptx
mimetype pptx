--- v0 (2025-11-15)
+++ v1 (2025-12-15)
@@ -1197,55 +1197,55 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title" type="title">
   <p:cSld name="TITLE">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="9" name="Shape 9"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
@@ -4043,59 +4043,59 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.freepptbackgrounds.net/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.freepptbackgrounds.net/about-us" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.freepptbackgrounds.net/privacy-policy" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.freepptbackgrounds.net/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.freepptbackgrounds.net/about-us" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.freepptbackgrounds.net/privacy-policy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.freepptbackgrounds.net/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.freepptbackgrounds.net/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterSp="0">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="24" name="Shape 24"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>