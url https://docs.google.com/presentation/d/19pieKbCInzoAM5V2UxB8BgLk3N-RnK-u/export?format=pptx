--- v0 (2025-11-13)
+++ v1 (2026-03-07)
@@ -1,124 +1,130 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/x-fontdata" Extension="fntdata"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
-[...12 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.comments+xml" PartName="/ppt/comments/comment1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml" PartName="/ppt/tableStyles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
-  <Override ContentType="application/binary" PartName="/ppt/metadata"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide14.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml" PartName="/ppt/presentation.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide15.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide14.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide10.xml"/>
+  <Override ContentType="application/binary" PartName="/ppt/metadata"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml" PartName="/ppt/commentAuthors.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml" PartName="/ppt/viewProps.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" autoCompressPictures="0" embedTrueTypeFonts="1" strictFirstAndLastChars="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId5"/>
+    <p:sldMasterId id="2147483648" r:id="rId6"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId6"/>
+    <p:notesMasterId r:id="rId7"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId7"/>
-[...12 lines deleted...]
-    <p:sldId id="269" r:id="rId20"/>
+    <p:sldId id="256" r:id="rId8"/>
+    <p:sldId id="257" r:id="rId9"/>
+    <p:sldId id="258" r:id="rId10"/>
+    <p:sldId id="259" r:id="rId11"/>
+    <p:sldId id="260" r:id="rId12"/>
+    <p:sldId id="261" r:id="rId13"/>
+    <p:sldId id="262" r:id="rId14"/>
+    <p:sldId id="263" r:id="rId15"/>
+    <p:sldId id="264" r:id="rId16"/>
+    <p:sldId id="265" r:id="rId17"/>
+    <p:sldId id="266" r:id="rId18"/>
+    <p:sldId id="267" r:id="rId19"/>
+    <p:sldId id="268" r:id="rId20"/>
+    <p:sldId id="269" r:id="rId21"/>
+    <p:sldId id="270" r:id="rId22"/>
   </p:sldIdLst>
   <p:sldSz cy="5143500" cx="9144000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
       <p:font typeface="Lato"/>
-      <p:regular r:id="rId21"/>
-[...2 lines deleted...]
-      <p:boldItalic r:id="rId24"/>
+      <p:regular r:id="rId23"/>
+      <p:bold r:id="rId24"/>
+      <p:italic r:id="rId25"/>
+      <p:boldItalic r:id="rId26"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Lato Black"/>
-      <p:bold r:id="rId25"/>
-      <p:boldItalic r:id="rId26"/>
+      <p:bold r:id="rId27"/>
+      <p:boldItalic r:id="rId28"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
@@ -322,63 +328,69 @@
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst>
         <p15:guide id="1" orient="horz" pos="1620">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="GoogleSlidesCustomDataVersion2">
-      <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId27" roundtripDataSignature="AMtx7mgR06VrMM3A72O4a/bhSBcM7J66xA=="/>
+      <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId29" roundtripDataSignature="AMtx7mjO/uk1c2h4vK2Fz83HYF5vczmTXA=="/>
     </p:ext>
   </p:extLst>
 </p:presentation>
+</file>
+
+<file path=ppt/commentAuthors.xml><?xml version="1.0" encoding="utf-8"?>
+<p:cmAuthorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cmAuthor clrIdx="0" id="0" initials="" lastIdx="1" name="Duncan Cornish"/>
+</p:cmAuthorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{96AABF56-72B0-41E3-B98D-DEB90B662AC6}">
-  <a:tblStyle styleId="{96AABF56-72B0-41E3-B98D-DEB90B662AC6}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{B9CACEBB-9983-4535-A012-058792E21056}">
+  <a:tblStyle styleId="{B9CACEBB-9983-4535-A012-058792E21056}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle b="off" i="off">
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -476,51 +488,68 @@
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showComments="0">
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="100" d="100"/>
           <a:sy n="100" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="1620" orient="horz"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-bold.fntdata"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-regular.fntdata"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-boldItalic.fntdata"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-italic.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoBlack-boldItalic.fntdata"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoBlack-bold.fntdata"/><Relationship Id="rId27" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-bold.fntdata"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-regular.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-boldItalic.fntdata"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-italic.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoBlack-boldItalic.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoBlack-bold.fntdata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId29" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/></Relationships>
+</file>
+
+<file path=ppt/comments/comment1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:cmLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cm authorId="0" idx="1" dt="2026-02-05T17:24:55.004">
+    <p:pos x="6000" y="0"/>
+    <p:text>@duncan.cornish@ftflic.com update this article</p:text>
+    <p:extLst>
+      <p:ext uri="{C676402C-5697-4E1C-873F-D02D1690AC5C}">
+        <p15:threadingInfo timeZoneBias="0"/>
+      </p:ext>
+      <p:ext uri="http://customooxmlschemas.google.com/">
+        <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" commentPostId="AAABwPAN9hk"/>
+      </p:ext>
+    </p:extLst>
+  </p:cm>
+</p:cmLst>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -1068,50 +1097,54 @@
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moneysavingexpert.com/loans/debt-help-plan/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stepchange.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moneyhelper.org.uk/en/everyday-money/types-of-credit/overdrafts-explained" TargetMode="External"/></Relationships>
 </file>
 
+<file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1858,110 +1891,110 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="138" name="Shape 138"/>
+        <p:cNvPr id="141" name="Shape 141"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="139" name="Google Shape;139;p15:notes"/>
+          <p:cNvPr id="142" name="Google Shape;142;p15:notes"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381300" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:custGeom>
             <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
               <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="140" name="Google Shape;140;p15:notes"/>
+          <p:cNvPr id="143" name="Google Shape;143;p15:notes"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4343400"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="-292100" lvl="0" marL="457200" rtl="0" algn="l">
@@ -2114,50 +2147,149 @@
                       <ahyp:hlinkClr val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>https://www.moneyhelper.org.uk/en/everyday-money/types-of-credit/overdrafts-explained</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="159" name="Shape 159"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="160" name="Google Shape;160;g3c45040b060_1_0:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381300" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="161" name="Google Shape;161;g3c45040b060_1_0:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="36" name="Shape 36"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -3091,87 +3223,87 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1100"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Section slide 1">
   <p:cSld name="TITLE_AND_TWO_COLUMNS_1">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="6" name="Shape 6"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Google Shape;7;g33d8b97976a_0_4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -4843,99 +4975,103 @@
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cpj.ca/writing-a-letter-to-your-mp/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parliament.uk/get-involved/contact-an-mp-or-lord/contact-your-mp/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://results.org.uk/wp-content/uploads/2023/11/How-to-write-to-your-MP.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensadvice.org.uk/debt-and-money/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationaldebtline.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.moneyadvicetrust.org/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensadvice.org.uk/debt-and-money/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationaldebtline.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.moneyadvicetrust.org/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resources.ftflic.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://members.parliament.uk/members/commons" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parliament.uk/get-involved/contact-an-mp-or-lord/contact-your-mp/#jumplink1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ft.com/content/320c43fa-2e12-43d0-baaf-4a37ca93917b" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments/comment1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ft.com/content/320c43fa-2e12-43d0-baaf-4a37ca93917b" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="262A33"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="33" name="Shape 33"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5347,180 +5483,149 @@
             </a:pPr>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Read the experience of the person below and identify why this person may or may not be the best person to teach a young person about financial literacy. </a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="112" name="Google Shape;112;p11"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="387325" y="1913475"/>
+            <a:ext cx="5377200" cy="2130300"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>I am the owner of my local village convenience shop. It is a family business that I took over from my dad. I feel both proud and lucky to be able run a business as I wasn’t really academic and didn’t do very well in school. However, it can be stressful as business has really slowed down lately. I’ve had to take out a personal loan to cover my household costs but I’m sure things will pick up in the summer.</a:t>
+            </a:r>
+            <a:endParaRPr i="0" sz="1600" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="112" name="Google Shape;112;p11"/>
+          <p:cNvPr id="113" name="Google Shape;113;p11"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6087200" y="1959050"/>
             <a:ext cx="2143125" cy="2143125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="38100">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...95 lines deleted...]
-      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="117" name="Shape 117"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -5583,69 +5688,69 @@
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Read the experience of the person below and identify why this person may or may not be the best person to teach a young person about financial literacy. </a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="119" name="Google Shape;119;p12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="387325" y="1913475"/>
-            <a:ext cx="5377200" cy="2401200"/>
+            <a:ext cx="5377200" cy="2413500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>I am the owner of my local </a:t>
@@ -5698,90 +5803,90 @@
               </a:rPr>
               <a:t>that I took over from my dad. I feel both proud and lucky to be able run a business as </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>I wasn’t really academic</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
-              <a:t> and didn’t do very well in school. However, it can be really stressful as business has really slowed down lately. I’ve had to take out a </a:t>
+              <a:t> and didn’t do very well in school. However, it can be stressful as business has really slowed down lately. I’ve had to take out a </a:t>
             </a:r>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>personal loan </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>to cover my household costs but I’m sure things will pick up in the summer.</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
@@ -6600,100 +6705,101 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1600">
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>y</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1600" u="sng" cap="none" strike="noStrike">
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>writing a letter to your local MP</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t> sharing what you have learnt over the last six weeks and presenting reasons why more schools should include financial literacy in their curriculum.</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="135" name="Google Shape;135;p14"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="4479" l="5475" r="6781" t="4453"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6342625" y="1732950"/>
-            <a:ext cx="2316200" cy="2210950"/>
+            <a:off x="6270072" y="1478250"/>
+            <a:ext cx="1275414" cy="1217462"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="136" name="Google Shape;136;p14"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="138125" y="253750"/>
             <a:ext cx="8092200" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
@@ -6815,51 +6921,51 @@
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2900"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="137" name="Google Shape;137;p14">
-            <a:hlinkClick r:id="rId4"/>
+            <a:hlinkClick r:id="rId5"/>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="246875" y="4381775"/>
             <a:ext cx="5680200" cy="400200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
@@ -6884,78 +6990,161 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t> on how to write a letter to your MP</a:t>
             </a:r>
             <a:endParaRPr u="sng">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="138" name="Google Shape;138;p14"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6059223" y="2949452"/>
+            <a:ext cx="1697100" cy="1523825"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="139" name="Google Shape;139;p14"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7595902" y="3381952"/>
+            <a:ext cx="1473751" cy="745495"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="140" name="Google Shape;140;p14"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId8">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="2353" l="0" r="51109" t="0"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7644413" y="1478250"/>
+            <a:ext cx="1376725" cy="1374750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="141" name="Shape 141"/>
+        <p:cNvPr id="144" name="Shape 144"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="142" name="Google Shape;142;p15"/>
+          <p:cNvPr id="145" name="Google Shape;145;p15"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6177819" y="1184061"/>
             <a:ext cx="2846400" cy="1995600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:noAutofit/>
@@ -6974,51 +7163,51 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="143" name="Google Shape;143;p15"/>
+          <p:cNvPr id="146" name="Google Shape;146;p15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="110800" y="391125"/>
             <a:ext cx="8489700" cy="461700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
@@ -7040,65 +7229,65 @@
               <a:rPr b="1" i="0" lang="en-GB" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>Services available for people who have concerns about their personal finances</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="144" name="Google Shape;144;p15"/>
+          <p:cNvPr id="147" name="Google Shape;147;p15"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="151999" y="1183981"/>
             <a:ext cx="2846301" cy="2013581"/>
             <a:chOff x="463400" y="1321175"/>
             <a:chExt cx="2914500" cy="2113109"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="145" name="Google Shape;145;p15"/>
+            <p:cNvPr id="148" name="Google Shape;148;p15"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="463400" y="1321175"/>
               <a:ext cx="2914500" cy="2094300"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln cap="flat" cmpd="sng" w="28575">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
               <a:noAutofit/>
@@ -7117,51 +7306,51 @@
                 </a:spcAft>
                 <a:buClr>
                   <a:srgbClr val="000000"/>
                 </a:buClr>
                 <a:buSzPts val="1400"/>
                 <a:buFont typeface="Arial"/>
                 <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:t/>
               </a:r>
               <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="146" name="Google Shape;146;p15"/>
+            <p:cNvPr id="149" name="Google Shape;149;p15"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1345676" y="1339984"/>
               <a:ext cx="2032200" cy="2094300"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                 <a:lnSpc>
                   <a:spcPct val="115000"/>
@@ -7202,191 +7391,191 @@
                 <a:rPr b="0" i="0" lang="en-GB" sz="1300" u="none" cap="none" strike="noStrike">
                   <a:solidFill>
                     <a:schemeClr val="lt1"/>
                   </a:solidFill>
                   <a:latin typeface="Lato"/>
                   <a:ea typeface="Lato"/>
                   <a:cs typeface="Lato"/>
                   <a:sym typeface="Lato"/>
                 </a:rPr>
                 <a:t> – This resource contains links to advice on a number of topics, including financial difficulties, cost of living and communicating with creditors.</a:t>
               </a:r>
               <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="147" name="Google Shape;147;p15"/>
+            <p:cNvPr id="150" name="Google Shape;150;p15"/>
             <p:cNvPicPr preferRelativeResize="0"/>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
             <a:blip r:embed="rId4">
               <a:alphaModFix/>
             </a:blip>
             <a:srcRect b="0" l="0" r="0" t="0"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="532125" y="1419947"/>
               <a:ext cx="813554" cy="928675"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="148" name="Google Shape;148;p15"/>
+          <p:cNvPr id="151" name="Google Shape;151;p15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="152000" y="3312950"/>
             <a:ext cx="8872200" cy="738900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
-                  <a:schemeClr val="accent2"/>
+                  <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>At school, you can speak with an adult you trust. </a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
-                <a:schemeClr val="accent2"/>
+                <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="1" i="0" lang="en-GB" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
-                  <a:schemeClr val="accent2"/>
+                  <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>This could be your form tutor, head of year or the school’s safeguarding officer.</a:t>
             </a:r>
             <a:endParaRPr b="1" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
-                <a:schemeClr val="accent2"/>
+                <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="149" name="Google Shape;149;p15"/>
+          <p:cNvPr id="152" name="Google Shape;152;p15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="3000000" cy="400200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -7399,65 +7588,65 @@
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="150" name="Google Shape;150;p15"/>
+          <p:cNvPr id="153" name="Google Shape;153;p15"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="3164819" y="1184021"/>
             <a:ext cx="2846301" cy="1995658"/>
             <a:chOff x="3237025" y="1184050"/>
             <a:chExt cx="2914500" cy="2094300"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="151" name="Google Shape;151;p15"/>
+            <p:cNvPr id="154" name="Google Shape;154;p15"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3237025" y="1184050"/>
               <a:ext cx="2914500" cy="2094300"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln cap="flat" cmpd="sng" w="28575">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
               <a:noAutofit/>
@@ -7476,78 +7665,78 @@
                 </a:spcAft>
                 <a:buClr>
                   <a:srgbClr val="000000"/>
                 </a:buClr>
                 <a:buSzPts val="1400"/>
                 <a:buFont typeface="Arial"/>
                 <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:t/>
               </a:r>
               <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="152" name="Google Shape;152;p15"/>
+            <p:cNvPr id="155" name="Google Shape;155;p15"/>
             <p:cNvPicPr preferRelativeResize="0"/>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
             <a:blip r:embed="rId5">
               <a:alphaModFix/>
             </a:blip>
             <a:srcRect b="0" l="0" r="0" t="0"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="3344950" y="1434825"/>
               <a:ext cx="666111" cy="400200"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
         </p:pic>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="153" name="Google Shape;153;p15"/>
+            <p:cNvPr id="156" name="Google Shape;156;p15"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4068426" y="1358613"/>
               <a:ext cx="2032200" cy="1852800"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                 <a:lnSpc>
                   <a:spcPct val="115000"/>
@@ -7620,78 +7809,78 @@
                   <a:solidFill>
                     <a:schemeClr val="lt1"/>
                   </a:solidFill>
                   <a:latin typeface="Lato"/>
                   <a:ea typeface="Lato"/>
                   <a:cs typeface="Lato"/>
                   <a:sym typeface="Lato"/>
                 </a:rPr>
                 <a:t>, offering a  free and confidential debt advice service.</a:t>
               </a:r>
               <a:endParaRPr b="0" i="0" sz="1300" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="154" name="Google Shape;154;p15"/>
+          <p:cNvPr id="157" name="Google Shape;157;p15"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId8">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6341200" y="1426525"/>
             <a:ext cx="876125" cy="680625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="155" name="Google Shape;155;p15"/>
+          <p:cNvPr id="158" name="Google Shape;158;p15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7264128" y="1459325"/>
             <a:ext cx="1760100" cy="615000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
@@ -7730,50 +7919,432 @@
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1300" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>0800 1111</a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="162" name="Shape 162"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="163" name="Google Shape;163;g3c45040b060_1_0"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="462425" y="913975"/>
+            <a:ext cx="8258100" cy="1780800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-GB" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato Black"/>
+                <a:ea typeface="Lato Black"/>
+                <a:cs typeface="Lato Black"/>
+                <a:sym typeface="Lato Black"/>
+                <a:extLst>
+                  <a:ext uri="http://customooxmlschemas.google.com/">
+                    <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" textRoundtripDataId="0"/>
+                  </a:ext>
+                </a:extLst>
+              </a:rPr>
+              <a:t>Articles </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-GB" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato Black"/>
+                <a:ea typeface="Lato Black"/>
+                <a:cs typeface="Lato Black"/>
+                <a:sym typeface="Lato Black"/>
+              </a:rPr>
+              <a:t>to extend learning</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-GB" sz="3600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato Black"/>
+                <a:ea typeface="Lato Black"/>
+                <a:cs typeface="Lato Black"/>
+                <a:sym typeface="Lato Black"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Please visit the  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>FLIC learning hub</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t> for further resources</a:t>
+            </a:r>
+            <a:endParaRPr>
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr>
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="-317500" lvl="0" marL="457200" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="lt1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Lato"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Who is my MP?</a:t>
+            </a:r>
+            <a:endParaRPr>
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="-317500" lvl="0" marL="457200" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="lt1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Lato"/>
+              <a:buChar char="●"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+                <a:hlinkClick r:id="rId5">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Contact your MP</a:t>
+            </a:r>
+            <a:endParaRPr>
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="164" name="Google Shape;164;g3c45040b060_1_0"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1640100" y="403675"/>
+            <a:ext cx="5863800" cy="631200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="3600"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-GB" sz="2900" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Lato"/>
+                <a:ea typeface="Lato"/>
+                <a:cs typeface="Lato"/>
+                <a:sym typeface="Lato"/>
+              </a:rPr>
+              <a:t>Links to learn more!</a:t>
+            </a:r>
+            <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Lato"/>
+              <a:ea typeface="Lato"/>
+              <a:cs typeface="Lato"/>
+              <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="39" name="Shape 39"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -7892,51 +8463,51 @@
             </a:r>
             <a:endParaRPr b="1" i="0" sz="2900" u="none" cap="none" strike="noStrike">
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="41" name="Google Shape;41;p2"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="431175" y="1732525"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{96AABF56-72B0-41E3-B98D-DEB90B662AC6}</a:tableStyleId>
+                <a:tableStyleId>{B9CACEBB-9983-4535-A012-058792E21056}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1351825"/>
                 <a:gridCol w="1351825"/>
                 <a:gridCol w="1296900"/>
                 <a:gridCol w="1472650"/>
                 <a:gridCol w="1285925"/>
                 <a:gridCol w="1351825"/>
               </a:tblGrid>
               <a:tr h="323450">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
@@ -11028,51 +11599,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="95" name="Google Shape;95;p8"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="226038" y="1922150"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{96AABF56-72B0-41E3-B98D-DEB90B662AC6}</a:tableStyleId>
+                <a:tableStyleId>{B9CACEBB-9983-4535-A012-058792E21056}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1820525"/>
                 <a:gridCol w="3320350"/>
                 <a:gridCol w="3320350"/>
               </a:tblGrid>
               <a:tr h="825675">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="000000"/>
                         </a:buClr>
@@ -11827,51 +12398,51 @@
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1000" u="sng" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
-                <a:hlinkClick r:id="rId3">
+                <a:hlinkClick r:id="rId4">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>https://www.ft.com/content/320c43fa-2e12-43d0-baaf-4a37ca93917b</a:t>
             </a:r>
             <a:r>
               <a:rPr b="0" i="0" lang="en-GB" sz="1000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
@@ -12193,73 +12764,74 @@
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="105" name="Google Shape;105;p9"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+        <p:blipFill>
+          <a:blip r:embed="rId5">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="0" l="1797" r="0" t="0"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6374925" y="1306825"/>
-            <a:ext cx="2125800" cy="2876799"/>
+            <a:off x="6469775" y="1306825"/>
+            <a:ext cx="2161651" cy="3053251"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="57150" rotWithShape="0" algn="bl" dir="5400000" dist="19050">
               <a:srgbClr val="000000">
-                <a:alpha val="49803"/>
+                <a:alpha val="49800"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <a:themeElements>
     <a:clrScheme name="Default">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="158158"/>