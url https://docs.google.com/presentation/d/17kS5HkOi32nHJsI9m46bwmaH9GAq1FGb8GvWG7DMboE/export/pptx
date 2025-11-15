--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide28.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide25.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide22.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide26.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide19.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide27.xml"/>
@@ -373,52 +374,52 @@
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst>
         <p15:guide id="1" orient="horz" pos="1620">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{39FAC8BD-55BC-4B08-AE05-96F274254B5D}">
-  <a:tblStyle styleId="{39FAC8BD-55BC-4B08-AE05-96F274254B5D}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{198EB329-EC8C-4015-A81C-51A4A20D9377}">
+  <a:tblStyle styleId="{198EB329-EC8C-4015-A81C-51A4A20D9377}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -4015,87 +4016,87 @@
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -15116,159 +15117,159 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipe@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipe@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mathigon.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mathigon.org/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mathigon.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mathigon.org/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/polypad" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/polypad" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/polypad" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/polypad" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipe@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipe@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/4.0/deed.fr" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/TimBrzezinski/status/1626181056687755266" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/davidporas/status/1625959569246625793" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/TimBrzezinski/status/1621558101961744387" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/polypad/bxbYffVE1mZGiQ" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/task/operations-with-fractions-using-pattern-blocks" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/task/mean-of-a-data-set" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/TimBrzezinski/status/1624163886428479492" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/task/completing-the-square" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=NUNoks1rwQ0" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/polypad/XssaYsoNUl6DA" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/davidporas/status/1617648566436237321" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/ChoePsHlMUs" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/ChoePsHlMUs" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/z8jLBCd29r0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/RwSKYLyqNDM" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/z8jLBCd29r0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/?lang=fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/RwSKYLyqNDM" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/ChoePsHlMUs" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/ChoePsHlMUs" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/z8jLBCd29r0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/RwSKYLyqNDM" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/z8jLBCd29r0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teacher.desmos.com/?lang=fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/RwSKYLyqNDM" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/learn" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/learn#webinars" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.mathigon.org/tasks" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/mod/page/view.php?id=18192" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/mod/page/view.php?id=18192" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/mod/page/view.php?id=16803" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/login/index.php" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/login/index.php" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/mod/page/view.php?id=16803" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://monurl.ca/polypad17fevrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/enrol/index.php?id=284" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/enrol/index.php?id=284" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/mod/page/view.php?id=18192" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/mod/page/view.php?id=18192" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/mod/page/view.php?id=16803" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/login/index.php" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/login/index.php" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/mod/page/view.php?id=16803" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://monurl.ca/polypad17fevrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/enrol/index.php?id=284" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://campus.recit.qc.ca/enrol/index.php?id=284" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scratchjr.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kreocode.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scratch.mit.edu/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scratchjr.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kreocode.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scratch.mit.edu/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.recitmst.qc.ca/ecv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/ecv-zoom" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/ecv-zoom" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.recitmst.qc.ca/ecv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/ecv-zoom" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://recitmst.qc.ca/ecv-zoom" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/recitmst" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/RECITMST2020/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipe@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/channel/UC7IcadI_rZFwso9N81PYqFg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luc.lagarde@recitmst.qc.ca" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recitmst.qc.ca/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/recitmst" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/RECITMST2020/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-nc-sa/4.0/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipe@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/channel/UC7IcadI_rZFwso9N81PYqFg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luc.lagarde@recitmst.qc.ca" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luc.lagarde@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://monurl.ca/polypad17fevrier" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luc.lagarde@recitmst.qc.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://monurl.ca/polypad17fevrier" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://monurl.ca/polypad17fevrier" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://monurl.ca/polypad17fevrier" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/references/tx-solrtyperecherchepublicationtx-solrpublicationnouveaute/resultats-de-la-recherche/detail/article/referentiel-dintervention-en-mathematique/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/dossiers-thematiques/plan-daction-numerique/cadre-de-reference-de-la-competence-numerique/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.education.gouv.qc.ca/dossiers-thematiques/plan-daction-numerique/cadre-de-reference-de-la-competence-numerique/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="121" name="Shape 121"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="122" name="Google Shape;122;p26"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -30423,51 +30424,51 @@
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
             </p:spPr>
           </p:pic>
         </p:grpSp>
       </p:grpSp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="211" name="Google Shape;211;p33"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3168538" y="2003225"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{39FAC8BD-55BC-4B08-AE05-96F274254B5D}</a:tableStyleId>
+                <a:tableStyleId>{198EB329-EC8C-4015-A81C-51A4A20D9377}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="388725"/>
                 <a:gridCol w="388725"/>
                 <a:gridCol w="388725"/>
                 <a:gridCol w="388725"/>
                 <a:gridCol w="388725"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fr-CA"/>