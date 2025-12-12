--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -1,32 +1,33 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/x-fontdata" Extension="fntdata"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide29.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide32.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide28.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide33.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide34.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide25.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide30.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide22.xml"/>
@@ -433,52 +434,52 @@
       <p15:sldGuideLst>
         <p15:guide id="1" orient="horz" pos="1620">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="227">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="GoogleSlidesCustomDataVersion2">
       <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId54" roundtripDataSignature="AMtx7mgNoO7mrwmj+gHO/AVs5ur1a95Y9Q=="/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{4613A679-0317-4108-9E47-646926DF189E}">
-  <a:tblStyle styleId="{4613A679-0317-4108-9E47-646926DF189E}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{9DD710FF-01B1-4220-8568-E290D713946A}">
+  <a:tblStyle styleId="{9DD710FF-01B1-4220-8568-E290D713946A}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle b="off" i="off">
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -552,51 +553,51 @@
     <a:lastCol>
       <a:tcTxStyle b="off" i="off"/>
     </a:lastCol>
     <a:firstCol>
       <a:tcTxStyle b="off" i="off"/>
     </a:firstCol>
     <a:lastRow>
       <a:tcTxStyle b="off" i="off"/>
     </a:lastRow>
     <a:seCell>
       <a:tcTxStyle b="off" i="off"/>
     </a:seCell>
     <a:swCell>
       <a:tcTxStyle b="off" i="off"/>
     </a:swCell>
     <a:firstRow>
       <a:tcTxStyle b="off" i="off"/>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle b="off" i="off"/>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle b="off" i="off"/>
     </a:nwCell>
   </a:tblStyle>
-  <a:tblStyle styleId="{13DA9A54-EAD9-4600-AA49-894E47197674}" styleName="Table_1">
+  <a:tblStyle styleId="{14E8789F-5D13-4D56-8615-22786343C5E0}" styleName="Table_1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
                 <a:srgbClr val="9E9E9E"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="9525">
               <a:solidFill>
@@ -694,55 +695,55 @@
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showComments="0">
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="100" d="100"/>
           <a:sy n="100" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="1620" orient="horz"/>
         <p:guide pos="227"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-regular.fntdata"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-italic.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-bold.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoLight-regular.fntdata"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-boldItalic.fntdata"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoLight-bold.fntdata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoLight-boldItalic.fntdata"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoLight-italic.fntdata"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoBlack-boldItalic.fntdata"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoBlack-bold.fntdata"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId54" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-regular.fntdata"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-italic.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-bold.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoLight-regular.fntdata"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-boldItalic.fntdata"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoLight-bold.fntdata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoLight-boldItalic.fntdata"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoLight-italic.fntdata"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoBlack-boldItalic.fntdata"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LatoBlack-bold.fntdata"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId54" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -8586,175 +8587,175 @@
             <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:t/>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Cover" type="title">
   <p:cSld name="TITLE">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="262A33"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="6" name="Shape 6"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -12241,55 +12242,55 @@
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst>
         <p15:guide id="1" pos="302">
           <p15:clr>
             <a:srgbClr val="FA7B17"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -14004,179 +14005,179 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moneyhelper.org.uk/en/everyday-money/credit-and-purchases/use-our-credit-card-calculator" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moneyhelper.org.uk/en/everyday-money/credit-and-purchases/use-our-credit-card-calculator" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=kp7AjzpeYzI" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=kp7AjzpeYzI&amp;list=PLc0nCZTu4-GcWOZEeFkIWwKBR1kDdxSlh&amp;index=15" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.youtube.com/watch?v=kp7AjzpeYzI" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=kp7AjzpeYzI&amp;list=PLc0nCZTu4-GcWOZEeFkIWwKBR1kDdxSlh&amp;index=15" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensadvice.org.uk/debt-and-money/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationaldebtline.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.moneyadvicetrust.org/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.citizensadvice.org.uk/debt-and-money/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationaldebtline.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.moneyadvicetrust.org/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resources.ftflic.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moneyhelper.org.uk/en/everyday-money/types-of-credit/simple-guide-to-credit-cards" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.money.co.uk/credit-cards/guides" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="262A33"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
@@ -20835,51 +20836,51 @@
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="269" name="Google Shape;269;g2420c7e3ec3_0_169"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="207975" y="2730000"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{13DA9A54-EAD9-4600-AA49-894E47197674}</a:tableStyleId>
+                <a:tableStyleId>{14E8789F-5D13-4D56-8615-22786343C5E0}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1617500"/>
                 <a:gridCol w="1062925"/>
               </a:tblGrid>
               <a:tr h="609575">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en-GB">
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
@@ -21410,51 +21411,51 @@
                       <a:headEnd len="sm" w="sm" type="none"/>
                       <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="270" name="Google Shape;270;g2420c7e3ec3_0_169"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3057650" y="2730000"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{13DA9A54-EAD9-4600-AA49-894E47197674}</a:tableStyleId>
+                <a:tableStyleId>{14E8789F-5D13-4D56-8615-22786343C5E0}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1705750"/>
                 <a:gridCol w="1120900"/>
               </a:tblGrid>
               <a:tr h="381000">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en-GB">
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
@@ -21960,51 +21961,51 @@
                       <a:headEnd len="sm" w="sm" type="none"/>
                       <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="271" name="Google Shape;271;g2420c7e3ec3_0_169"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="6059725" y="2730000"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{13DA9A54-EAD9-4600-AA49-894E47197674}</a:tableStyleId>
+                <a:tableStyleId>{14E8789F-5D13-4D56-8615-22786343C5E0}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1751725"/>
                 <a:gridCol w="1151125"/>
               </a:tblGrid>
               <a:tr h="609575">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr b="1" lang="en-GB" sz="1300">
                           <a:latin typeface="Lato"/>
                           <a:ea typeface="Lato"/>
                           <a:cs typeface="Lato"/>
@@ -23637,51 +23638,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr descr="This video looks at the different uses of a credit card and explores the reasons why a credit card may or may not work for you." id="299" name="Google Shape;299;g31d2f3d1444_0_4" title="Credit cards: The benefits and pitfalls">
             <a:hlinkClick r:id="rId3"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4758650" y="1490050"/>
+            <a:off x="4758650" y="1507166"/>
             <a:ext cx="3846075" cy="2163400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="300" name="Google Shape;300;g31d2f3d1444_0_4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="224677" y="242740"/>
             <a:ext cx="7731600" cy="516000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -33894,51 +33895,51 @@
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="121" name="Google Shape;121;g1575e96a1fb_0_240"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="871975" y="1721850"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{4613A679-0317-4108-9E47-646926DF189E}</a:tableStyleId>
+                <a:tableStyleId>{9DD710FF-01B1-4220-8568-E290D713946A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1206500"/>
                 <a:gridCol w="1206500"/>
                 <a:gridCol w="1206500"/>
                 <a:gridCol w="1206500"/>
                 <a:gridCol w="1206500"/>
                 <a:gridCol w="1206500"/>
               </a:tblGrid>
               <a:tr h="384425">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
@@ -39092,88 +39093,88 @@
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FLIC_Presentation_No_pages">
   <a:themeElements>
-    <a:clrScheme name="Default">
+    <a:clrScheme name="Simple Light">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:srgbClr val="262A33"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="158158"/>
+        <a:srgbClr val="262A33"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="F3F3F3"/>
+        <a:srgbClr val="262A33"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="058DC7"/>
+        <a:srgbClr val="0543B3"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="50B432"/>
+        <a:srgbClr val="FF8022"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="ED561B"/>
+        <a:srgbClr val="51FF00"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="EDEF00"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="24CBE5"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="64E572"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="2200CC"/>
+        <a:srgbClr val="0543B3"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="551A8B"/>
+        <a:srgbClr val="0097A7"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
@@ -39650,88 +39651,88 @@
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="FLIC_Presentation_No_pages">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <a:themeElements>
-    <a:clrScheme name="Simple Light">
+    <a:clrScheme name="Default">
       <a:dk1>
-        <a:srgbClr val="262A33"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="262A33"/>
+        <a:srgbClr val="158158"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="262A33"/>
+        <a:srgbClr val="F3F3F3"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="0543B3"/>
+        <a:srgbClr val="058DC7"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="FF8022"/>
+        <a:srgbClr val="50B432"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="51FF00"/>
+        <a:srgbClr val="ED561B"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFFFFF"/>
+        <a:srgbClr val="EDEF00"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="FFFFFF"/>
+        <a:srgbClr val="24CBE5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="FFFFFF"/>
+        <a:srgbClr val="64E572"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0543B3"/>
+        <a:srgbClr val="2200CC"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="0097A7"/>
+        <a:srgbClr val="551A8B"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>