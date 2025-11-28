--- v0 (2025-10-10)
+++ v1 (2025-11-28)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide29.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide32.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide28.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide33.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide34.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide25.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide30.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide22.xml"/>
@@ -359,52 +360,52 @@
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{F7143801-CAA8-4F3A-946C-E52FFF3B335F}">
-  <a:tblStyle styleId="{F7143801-CAA8-4F3A-946C-E52FFF3B335F}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{D666837F-BAF4-4D61-A201-9977175A4E3A}">
+  <a:tblStyle styleId="{D666837F-BAF4-4D61-A201-9977175A4E3A}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
     </a:wholeTbl>
     <a:band1H>
       <a:tcTxStyle/>
     </a:band1H>
     <a:band2H>
       <a:tcTxStyle/>
     </a:band2H>
     <a:band1V>
       <a:tcTxStyle/>
     </a:band1V>
     <a:band2V>
       <a:tcTxStyle/>
     </a:band2V>
     <a:lastCol>
       <a:tcTxStyle/>
     </a:lastCol>
@@ -35329,51 +35330,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="373" name="Google Shape;373;p39"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2590800" y="3009900"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
-                <a:tableStyleId>{F7143801-CAA8-4F3A-946C-E52FFF3B335F}</a:tableStyleId>
+                <a:tableStyleId>{D666837F-BAF4-4D61-A201-9977175A4E3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2514600"/>
                 <a:gridCol w="2514600"/>
               </a:tblGrid>
               <a:tr h="928950">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buFont typeface="Arial"/>