--- v0 (2025-10-03)
+++ v1 (2025-11-22)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml" PartName="/ppt/presentation.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme1.xml"/>