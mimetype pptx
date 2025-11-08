--- v0 (2025-10-04)
+++ v1 (2025-11-08)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide29.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide28.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide25.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide30.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide22.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide26.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
@@ -347,52 +348,52 @@
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{410F1ED4-078F-470A-BC0F-CFB4004603A3}">
-  <a:tblStyle styleId="{410F1ED4-078F-470A-BC0F-CFB4004603A3}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{FA72FA4B-D772-4269-81E7-F37ADDC7CAC5}">
+  <a:tblStyle styleId="{FA72FA4B-D772-4269-81E7-F37ADDC7CAC5}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle b="off" i="off">
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
@@ -21430,163 +21431,163 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="88" name="Shape 88"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -31157,51 +31158,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="275" name="Google Shape;275;p36"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2286000" y="1296988"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1" firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{410F1ED4-078F-470A-BC0F-CFB4004603A3}</a:tableStyleId>
+                <a:tableStyleId>{FA72FA4B-D772-4269-81E7-F37ADDC7CAC5}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2879725"/>
                 <a:gridCol w="2879725"/>
               </a:tblGrid>
               <a:tr h="1560150">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1800"/>
                     </a:p>