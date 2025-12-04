--- v1 (2025-11-08)
+++ v2 (2025-12-04)
@@ -348,52 +348,52 @@
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{FA72FA4B-D772-4269-81E7-F37ADDC7CAC5}">
-  <a:tblStyle styleId="{FA72FA4B-D772-4269-81E7-F37ADDC7CAC5}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{916D235A-A9A1-4CE7-A6AB-56397220574D}">
+  <a:tblStyle styleId="{916D235A-A9A1-4CE7-A6AB-56397220574D}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle b="off" i="off">
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd len="sm" w="sm" type="none"/>
               <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
@@ -21431,163 +21431,163 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="88" name="Shape 88"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -31158,51 +31158,51 @@
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="275" name="Google Shape;275;p36"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2286000" y="1296988"/>
           <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr bandRow="1" firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{FA72FA4B-D772-4269-81E7-F37ADDC7CAC5}</a:tableStyleId>
+                <a:tableStyleId>{916D235A-A9A1-4CE7-A6AB-56397220574D}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2879725"/>
                 <a:gridCol w="2879725"/>
               </a:tblGrid>
               <a:tr h="1560150">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:t/>
                       </a:r>
                       <a:endParaRPr sz="1800"/>
                     </a:p>