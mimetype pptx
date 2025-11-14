--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml" PartName="/ppt/presentation.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml" PartName="/ppt/viewProps.xml"/>
 </Types>
 </file>
@@ -299,55 +300,55 @@
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showComments="0">
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="100" d="100"/>
           <a:sy n="100" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="3168" orient="horz"/>
         <p:guide pos="2448"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Google Shape;3;n"/>
           <p:cNvSpPr/>
           <p:nvPr>
             <p:ph idx="2" type="sldImg"/>
@@ -4371,51 +4372,51 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld name="simple-light-2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="5" name="Shape 5"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -7206,50 +7207,329 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln cap="flat" cmpd="sng" w="28575">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd len="sm" w="sm" type="none"/>
             <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Simple Light">
+  <a:themeElements>
+    <a:clrScheme name="Simple Light">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="595959"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEEEEE"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="FFAB40"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="212121"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="78909C"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFAB40"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="0097A7"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="EEFF41"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0097A7"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="0097A7"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <a:themeElements>
     <a:clrScheme name="Default">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="158158"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F3F3F3"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="058DC7"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="50B432"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="ED561B"/>
       </a:accent3>
       <a:accent4>
@@ -7483,304 +7763,25 @@
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
-
-[...277 lines deleted...]
-</file>