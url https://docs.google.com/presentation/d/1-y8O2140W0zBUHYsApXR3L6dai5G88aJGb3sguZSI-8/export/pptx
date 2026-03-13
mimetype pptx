--- v0 (2026-02-18)
+++ v1 (2026-03-13)
@@ -6487,51 +6487,51 @@
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en" sz="900"/>
                 <a:t>Could a plant survive without light?</a:t>
               </a:r>
               <a:endParaRPr sz="900"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="79" name="Google Shape;79;p13"/>
             <p:cNvPicPr preferRelativeResize="0"/>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
             <a:blip r:embed="rId3">
               <a:alphaModFix/>
             </a:blip>
-            <a:srcRect b="-34811" l="0" r="-3852" t="-11579"/>
+            <a:srcRect b="-34812" l="0" r="-3853" t="-11580"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="4180275" y="7080400"/>
               <a:ext cx="1763323" cy="328500"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
         </p:pic>
       </p:grpSp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 